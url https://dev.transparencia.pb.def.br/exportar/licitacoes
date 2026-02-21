--- v0 (2025-12-12)
+++ v1 (2026-02-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="140">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2165">
   <si>
     <t>Modalidade</t>
   </si>
   <si>
     <t>Nome</t>
   </si>
   <si>
     <t>Número/Ano</t>
   </si>
   <si>
     <t>Data</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>Nome da Empresa</t>
   </si>
   <si>
     <t>CNPJ</t>
   </si>
   <si>
     <t>Valor</t>
   </si>
   <si>
@@ -451,50 +451,6125 @@
     <t>004/2025</t>
   </si>
   <si>
     <t>Id contratação PNCP: 10733319000180-1-000022/2025
 	AQUISIÇÃO DE SERVIDOR RACK PARA SUPRIR AS NECESSIDADE DA DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA.</t>
   </si>
   <si>
     <t>PE Nº 005/2025- AQUISIÇÃO DE CAFE E ACUCAR</t>
   </si>
   <si>
     <t>005/2025</t>
   </si>
   <si>
     <t>Id contratação PNCP: 10733319000180-1-000021/2025 
 	AQUISIÇÃO DE CAFÉ E AÇÚCAR PARA SUPRIR AS NECESSIDADE DA DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA.</t>
   </si>
   <si>
     <t>PE Nº 006/2025- AQUISIÇÃO DE EXPEDIENTE</t>
   </si>
   <si>
     <t>006/2025</t>
   </si>
   <si>
     <t>Id contratação PNCP: 10733319000180-1-000018/2025
 			 AQUISIÇÃO DE MATERIAL DE EXPEDIENTE PARA SUPRIR AS NECESSIDADE DA DEFENSORIA PÚBLICADOESTADO DA PARAÍBA.</t>
+  </si>
+  <si>
+    <t>Concorrência(8.666)</t>
+  </si>
+  <si>
+    <t>PREGÃO PRESENCIAL Nº 001/2014</t>
+  </si>
+  <si>
+    <t>001/2014</t>
+  </si>
+  <si>
+    <t>01/01/2014</t>
+  </si>
+  <si>
+    <t>PREGÃO PRESENCIAL QUE TEM POR OBJETO A FORMAçãO DE REGISTRO DE PREçOS PARA EVENTUAL CONTRATAçãO DE EMPRESA ESPECIALIZADA EM SERVIÇOS DE MANUTENçãO PREVENTIVA E CORRETIVA COM REPOSIçãO DE PEçAS EM APARELHOS DE AR CONDICIONADOS PARA USO DA DEFENSORIA PúBLICA, NA QUANTIDADE ESPECIFICADA EM EDITAL.</t>
+  </si>
+  <si>
+    <t>30/01/2026</t>
+  </si>
+  <si>
+    <t>PREGÃO PRESENCIAL Nº 002/2014</t>
+  </si>
+  <si>
+    <t>002/2014</t>
+  </si>
+  <si>
+    <t>02/01/2014</t>
+  </si>
+  <si>
+    <t>PREGÃO PRESENCIAL QUE TEM POR OBJETO A FORMAçãO DE REGISTRO DE PREçOS PARA EVENTUAL CONTRATAçãO DE EMPRESA ESPECIALIZADA EM SERVIçOS DE RESERVA, EMISSãO, REMARCAçãO E CANCELAMENTO DE PASSAGENS AéREAS NACIONAIS E INTERNACIONAIS, PARA USO DA DEFENSORIA PúBLICA, NA QUANTIDADE ESPECIFICADA NO EDITAL.</t>
+  </si>
+  <si>
+    <t>PREGãO PRESENCIAL Nº 003/2014</t>
+  </si>
+  <si>
+    <t>003/2014</t>
+  </si>
+  <si>
+    <t>03/01/2014</t>
+  </si>
+  <si>
+    <t>PREGÃO PRESENCIAL QUE TEM POR OBJETO A FORMAçãO DE REGISTRO DE PREçOS PARA EVENTUAL AQUISIçãO DE MATERIAL DE EXPEDIENTE PARA USO DA DEFENSORIA PúBLICA, NA QUANTIDADE ESPECIFICADA NO EDITAL.</t>
+  </si>
+  <si>
+    <t>03/04/2014</t>
+  </si>
+  <si>
+    <t>PREGÃO PRESENCIAL Nº 004/2014</t>
+  </si>
+  <si>
+    <t>004/2014</t>
+  </si>
+  <si>
+    <t>04/01/2014</t>
+  </si>
+  <si>
+    <t>TEM POR OBJETO A FORMAçãO DE REGISTRO DE PREçOS PARA EVENTUAL CONTRATAçãO DE EMPRESA ESPECIALIZADA EM SERVIçOS DE VIGILâNCIA ARMADA, COM QUANTITATIVO DE 08 (OITO) POSTOS DE VIGILâNCIA ARMADA 24 HORAS, NA ESCALA 12X36, DE SEGUNDA-FEIRA A DOMINGO, INCLUSIVE FERIADOS, PARA A SEDE E NúCLEOS DA DEFENSORIA PúBLICA EM JOãO PESSOA E CAMPINA GRANDE, CONFORME QUANTITATIVO E ESPECIFICAçõES CONTIDAS NO PRESENTE EDITAL, EM ESPECIAL NO TERMO DE REFERêNCIA (ANEXO I).</t>
+  </si>
+  <si>
+    <t>CONVITE Nº 002/2013</t>
+  </si>
+  <si>
+    <t>002/2013</t>
+  </si>
+  <si>
+    <t>02/01/2013</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE MATERIAIS E DE MÃO-DE-OBRA PARA REFORMA DE SETORES DO EDIFÍCIO SEDE DA DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA.</t>
+  </si>
+  <si>
+    <t>CONVITE Nº 003/2013</t>
+  </si>
+  <si>
+    <t>003/2013</t>
+  </si>
+  <si>
+    <t>03/01/2013</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE 500 (QUINHENTOS) SUPORTES REGULÁVEIS PARA GABINETE CPU, ESTABILIZADORES E NOBREAKS, CONFORME ESPECIFICAÇÕES CONTIDAS NO TERMO DE REFERÊNCIA.</t>
+  </si>
+  <si>
+    <t>CONVITE Nº 010/2013</t>
+  </si>
+  <si>
+    <t>010/2013</t>
+  </si>
+  <si>
+    <t>10/01/2013</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE DIVISÓRIAS E MATERIAIS, COM PRESTAÇÃO DE SERVIÇO DE MONTAGEM, CONFORME ESPECIFICAÇÕES CONTIDAS NO TERMO DE REFERÊNCIA DO EDITAL.</t>
+  </si>
+  <si>
+    <t>PREGÃO PRESENCIAL Nº 002/2013</t>
+  </si>
+  <si>
+    <t>FORMAçãO DE REGISTRO DE PREçO PARA A EVENTUAL AQUISIçãO DE EQUIPAMENTOS DE INFORMáTICA, CONFORME ESPECIFICAçõES E QUANTITATIVOS CONSTANTES NO TERMO DE REFERêNCIA (ANEXO I) DESTE EDITAL.</t>
+  </si>
+  <si>
+    <t>PREGÃO PRESENCIAL Nº 004/2013</t>
+  </si>
+  <si>
+    <t>004/2013</t>
+  </si>
+  <si>
+    <t>04/01/2013</t>
+  </si>
+  <si>
+    <t>FORMAçãO DE REGISTRO DE PREçO PARA A EVENTUAL CONTRATAçãO DE EMPRESA PARA AQUISIçãO E RECARGAS DE TONNER E CARTUCHOS PARA SUPORTE DAS IMPRESSORAS PERTENCENTES à DEFENSORIA PúBLICA DA PARAíBA, CONFORME ESPECIFICAçõES E QUANTITATIVOS NO TERMO DE REFERêNCIA EM ANEXO AO PRESENTE EDITAL.</t>
+  </si>
+  <si>
+    <t>PREGÃO PRESENCIAL Nº 005/2013</t>
+  </si>
+  <si>
+    <t>005/2013</t>
+  </si>
+  <si>
+    <t>05/01/2013</t>
+  </si>
+  <si>
+    <t>FORMAçãO DE REGISTRO DE PREçO PARA A EVENTUAL CONTRATAçãO DO SERVIçO DE GERENCIAMENTO DO ABASTECIMENTO DE COMBUSTíVEIS DA FROTA DE VEíCULOS DA DEFENSORIA PúBLICA DA PARAíBA, ENVOLVENDO A IMPLANTAçãO E OPERACIONALIZAçãO DE UM SISTEMA INFORMATIZADO, VIA INTERNET, DE GESTãO DE FROTA COM A AQUISIçãO DE COMBUSTíVEIS, ATRAVéS DA TECNOLOGIA DE CARTãO ELETRôNICO, CONFORME ESPECIFICAçõES E QUANTITATIVOS NO TERMO DE REFERêNCIA EM ANEXO AO EDITAL.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 002/2014</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA ORGANIZAÇÃO E EXECUÇÃO DE CONCURSO PÚBLICO DE PROVAS E TÍTULOS PARA O PROVIMENTO DE CARGOS DE DEFENSOR PÚBLICO DE 1ª ENTRÂNCIA DO ESTADO DA PARAÍBA.</t>
+  </si>
+  <si>
+    <t>TP Nº 001/2014 (AVISO)</t>
+  </si>
+  <si>
+    <t>16/05/2014</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE EMPRESA PARA A EXECUçãO DAS OBRAS DE REFORMA E DE MODERNIZAçãO DO IMóVEL LOCALIZADO à RUA MONSENHOR WALFREDO LEAL, NO BAIRRO TAMBIá, JOãO PESSOA, DEVIDAMENTE REGISTRADO NO 2º OFíCIO REGISTRAL DE IMóVEIS (ZONA NORTE) DA COMARCA DESTA CAPITAL, àS FLS. 275, SOB NúMERO DE ORDEM R-3-6.575, NO LIVRO 2-V; COM DUAS FRENTES, EDIFICADO EM TERRENO PRóPRIO MEDINDO 15,00M DE LARGURA NA FRENTE E NOS FUNDOS, E MEDINDO 145,50M DE COMPRIMENTO DE AMBOS OS LADOS, ONDE SERá INSTALADA A FUTURA SEDE DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>PREGãO ELETRôNICO Nº 001/2014</t>
+  </si>
+  <si>
+    <t>Anulado</t>
+  </si>
+  <si>
+    <t>FORMAçãO DE REGISTRO DE PREçOS PARA EVENTUAL AQUISIçãO DE VEíCULOS DE PASSEIO E DE VEíCULO UTILITáRIO TIPO CAMINHONETE, DE ACORDO COM O QUANTITATIVO E ESPECIFICAçõES CONTIDAS NO TERMO DE REFERêNCIA.</t>
+  </si>
+  <si>
+    <t>25/02/2013</t>
+  </si>
+  <si>
+    <t>O OBJETO DO PRESENTE CONVITE É A CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE MATERIAIS E DE MÃO-DE-OBRA PARA REFORMA DE SETORES DO EDIFÍCIO SEDE DA DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA.</t>
+  </si>
+  <si>
+    <t>CONVITE Nº 006/2013</t>
+  </si>
+  <si>
+    <t>006/2013</t>
+  </si>
+  <si>
+    <t>06/01/2013</t>
+  </si>
+  <si>
+    <t>O OBJETO DO PRESENTE CONVITE É A CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA FABRICAÇÃO DE MATERIAL GRÁFICO DESTINADO AO PROCON-PB, CONFORME ESPECIFICAÇÕES E QUANTITATIVOS PREVISTOS NO EDITAL.</t>
+  </si>
+  <si>
+    <t>PREGãO ELETRôNICO Nº 003/2014</t>
+  </si>
+  <si>
+    <t>FORMAçãO DE REGISTRO DE PREçOS PARA EVENTUAL AQUISIçãO DE VEíCULOS AUTOMOTORES (VEíCULO TIPO PASSEIO, E TIPO CAMINHONETE), ZERO KM, ANO DE FABRICAçãO E MODELO DO ANO CORRENTE, LICENCIADOS E EMPLACADOS, CONFORME QUANTITATIVO E ESPECIFICAçõES CONTIDAS NO PRESENTE EDITAL, EM ESPECIAL NO TERMO DE REFERêNCIA (ANEXO I).</t>
+  </si>
+  <si>
+    <t>CONVITE Nº 008/2013</t>
+  </si>
+  <si>
+    <t>008/2013</t>
+  </si>
+  <si>
+    <t>08/01/2013</t>
+  </si>
+  <si>
+    <t>O OBJETO DO PRESENTE CONVITE É A AQUISIÇÃO DE 20 (VINTE) IMPRESSORAS MULTIFUNCIONAL WIRELESS COM BULK-INK PARA O PROCON-PB, CONFORME ESPECIFICAÇÕES CONTIDAS NO TERMO DE REFERÊNCIA DO EDITAL.</t>
+  </si>
+  <si>
+    <t>CONVITE Nº 001/2013</t>
+  </si>
+  <si>
+    <t>001/2013</t>
+  </si>
+  <si>
+    <t>01/01/2013</t>
+  </si>
+  <si>
+    <t>O OBJETO DO PRESENTE CONVITE É A CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM SERVIÇOS DE INSTALAÇÃO DE APARELHOS DE AR CONDICIONADO EM DIVERSAS COMARCAS.</t>
+  </si>
+  <si>
+    <t>PREGãO PRESENCIAL Nº 011/2013</t>
+  </si>
+  <si>
+    <t>011/2013</t>
+  </si>
+  <si>
+    <t>11/01/2013</t>
+  </si>
+  <si>
+    <t>O PRESENTE PREGÃO TEM POR OBJETO TEM POR OBJETO A AQUISIÇÃO DE 01 (UM) CAMINHÃO COM CARROCERIA DO TIPO BAÚ, CABINE SIMPLES, 02 (DUAS) PORTAS LATERAIS DE FABRICAÇÃO NACIONAL, MODELO 2014, ZERO KM, COM CAPACIDADE DE 03 (TRÊS) PASSAGEIROS, COM MOTOR MOVIDO A ÓLEO DIESEL, COM INJEÇÃO ELETRÔNICA DE COMBUSTÍVEL, COM 04 (QUATRO) CILINDROS, COM POTÊNCIA MÍNIMA DE 150 CV, CARGA ÚTIL DE 5.000 KG, TANQUE COM CAPACIDADE MÍNIMA DE 150 LTS, TRANSMISSÃO MANUAL COM 05 (CINCO) VELOCIDADES, EMBREAGEM MECÂNICA COM ACIONAMENTO HIDRÁULICA, AR CONDICIONADO, RÁDIO AM/FM COM CD PLAYER, TACÓGRAFO ELETRÔNICO NO PAINEL, VIDROS ELÉTRICOS TRAVAS E ALARMES, CINTOS 03 PONTAS NOS ASSENTOS DO MOTORISTA E DOS PASSAGEIROS, COM FREIO MOTOR, FILTRO SEPARADOR DE ÁGUA DO COMBUSTÍVEL, TRAÇÃO 4X2, FREIOS DE SERVIÇO DUPLO CIRCUITO DE AR A TAMBOR NAS RODAS DIANTEIRAS E TRASEIRAS, COM DUPLA RODAGEM NAS RODAS TRASEIRAS, RODAS DE AÇO 6.0X17.5 OU R17.5, PNEUS 215/75R17,5, BAÚ CARGA SECA, COM NO MÍNIMO 05 (CINCO) METROS DE COMPRIMENTO 2,20 METROS DE ALTURA, 2,30 METROS DE LARGURA, DUAS PORTAS TRASEIRAS DE ABERTURA TOTAL COM DOBRADIÇAS INTERIÇAS, E UMA PORTA LATERAL COM COMANDO INDEPENDENTE COM FECHAMENTO AUTOMÁTICO, BATENTES EM AÇO INOXIDÁVEL, CONFORME ESPECIFICAÇÕES E QUANTITATIVOS CONSTANTES NO TERMO DE REFERÊNCIA (ANEXO I) DESTE EDITAL.</t>
+  </si>
+  <si>
+    <t>PREGãO PRESENCIAL Nº 012/2013</t>
+  </si>
+  <si>
+    <t>012/2013</t>
+  </si>
+  <si>
+    <t>12/01/2013</t>
+  </si>
+  <si>
+    <t>O PRESENTE PREGÃO TEM POR OBJETO A CONTRATAÇÃO DE SERVIÇOS GRÁFICOS PARA A CONFECÇÃO DE 300 AGENDAS COM AS SEGUINTES CARACTERÍSTICAS: "1 DIA POR PÁGINA" COM 412 PÁGINAS DE MIOLO SEM DIVISÃO DE MESES + CAPA DURA, FORMATO ABERTO 300 X 210 MM, FORMATO FECHADO 150 X 210 MM, 2 CAPA, FORMATO 196 X 256 EM COUCHE, BRILHO 150 G/M2, 4X1 CORES, 2 GUARDA, FORMATO 151 X 212 EM COUCHE, BRILHO 150 G/M2. 4X0 CORES, 2 PAPELÃO. FORMATO 156X216 EM CAPA DURA 20,0X0 CORES, MIOLO 410 PÁGINAS, EM OFFSET 75 G/M2, LXL CORES, MIOLO 2 PAGS, EM COUCHE BRILHO 115 G/M2, 4X4 CORES, LAMINAÇÃO FOSCA TOTAL, FRENTE (CAPA. GUARDA), VERNIZ UV BRILHO RESERVA FRENTE (CAPA), INTERCALADOS (MIOLO), DOBRA AUTOMÁTICO (MIOLO), ALCEAMENTO AUTOMÁTICO, FURAR, CONFORME ESPECIFICAÇÕES E QUANTITATIVOS CONSTANTES NO TERMO DE REFERÊNCIA (ANEXO I) DESTE EDITAL.</t>
+  </si>
+  <si>
+    <t>PREGãO PRESENCIAL Nº 016/2013</t>
+  </si>
+  <si>
+    <t>016/2013</t>
+  </si>
+  <si>
+    <t>16/01/2013</t>
+  </si>
+  <si>
+    <t>O PRESENTE PREGÃO TEM POR OBJETO A CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM RECARGA DE CARTUCHOS E TONERS PARA AS IMPRESSORAS PERTENCENTES AO PROCON ESTADUAL DA PARAÍBA. DEMAIS CARACTERÍSTICAS CONFORME O EDITAL.</t>
+  </si>
+  <si>
+    <t>PREGãO PRESENCIAL Nº 010/2013</t>
+  </si>
+  <si>
+    <t>A PRESENTE LICITAÇÃO TEM COMO OBJETO A CONTRATAÇÃO DE PRESTAÇÃO DE SERVIÇOS PARA REALIZAR CONCURSO PÚBLICO DE PROVAS E TÍTULOS PARA O PROVIMENTO DE CARGOS DO QUADRO DE MEMBROS DA CARREIRA DE DEFENSOR PÚBLICO DO ESTADO DA PARAÍBA CONFORME EXIGÊNCIAS CONSTANTES NO ANEXO I – TERMO DE REFERÊNCIA, QUE É PARTE INTEGRANTE DESTE EDITAL.</t>
+  </si>
+  <si>
+    <t>PREGãO PRESENCIAL Nº 003/2013</t>
+  </si>
+  <si>
+    <t>O PRESENTE PREGãO TEM POR OBJETO A AQUISIçãO DE VEíCULO AUTOMOTOR, TIPO CAMINHONETE, CONFORME ESPECIFICAçõES E QUANTITATIVOS CONSTANTES NO TERMO DE REFERêNCIA (ANEXO I) DESTE EDITAL.</t>
+  </si>
+  <si>
+    <t>PREGãO PRESENCIAL Nº 001/2013</t>
+  </si>
+  <si>
+    <t>O PRESENTE PREGÃO TEM POR OBJETO A FORMAÇÃO DE REGISTRO DE PREÇO PARA A EVENTUAL CONTRATAÇÃO DE EMPRESA ESPECIALIZADA DE PRESTAÇÃO DE SERVIÇO DE MANUTENÇÃO PREVENTIVA E CORRETIVA, COM FORNECIMENTO DE PEÇAS, PARA OS VEÍCULOS DA DEFENSORIA PÚBLICA, CONFORME ESPECIFICAÇÕES E QUANTITATIVOS CONSTANTES NO TERMO DE REFERÊNCIA (ANEXO I) DESTE EDITAL.</t>
+  </si>
+  <si>
+    <t>PREGãO PRESENCIAL Nº 007/2013</t>
+  </si>
+  <si>
+    <t>007/2013</t>
+  </si>
+  <si>
+    <t>07/01/2013</t>
+  </si>
+  <si>
+    <t>O PRESENTE PREGãO TEM POR OBJETO O REGISTRO DE PREçO PARA EVENTUAL CONTRATAçãO DE EMPRESA PARA AQUISIçãO DE PASSAGENS AéREAS NACIONAIS PARA O PROCON-PB, CONFORME ESPECIFICAçõES E QUANTITATIVOS CONSTANTES NO TERMO DE REFERêNCIA (ANEXO I) DESTE EDITAL.</t>
+  </si>
+  <si>
+    <t>PREGãO PRESENCIAL Nº 017/2013</t>
+  </si>
+  <si>
+    <t>017/2013</t>
+  </si>
+  <si>
+    <t>17/01/2013</t>
+  </si>
+  <si>
+    <t>O PRESENTE PREGÃO TEM POR OBJETO A FORMAÇÃO DE REGISTRO DE PREÇOS PARA EVENTUAL CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM SERVIÇOS DE MANUTENÇÃO PREVENTIVA E CORRETIVA COM REPOSIÇÃO DE PEÇAS EM APARELHOS DE AR CONDICIONADOS, PARA USO DA DEFENSORIA PÚBLICA, CONFORME QUANTITATIVO E ESPECIFICAÇÕES CONTIDAS NO PRESENTE EDITAL, EM ESPECIAL NO TERMO DE REFERÊNCIA (ANEXO I).</t>
+  </si>
+  <si>
+    <t>PREGãO PRESENCIAL Nº 014/2013</t>
+  </si>
+  <si>
+    <t>014/2013</t>
+  </si>
+  <si>
+    <t>14/01/2013</t>
+  </si>
+  <si>
+    <t>O PRESENTE PREGÃO TEM POR OBJETO A AQUISIÇÃO DE 02 (DOIS) VEÍCULOS, TIPO PASSEIO, ZERO QUILÔMETRO, MODELO SEDAN, 04 (QUATRO) PORTAS, AIR BAG, BICOMBUSTÍVEL (ÁLCOOL E GASOLINA), ANO/MODELO 2014, COMPLETO COM TODOS OS ITENS DE SÉRIE: AR CONDICIONADO; DIREÇÃO HIDRÁULICA; ALARME; TRAVA E VIDROS ELÉTRICOS DIANTEIROS; FABRICAÇÃO NACIONAL; MOTOR DE NO MÍNIMO 1.4; CAPACIDADE DE TRANSPORTE PARA 05 (CINCO) PASSAGEIROS; 05 (CINCO) MARCHAS A FRENTE E 01 (UMA) MARCHA A RÉ; FREIOS ABS; PROTETOR DE CÁRTER; VIDROS CLIMATIZADOS; RODAS EM AÇO ESTAMPADO ARO 14; CALOTAS INTEGRAIS; APOIOS DE CABEÇA TRASEIROS REBAIXADOS; COMPUTADOR DE BORDO (DISTÂNCIA, CONSUMO MÉDIO, CONSUMO INSTANTÂNEO, AUTONOMIA, VELOCIDADE MÉDIA E TEMPO DE PERCURSO); DESEMBAÇADOR DE VIDRO TRASEIRO TEMPORIZADO; TAPETES; RÁDIO CD PLAYER/MP3 (INSTALADO), COM ENTRADA USB, COM ALTO FALANTES E DEMAIS CARACTERÍSTICAS CONFORME O EDITAL, PARA USO DA DEFENSORIA PÚBLICA.</t>
+  </si>
+  <si>
+    <t>CONVITE Nº 004/2013</t>
+  </si>
+  <si>
+    <t>O OBJETO DO PRESENTE CONVITE é A AQUISIÇÃO DE EQUIPAMENTO DE INFORMÁTICA (FONTE ATX) PARA USO DA DEFENSORIA PÚBLICA, CONFORME ESPECIFICAÇÕES DO EDITAL DE LICITAÇÃO (TERMO DE REFERÊNCIA – ANEXO I).</t>
+  </si>
+  <si>
+    <t>PREGãO PRESENCIAL Nº 006/2013</t>
+  </si>
+  <si>
+    <t>O PRESENTE PREGãO TEM POR OBJETO A CONTRATAçãO DE EMPRESA ESPECIALIZADA NA PRESTAçãO DE SERVIçOS PARA COLETA E ENTREGA DE NOTIFICAçõES E DOCUMENTOS PARA O PROCON-PB, CONFORME ESPECIFICAçõES E QUANTITATIVOS CONSTANTES NO TERMO DE REFERêNCIA (ANEXO I) DO EDITAL.</t>
+  </si>
+  <si>
+    <t>PREGãO PRESENCIAL Nº 009/2013</t>
+  </si>
+  <si>
+    <t>009/2013</t>
+  </si>
+  <si>
+    <t>09/01/2013</t>
+  </si>
+  <si>
+    <t>O PRESENTE PREGÃO TEM POR OBJETO O REGISTRO DE PREÇO PARA EVENTUAL CONTRATAÇÃO DE EMPRESA PARA AQUISIÇÃO DE TONNER, CONFORME ESPECIFICAÇÕES E QUANTITATIVOS CONSTANTES NO TERMO DE REFERÊNCIA (ANEXO I) DESTE EDITAL.</t>
+  </si>
+  <si>
+    <t>PREGãO PRESENCIAL Nº 008/2013</t>
+  </si>
+  <si>
+    <t>O PRESENTE PREGÃO TEM POR OBJETO A 	CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE ORGANIZAÇÃO DE CAPACITAÇÃO VOLTADA AOS DEFENSORES PÚBLICOS QUE ATUAM NOS JUIZADOS ESPECIAIS E NOS NÚCLEOS DA VIOLÊNCIA CONTRA MULHER NA CAPITAL E DE CAMPINA GRANDE E NAS DIVERSAS VARAS DE FAMÍLIA EXISTENTES NAS COMARCAS DO INTERIOR DO ESTADO DA PARAÍBA, EM ATENDIMENTO AO PLANO DE TRABALHO DO CONVÊNIO Nº 202/2012, CELEBRADO ENTRE A DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA E A SECRETARIA DE POLÍTICAS PARA AS MULHERES DA PRESIDÊNCIA DA REPÚBLICA.</t>
+  </si>
+  <si>
+    <t>DISPENSA - PASSAGENS</t>
+  </si>
+  <si>
+    <t>05/11/2013</t>
+  </si>
+  <si>
+    <t>DISPENSA DE LICITAÇÃO PARA AQUISIÇÃO DE PASSAGENS AÉREAS PARA  A PARTICIPAÇÃO DE DEFENSORES PÚBLICOS NA VIII REUNIÃO ORDINÁRIA DO CONDEGE.</t>
+  </si>
+  <si>
+    <t>PREGãO PRESENCIAL Nº 015/2013</t>
+  </si>
+  <si>
+    <t>015/2013</t>
+  </si>
+  <si>
+    <t>15/01/2013</t>
+  </si>
+  <si>
+    <t>O PRESENTE PREGãO TEM POR OBJETO A CONTRATAçãO DE EMPRESA ESPECIALIZADA EM SEGURO DE VEíCULO – 01 (UMA) CAMINHONETE FORD RANGER, CABINE DUPLA, XLS 4X4 3.2 20 V, DIESEL, 04 PORTAS, ANO/MODELO 2013, PLACA OFY – 4326 –, PERTENCENTE A ESTA DEFENSORIA E PARA USO DA MESMA. DEMAIS CARACTERíSTICAS CONFORME O EDITAL.</t>
+  </si>
+  <si>
+    <t>CONVITE Nº 005/2013</t>
+  </si>
+  <si>
+    <t>O OBJETO DO PRESENTE CONVITE É A CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA FABRICAÇÃO DE MATERIAL GRÁFICO DESTINADO À DEFENSORIA PÚBLICA DO ESTADO, CONFORME ESPECIFICAÇÕES E QUANTITATIVOS PREVISTOS NO EDITAL.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE - CERTISIGN</t>
+  </si>
+  <si>
+    <t>02/08/2013</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE PARA PARTICIPAçãO DE SERVIDOR EM CURSO SOBRE CERTIFICAçãO DIGITAL.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE - CAPACITAçãO</t>
+  </si>
+  <si>
+    <t>18/09/2013</t>
+  </si>
+  <si>
+    <t>INSCRIçãO DE SERVIDORES PARA PARTICIPAçãO EM CURSO DE ATUALIZAçãO SOBRE LICITAçõES.</t>
+  </si>
+  <si>
+    <t>PREGãO PRESENCIAL Nº 005/2014</t>
+  </si>
+  <si>
+    <t>005/2014</t>
+  </si>
+  <si>
+    <t>05/01/2014</t>
+  </si>
+  <si>
+    <t>O PRESENTE PREGãO TEM POR OBJETO A CONTRATAçãO DE EMPRESA ESPECIALIZADA NA ELABORAçãO DE LAUDO DE AVALIAçãO PARA OBTENçãO DE VALOR VENAL DE MERCADO DE UM IMóVEL LOCALIZADO NA RUA DEPUTADO BARRETO SOBRINHO, 168, TAMBIá, JOãO PESSOA/PB, DE ACORDO COM AS NORMAS E RECOMENDAçõES DA ABNT NBR 14653-1 E NBR 14653-2, CONTENDO AS SEGUINTES ETAPAS: A) IDENTIFICAçãO E VISTORIA DO IMóVEL; B) VISTORIA DA REGIãO GEOECONôMICA; C) IDENTIFICAçãO FOTOGRáFICA; D) PESQUISA DE MERCADO; E) SELEçãO, ANáLISE E INTERPRETAçãO DOS DADOS PESQUISADOS; F) DEFINIçãO DAS METODOLOGIAS; G) CáLCULOS AVALIATóRIOS; H) REDAçãO E MONTAGEM DO RELATóRIO TéCNICO, E DEMAIS ESPECIFICAçõES CONTIDAS NO TERMOS DE REFERêNCIA, ANEXO AO EDITAL (ANEXO I).</t>
+  </si>
+  <si>
+    <t>PREGÃO PRESENCIAL Nº 013/2013</t>
+  </si>
+  <si>
+    <t>013/2013</t>
+  </si>
+  <si>
+    <t>13/01/2013</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DE SERVIÇO DE SISTEMA DE ALARME COM CÂMERAS DE INFRAVERMELHO EM CFTV PARA O PROCON ESTADUAL DA PARAÍBA, COM LOCAÇÃO DE EQUIPAMENTOS, CONTENDO 1 GRAVADOR DIGITAL STANDALONE 08 CANAIS, 1 HD DE 1 TB SATA, 8 CÂMERAS DE INFRAVERMELHO 15 M/420 LINHAS/CCD SONY, 2 FONTES DE ALIMENTAÇÃO, 400 METROS DE CABO COAXIAL RG59, 16 CONECTORES BNC, COM SERVIÇO DE INSTALAÇÃO DOS EQUIPAMENTOS INCLUSOS, BEM COMO A CESSÃO EM COMODATO DOS MESMOS, DEVENDO A EMPRESA CONTRATADA EFETUAR OS REPAROS QUE FOREM NECESSÁRIOS OU SUBSTITUIÇÃO DE PEÇAS, CONFORME ESPECIFICAÇÕES E QUANTITATIVOS CONSTANTES NO TERMO DE REFERÊNCIA (ANEXO I) DO EDITAL.</t>
+  </si>
+  <si>
+    <t>PREGãO PRESENCIAL Nº 006/2014</t>
+  </si>
+  <si>
+    <t>006/2014</t>
+  </si>
+  <si>
+    <t>06/01/2014</t>
+  </si>
+  <si>
+    <t>O PRESENTE PREGãO TEM POR OBJETO A CONTRATAçãO DE EMPRESA ESPECIALIZADA NA ELABORAçãO DE LAUDO DE AVALIAçãO PARA OBTENçãO DE VALOR VENAL DE MERCADO DE UM IMóVEL LOCALIZADO NA RUA WALFREDO LEAL, 487, TAMBIá, JOãO PESSOA/PB, DE ACORDO COM AS NORMAS E RECOMENDAçõES DA ABNT NBR 14653-1 E NBR 14653-2, CONTENDO AS SEGUINTES ETAPAS: A) IDENTIFICAçãO E VISTORIA DO IMóVEL; B) VISTORIA DA REGIãO GEOECONôMICA; C) IDENTIFICAçãO FOTOGRáFICA; D) PESQUISA DE MERCADO; E) SELEçãO, ANáLISE E INTERPRETAçãO DOS DADOS PESQUISADOS; F) DEFINIçãO DAS METODOLOGIAS; G) CáLCULOS AVALIATóRIOS; H) REDAçãO E MONTAGEM DO RELATóRIO TéCNICO, E DEMAIS ESPECIFICAçõES CONTIDAS NO TERMOS DE REFERêNCIA, ANEXO AO EDITAL DO PREGãO PRESENCIAL Nº 006/2014.</t>
+  </si>
+  <si>
+    <t>PREGãO ELETRôNICO Nº 004/2014</t>
+  </si>
+  <si>
+    <t>Cancelado</t>
+  </si>
+  <si>
+    <t>O PRESENTE PREGãO TEM POR OBJETO A FORMAçãO DE REGISTRO DE PREçOS PARA EVENTUAL AQUISIçãO DE MáQUINAS E EQUIPAMENTOS DE INFORMáTICA, INCLUSIVE ACESSóRIOS, CONFORME QUANTITATIVO E ESPECIFICAçõES CONTIDAS NO PRESENTE EDITAL, EM ESPECIAL NO TERMO DE REFERêNCIA (ANEXO I).</t>
+  </si>
+  <si>
+    <t>PREGãO ELETRôNICO Nº 005/2014</t>
+  </si>
+  <si>
+    <t>O PRESENTE PREGãO TEM POR OBJETO A FORMAçãO DE REGISTRO DE PREçOS PARA EVENTUAL AQUISIçãO DE EQUIPAMENTOS E ACESSóRIOS DE INFORMáTICA, CONFORME QUANTITATIVO E ESPECIFICAçõES CONTIDAS NO PRESENTE EDITAL, EM ESPECIAL NO TERMO DE REFERêNCIA (ANEXO I).</t>
+  </si>
+  <si>
+    <t>PREGãO ELETRôNICO Nº 006/2014</t>
+  </si>
+  <si>
+    <t>TOMADA DE PREçOS Nº 001/2014</t>
+  </si>
+  <si>
+    <t>O OBJETO DA PRESENTE TOMADA DE PREÇOS É A ESCOLHA DA MELHOR PROPOSTA PARA EXECUÇÃO DAS OBRAS DE REFORMA E DE MODERNIZAÇÃO DO IMÓVEL LOCALIZADO À RUA MONSENHOR WALFREDO LEAL, NO BAIRRO TAMBIÁ, JOÃO PESSOA, DEVIDAMENTE REGISTRADO NO 2º OFÍCIO REGISTRAL DE IMÓVEIS (ZONA NORTE) DA COMARCA DESTA CAPITAL, ÀS FLS. 275, SOB NÚMERO DE ORDEM R-3-6.575, NO LIVRO 2-V; COM DUAS FRENTES, EDIFICADO EM TERRENO PRÓPRIO MEDINDO 15,00M DE LARGURA NA FRENTE E NOS FUNDOS, E MEDINDO 145,50M DE COMPRIMENTO DE AMBOS OS LADOS, ONDE SERÁ INSTALADA A FUTURA SEDE DA DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA, ENVOLVENDO OS SERVIÇOS A SEGUIR DISCRIMINADOS RESUMIDAMENTE: A) SERVIÇOS PRELIMINARES; B) ADMINISTRAÇÃO LOCAL; C) ENCARGOS COMPLEMENTARES; D) COBERTA; E) ESQUADRIAS; F) INSTALAÇÕES HIDRO-SANITÁRIAS; G) INSTALAÇÃO ELÉTRICA; H) PINTURA; I) DIVERSOS, CONFORME ESPECIFICAÇÕES E QUANTITATIVOS CONSTANTES NO TERMO DE REFERÊNCIA (ANEXO I) DO EDITAL.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE 004/2013</t>
+  </si>
+  <si>
+    <t>15/10/2013</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE ASSINATURA ANUAL PARA ACESSO AOS SERVIçOS DO SISTEMA  BANCO DE PREçOS - FERRAMENTE DE PESQUISAS E COMPARAçãO DE PREçOS PRATICADOS PELA ADMINISTRAçãO PúBLICA.</t>
+  </si>
+  <si>
+    <t>PREGãO ELETRôNICO Nº 007/2014</t>
+  </si>
+  <si>
+    <t>007/2014</t>
+  </si>
+  <si>
+    <t>07/01/2014</t>
+  </si>
+  <si>
+    <t>FORMAçãO DE REGISTRO DE PREçOS PARA EVENTUAL CONTRATAçãO DE EMPRESA ESPECIALIZADA NA PRESTAçãO DE SERVIçO DE ADMINISTRAçãO E GERENCIAMENTO DE VALE ALIMENTAçãO SOB A FORMA DE CARTõES MAGNéTICO-ELETRôNICOS EQUIPADOS COM CHIP DE SEGURANçA, FORNECIDOS DE ACORDO COM O NúMERO DE SERVIDORES A SEREM CADASTRADOS E CONFORME OS VALORES DO BENEFíCIO INDICADOS, TENDO COMO CRITéRIO DE JULGAMENTO OBJETIVO O BASEADO NO VALOR RESULTANTE DA MULTIPLICAçãO DO VALOR ESTIMADO ANUALMENTE, PELO COEFICIENTE DA TAXA DE ADMINISTRAçãO PROPOSTA., ADMITINDO-SE TAXA NEGATIVA, CONFORME QUANTITATIVO E ESPECIFICAçõES CONTIDAS NO PRESENTE EDITAL, EM ESPECIAL NO TERMO DE REFERêNCIA (ANEXO I).</t>
+  </si>
+  <si>
+    <t>PREGãO ELETRôNICO Nº 008/2014</t>
+  </si>
+  <si>
+    <t>008/2014</t>
+  </si>
+  <si>
+    <t>08/01/2014</t>
+  </si>
+  <si>
+    <t>FORMAçãO DE REGISTRO DE PREçOS PARA EVENTUAL CONTRATAçãO DE EMPRESA ESPECIALIZADA NA PRESTAçãO DE SERVIçOS DE MANUTENçãO PREVENTIVA E CORRETIVA COM FORNECIMENTO DE PEçAS E DE PNEUS AOS VEíCULOS QUE FAZEM PARTE DA FROTA DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA, CONFORME QUANTITATIVO E ESPECIFICAçõES CONTIDAS NO PRESENTE EDITAL, EM ESPECIAL NO TERMO DE REFERêNCIA (ANEXO I).</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 004/2014</t>
+  </si>
+  <si>
+    <t>LOCAçãO DE IMóVEL DESTINADO à SEDE DA DEFENSORIA PúBLICA NA COMARCA DE GUARABIRA/PB.</t>
+  </si>
+  <si>
+    <t>DISPENSA - FUNAPE</t>
+  </si>
+  <si>
+    <t>25/11/2013</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE FUNDAçãO PARA ASSESSORAMENTO PARA IMPLANTAçãO DE SISTEMA OU SUBSISTEMA ENVOLVENDO AS SEGUINTES ATIVIDADES: 1) MAPEAMENTO DE PROCESSOS DE NEGóCIOS; 2) DEFINIçãO DE FUNCIONALIDADES DE SISTEMAS DE COMPUTADOR PARA ATENDEREM AOS PROCESSOS DE NEGóCIOS MAPEADOS; 3) TREINAMENTO DA EQUIPE DA OUVIDORIA DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA SOBRE OS RESULTADOS PRODUZIDOS, PREVISTOS NO ANEXO I, CONFORME ESPECIFICAçõES E CONDIçõES.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 001/2014</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DE LOCAÇÃO DE IMÓVEL SITO À RUA WALFREDO LEAL, NO BAIRRO TAMBIÁ, JOÃO PESSOA/PB.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 010/2014</t>
+  </si>
+  <si>
+    <t>010/2014</t>
+  </si>
+  <si>
+    <t>10/01/2014</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE EMPRESA PARA PRESTAçãO DE SERVIçOS ESPECIALIZADOS EM SEGURO DE 07 VEíCULOS RECéM ADQUIRIDOS PELA DEFENSORIA PúBLICA DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 003/2014</t>
+  </si>
+  <si>
+    <t>LOCAçãO DE UM PRéDIO COMERCIAL, COM TERRENO PRóPRIO MEDINDO 23,00M DE LARGURA NA FRENTE, 28,60M DE COMPRIMENTO E 23,00M DE FUNDO, TOTALIZANDO 653M² DE TERRENO.</t>
+  </si>
+  <si>
+    <t>PREGãO ELETRôNICO Nº 011/2014</t>
+  </si>
+  <si>
+    <t>011/2014</t>
+  </si>
+  <si>
+    <t>11/01/2014</t>
+  </si>
+  <si>
+    <t>FORMAçãO DE REGISTRO DE PREçOS PARA EVENTUAL CONTRATAçãO DE EMPRESA ESPECIALIZADA PARA A AQUISIçãO DE MATERIAL DE EXPEDIENTE PARA A DEFENSORIA PúBLICA DO ESTADO DA PARAíBA, CONFORME QUANTITATIVO E ESPECIFICAçõES CONTIDAS NO PRESENTE EDITAL, EM ESPECIAL NO TERMO DE REFERêNCIA (ANEXO I).</t>
+  </si>
+  <si>
+    <t>PREGãO ELETRôNICO Nº 009/2014</t>
+  </si>
+  <si>
+    <t>009/2014</t>
+  </si>
+  <si>
+    <t>09/01/2014</t>
+  </si>
+  <si>
+    <t>FORMAçãO DE REGISTRO DE PREçOS PARA EVENTUAL CONTRATAçãO DE EMPRESA ESPECIALIZADA PARA A AQUISIçãO DE MATERIAL DE HIGIENE E LIMPEZA PARA A DEFENSORIA PúBLICA DO ESTADO DA PARAíBA, CONFORME QUANTITATIVO E ESPECIFICAçõES CONTIDAS NO PRESENTE EDITAL, EM ESPECIAL NO TERMO DE REFERêNCIA (ANEXO I).</t>
+  </si>
+  <si>
+    <t>PREGãO ELETRôNICO Nº 010/2014</t>
+  </si>
+  <si>
+    <t>FORMAçãO DE REGISTRO DE PREçOS PARA EVENTUAL CONTRATAçãO DE EMPRESA ESPECIALIZADA PARA A AQUISIçãO E RECARGA DE CARTUCHOS E TONERS PARA A DEFENSORIA PúBLICA DO ESTADO DA PARAíBA, CONFORME QUANTITATIVO E ESPECIFICAçõES CONTIDAS NO PRESENTE EDITAL, EM ESPECIAL NO TERMO DE REFERêNCIA (ANEXO I).</t>
+  </si>
+  <si>
+    <t>PREGãO ELETRôNICO Nº 012/2014</t>
+  </si>
+  <si>
+    <t>012/2014</t>
+  </si>
+  <si>
+    <t>12/01/2014</t>
+  </si>
+  <si>
+    <t>FORMAçãO DE REGISTRO DE PREçOS PARA EVENTUAL CONTRATAçãO DE EMPRESA ESPECIALIZADA PARA A AQUISIçãO DE CONTROLADOR DE ACESSO TIPO TOKEN COM CERTIFICAçãO DIGITAL COMPATíVEL COM O PROCESSO JUDICIAL ELETRôNICO PARA A DEFENSORIA PúBLICA DO ESTADO DA PARAíBA, CONFORME QUANTITATIVO E ESPECIFICAçõES CONTIDAS NO PRESENTE EDITAL, EM ESPECIAL NO TERMO DE REFERêNCIA (ANEXO I).</t>
+  </si>
+  <si>
+    <t>PREGãO ELETRôNICO Nº 002/2014</t>
+  </si>
+  <si>
+    <t>FORMAÇÃO DE REGISTRO DE PREÇOS PARA EVENTUAL AQUISIÇÃO DE MATERIAL DE EXPEDIENTE, CONFORME AS ESPECIFICAÇÕES DO EDITAL E DO TERMO DE REFERÊNCIA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 011/2014</t>
+  </si>
+  <si>
+    <t>AQUISIÇAÕ DE IMÓVEL SITUADO À AVENIDA BARRETO SOBRINHO, Nº 168, TAMBIÁ, JOÃO PESSOA/PB, PARA INSTALAÇÃO DA SEDE DA DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA (ADMINISTRAÇÃO SUPERIOR).</t>
+  </si>
+  <si>
+    <t>PREGÃO ELETRÔNICO Nº 014/2014</t>
+  </si>
+  <si>
+    <t>014/2014</t>
+  </si>
+  <si>
+    <t>14/01/2014</t>
+  </si>
+  <si>
+    <t>FORMAçãO DE REGISTRO DE PREçOS PARA EVENTUAL CONTRATAçãO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE CARTUCHOS E TONERS E PRESTAçãO DE SERVIçO DE RECARGA, NOS TERMOS DO EDITAL E DO TERMO DE REFERêNCIA (ANEXO I).</t>
+  </si>
+  <si>
+    <t>PREGãO ELETRôNICO Nº 016/2014</t>
+  </si>
+  <si>
+    <t>016/2014</t>
+  </si>
+  <si>
+    <t>16/01/2014</t>
+  </si>
+  <si>
+    <t>FORMAÇÃO DE REGISTRO DE PREÇOS PARA EVENTUAL CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A AQUISIÇÃO DE MATERIAL DE EXPEDIENTE PARA A DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA, CONFORME QUANTITATIVO E ESPECIFICAÇÕES CONTIDAS NO PRESENTE EDITAL, EM ESPECIAL NO TERMO DE REFERÊNCIA (ANEXO I).</t>
+  </si>
+  <si>
+    <t>PREGÃO ELETRÔNICO Nº 015/2014</t>
+  </si>
+  <si>
+    <t>015/2014</t>
+  </si>
+  <si>
+    <t>15/01/2014</t>
+  </si>
+  <si>
+    <t>PREGÃO PRESENCIAL Nº 007/2014</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA EXECUÇÃO DE PROJETO DE SUBESTAÇÃO DE 150 KVA E QUADROS DE MEDIÇÃO, NOS TERMOS DO TERMO DE REFERÊNCIA, E ANEXOS, DO EDITAL.</t>
+  </si>
+  <si>
+    <t>PREGãO PRESENCIAL Nº 008/2014</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE EMPRESA ESPECIALIZADA NA EXECUçãO DE PROJETO ELéTRICO DA PARTE INTERNA DA SEDE DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA SITUADA à RUA WALFREDO LEAL, 487, TAMBIá, JOãO PESSOA/PB, CONFORME TERMO DE REFERêNCIA E EDITAL.</t>
+  </si>
+  <si>
+    <t>PREGãO PRESENCIAL Nº 009/2014</t>
+  </si>
+  <si>
+    <t>FORMAÇÃO DE REGISTRO DE PREÇOS PARA EVENTUAL CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA CONFECÇÃO DE MATERIAL GRÁFICO, NOS TERMOS DO TERMO DE REFERÊNCIA (ANEXO I) E DO EDITAL.</t>
+  </si>
+  <si>
+    <t>PREGãO PRESENCIAL Nº 010/2014</t>
+  </si>
+  <si>
+    <t>FORMAÇÃO DE REGISTRO DE PREÇOS PARA EVENTUAL CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA CONFECÇÃO DE MATERIAL GRÁFICO, CONFORME ESPECIFICAÇÕES E QUANTITATIVO CONTIDO NO TERMO DE REFERÊNCIA (ANEXO I) DO EDITAL.</t>
+  </si>
+  <si>
+    <t>PREGãO ELETRôNICO Nº 017/2014</t>
+  </si>
+  <si>
+    <t>017/2014</t>
+  </si>
+  <si>
+    <t>17/01/2014</t>
+  </si>
+  <si>
+    <t>FORMAçãO DE REGISTRO DE PREçO PARA EVENTUAL AQUISIçãO DE MATERIAL DE HIGIENE E LIMPEZA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº005/2014</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE MATERIAL DE CONSTRUçãO PARA REFORMA DO NOVO NúCLEO DE ATENDIMENTO DA DEFENSORIA PúBLICA EM CAMPINA GRANDE.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 006/2014</t>
+  </si>
+  <si>
+    <t>PRESTAçãO DE SERVIçO DE BUFFET (COQUETEL) PARA 200 PESSOAS, DESTINADO A POSSE DOS CONSELHEIROS DA DEFENSORIA PúBLICA DOS ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 007/2014</t>
+  </si>
+  <si>
+    <t>LOCAçãO DE SALA COMERCIAL LOCALIZADA NA RUA 15 DE NOVEMBRO, 141, CENTRO, GUARABIRA/PB, DE PROPRIEDADE DE LUGAR GESTãO E ADMINISTRAçãO LTDA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº008/2014</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DA EMPRESA SINDICATO ESTADUAL DOS FABRICANTES DE PLACAS DE VEíCULOS - SINDIPLAVE</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 009/2014</t>
+  </si>
+  <si>
+    <t>REALIZAçãO DE SERVIçOS DE MANUTENçãO ELéTRICA NO PRéDIO ONDE FUNCIONA O NúCLEO DE ATENDIMENTO DA DEFENSORIA PúBLICA EM JOãO PESSOA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 013/2014</t>
+  </si>
+  <si>
+    <t>013/2014</t>
+  </si>
+  <si>
+    <t>13/01/2014</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE LOCAçãO DE UM PRéDIO COMERCIAL SITO NA RUA OTíLIO PINHEIRO, N° 61, CENTRO, PICUí/PB, PARA INSTALAçãO E FUNCIONAMENTO DO NúCLEO DE ATENDIMENTO DA DEFENSORIA PúBLICA.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 001/2014</t>
+  </si>
+  <si>
+    <t>INSCRIçãO DE 04 (QUATRO) SERVIDORES EM CURSO DE APERFEIçOAMENTO PROFISSIONAL SOBRE LICITAçõES.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 003/2014</t>
+  </si>
+  <si>
+    <t>REVISãO DO VEíCULO RENAULT SYMBOL PLACA OFA-7664/PB</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 004/2014</t>
+  </si>
+  <si>
+    <t>REVISãO VEíCULO FORD RANGER PLACA OFY - 4326/PB</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 005/2014</t>
+  </si>
+  <si>
+    <t>INSCRIçãO DE SERVIDORES NO CURSO DE GESTãO DA FOLHA DE PAGAMENTO E RESTRIçõES PARA ANO ELEITORAL.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 006/2014</t>
+  </si>
+  <si>
+    <t>INSCRIçãO DE SERVIDORES NO CURSO DE ADMINISTRAçãO DE FROTA DE VEíCULOS, PLANEJAMENTO, LOGíSTICA DE MANUTENçãO E CUSTOS OPERACIONAIS.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 007/2014</t>
+  </si>
+  <si>
+    <t>INSCRIçãO DE SERVIDORES NO CURSO DE ELABORAçãO DE DOCUMENTOS OFICIAIS.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 008/2014</t>
+  </si>
+  <si>
+    <t>REVISãO DO VEíCULO RENAULT SYMBOL PLACA OFH-9565/PB</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 009/2014</t>
+  </si>
+  <si>
+    <t>INSCRIçãO DE SERVIDOR NO CURSO DE INFORMATICA ESSENCIAL.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 010/2014</t>
+  </si>
+  <si>
+    <t>INSCRIçãO DE SERVIDORES NO 4º CONGRESSO NACIONAL DE PESQUISAS EM TRADUçãO E INTERPRETAçãO DE LIBRAS E LíNGUA PORTUGUESA.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 011/2014</t>
+  </si>
+  <si>
+    <t>INSCRIçãO DE SERVIDORES NO VI SIMPóSIO NACIONAL ONE CURSOS, REVISADO E ATUALIZADO: QUESTãO POLêMICAS DA LEGISLAçãO DE PESSOAL ATIVO E INATIVO DA ADMINISTRAçãO PúBLICA FEDERAL, ESTADUAL, E MUNICIPAL, INCLUINDO A PREVIDêNCIA COMPLEMENTAR.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 012/2014</t>
+  </si>
+  <si>
+    <t>INSCRIçãO DE SERVIDORES, NO CURSO DE GESTãO DE MATERIAIS, SUPRIMENTOS, COMPRAS, ALMOXARIFADO E PATRIMôNIO NA ADMINISTRAçãO PúBLICA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 012/2014</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DO IMóVEL SITUADO à RUA MONSENHOR WALFREDO LEAL, 487, TAMBIá, JOãO PESSOA/PB, PARA INSTALAçãO DA SEDE NúCLEO DE ATENDIMENTO DA DEFENSORIA PúBLICA DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>PREGãO ELETRôNICO Nº 001/2015</t>
+  </si>
+  <si>
+    <t>001/2015</t>
+  </si>
+  <si>
+    <t>01/01/2015</t>
+  </si>
+  <si>
+    <t>FORMAçãO DE REGISTRO DE PREçOS PARA EVENTUAL AQUISIçãO DE MATERIAL DE HIGIENE E LIMPEZA, NOS TERMOS DO EDITAL.</t>
+  </si>
+  <si>
+    <t>PREGãO ELETRôNICO Nº 002/2015</t>
+  </si>
+  <si>
+    <t>002/2015</t>
+  </si>
+  <si>
+    <t>02/01/2015</t>
+  </si>
+  <si>
+    <t>FORMAçãO DE REGISTRO DE PREçO PARA EVENTUAL AQUISIçãO DE MATERIAL DE EXPEDIENTE, NOS TERMOS DO EDITAL.</t>
+  </si>
+  <si>
+    <t>PREGÃO PRESENCIAL Nº 011/2014</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE MATERIAL DE EXPEDIENTE.</t>
+  </si>
+  <si>
+    <t>PREGÃO PRESENCIAL Nº 012/2014</t>
+  </si>
+  <si>
+    <t>31/12/2014</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE MATERIAL DE HIGIENE E LIMPEZA, CONFORME ESPECIFICAçõES E QUANTITATIVOS CONTIDOS NO TERMO DE REFERêNCIA.</t>
+  </si>
+  <si>
+    <t>PREGãO ELETRôNICO Nº 003/2015</t>
+  </si>
+  <si>
+    <t>003/2015</t>
+  </si>
+  <si>
+    <t>24/02/2015</t>
+  </si>
+  <si>
+    <t>FORMAçãO DE REGISTRO DE PREçOS PARA EVENTUAL CONTRATAçãO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE ACESSóRIOS DE INFORMáTICA.</t>
+  </si>
+  <si>
+    <t>PREGãO ELETRôNICO Nº 013/2014</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE EQUIPAMENTOS DE INFORMáTICA</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 001/2015</t>
+  </si>
+  <si>
+    <t>03/03/2015</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE ASSINATURAS ANUAIS DO JORNAL A UNIãO E DO DIáRIO OFICIAL DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 014/2014</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE SERVIÇO TÉCNICO ESPECIALIZADO DE FISCALIZAÇÃO NA EXECUÇÃO DE PROJETO BÁSICO COMPLEMENTAR, NA PARTE ELÉTRICA, REFERENTE AO QUADRO GERAL DE BAIXA TENSÃO, QUADRO DE FORÇA E LUZ (TÉRREO), QUADRO DE FORÇA E LUZ (1º PAVIMENTO), CIRCUITOS DE TOMADAS DE USO GERAL, CIRCUITOS DE TOMADAS DE USO ESPECÍFICO (INCLUSIVE PARA AR-CONDICIONADO), E CIRCUITOS DE ILUMINAÇÃO, BEM COMO QUANTO À EXECUÇÃO DE PROJETO BÁSICO PARA CONSTRUÇÃO DE SUBESTAÇÃO DE 150 KVA E DE QUADRO DE MEDIÇÃO, QUANTO AO IMÓVEL SITO À RUA MONSENHOR WALFREDO LEAL, NO BAIRRO TAMBIÁ, JOÃO PESSOA, E NOS TERMOS DO EDITAL E SEUS ANEXOS.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 013/2014</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE EMPRESA PARA REVISãO DE CAMINHãO PERTENCENTE à DPPB.</t>
+  </si>
+  <si>
+    <t>ADESãO à ARP 001/2014</t>
+  </si>
+  <si>
+    <t>14/10/2014</t>
+  </si>
+  <si>
+    <t>ADESãO à ARP PARA CONTRATAçãO DE EMPRESA PARA SERVIçOS DE INSTALAçãO DE APARELHOS DE AR CONDICIONADOS.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 002/2014</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE EMPRESA PARA TREINAMENTO DE SERVIDOR EM CURSO DE APERFEIçOAMENTO PROFISSIONAL SOBRE CONCURSO PúBLICO.</t>
+  </si>
+  <si>
+    <t>PREGãO Nº 004/2015</t>
+  </si>
+  <si>
+    <t>004/2015</t>
+  </si>
+  <si>
+    <t>04/03/2015</t>
+  </si>
+  <si>
+    <t>FORMAçãO DE REGISTRO DE PREçOS PARA EVENTUAL CONTRATAçãO DE EMPRESA ESPECIALIZADA NA PRESTAçãO DE SERVIçO DE ACESSO à REDE MUNDIAL INTERNET, INCLUINDO CIRCUITO DE DADOS E TODOS OS EQUIPAMENTOS NECESSáRIOS PARA ATENDIMENTO PRIORITáRIO DE 94 (OITENTA E QUATRO) UNIDADES DO óRGãO GERENCIADOR, COM 79 (SETENTA E NOVE) CIRCUITOS DE 2MBPS, 14 (QUATORZE) CIRCUITOS DE 10 MBPS E 01 (UM) CIRCUITO DE 50 MBPS, CONFORME ESPECIFICAçõES CONTIDAS NO TERMOS DE REFERêNCIA, ANEXO AO EDITAL.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE DE LICITAÇÃO Nº 002/2014</t>
+  </si>
+  <si>
+    <t>PARTICIPAçãO DE EVENTO DE CAPACITAçãO (IV SEMINáRIO NACIONAL/CONCURSO PúBLICO E ELABORAçãO DE EDITAL, ASPECTOS PRáTICOS, TéCNICOS E JURíDICOS).</t>
+  </si>
+  <si>
+    <t>DISPENSA 004/2015</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE SERVIçO ESPECIALIZADO EM LAVAGEM, SELAGEM E IMPERMEABILIZAçãO DE PISO, SENDO 500 METROS QUADRADOS DE GRANILITE E 500 METROS QUADRADOS DE DURBETON, NO IMóVEL DE PROPRIEDADE DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA SITUADO à RUA WALFREDO LEAL, 487, TAMBIá, JOãO PESSOA/PB.</t>
+  </si>
+  <si>
+    <t>PREGãO Nº 005/2015 - INTERNET</t>
+  </si>
+  <si>
+    <t>005/2015</t>
+  </si>
+  <si>
+    <t>05/03/2015</t>
+  </si>
+  <si>
+    <t>PREGãO ELETRôNICO Nº 006/2015</t>
+  </si>
+  <si>
+    <t>006/2015</t>
+  </si>
+  <si>
+    <t>16/04/2015</t>
+  </si>
+  <si>
+    <t>FORMAçãO DE REGISTRO DE PREçOS PARA EVENTUAL CONTRATAçãO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE SOLUçãO INTEGRADA DE SERVIçOS DE TELECOMUNICAçõES ENGLOBANDO SERVIçO TELEFôNICO FIXO COMUTADO (STFC) NAS MODALIDADES LOCAL, LONGA DISTâNCIA E LONGA DISTâNCIA INTERNACIONAL, SERVIçO MóVEL PESSOAL (SMP) COM ACESSO GPRS/EDGE/3G E CONTROLE DE GASTOS, ALéM DE AQUISIçãO DE APARELHOS CELULARES, CONFORME ESPECIFICAçõES E QUANTITATIVOS CONSTANTES NO EDITAL E NO TERMO DE REFERêNCIA.</t>
+  </si>
+  <si>
+    <t>DISPENSA 003/2015</t>
+  </si>
+  <si>
+    <t>03/01/2015</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE EMPRESA OU PESSOA FíSICA NA EXECUçãO DE SERVIçOS DE REFORMA SIMPLES NO PRéDIO DA FUTURA SEDE DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA 001/2015</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE EMPRESA OU PESSOA FíSICA PARA A PRESTAçãO DE SERVIçOS DE RECUPERAçãO DE PISO E DESBASTE COM USO DE MáQUINAS ESMERILHADEIRA E POLITRIZ DE ACORDO COM OS TERMOS DE REFERêNCIA.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 002/2015</t>
+  </si>
+  <si>
+    <t>06/04/2015</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DA EMPRESA ENERGISA PARAíBA - DISTRIBUIDORA DE ENERGIA S.A. PARA O FORNECIMENTO DE ENERGIA ELéTRICA PARA O PRéDIO DA DEFENSORIA PúBLICA LOCALIZADO NA RUA WALFREDO LEAL, 487, TAMBIá, JOãO PESSOA.</t>
+  </si>
+  <si>
+    <t>DISPENSA 002/2015</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE EMPRESA PARA FORNECIMENTO MENSAL DE ATé 150 GARRAFõES DE áGUA MINERAL SEM GáS ENGARRAFADA EM GALõES DE 20 LITROS, COM EMPRéSTIMO EM COMODATO DE VASILHAMES.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 003/2015</t>
+  </si>
+  <si>
+    <t>07/04/2015</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE FORNECEDOR EXCLUSIVO PARA REALIZAçãO DE SERVIçO EM VEíCULO DA MARCA E SOB O PERíODO DE GARANTIA DE FáBRICA.</t>
+  </si>
+  <si>
+    <t>DISPENSA 005/2015</t>
+  </si>
+  <si>
+    <t>11/05/2015</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE CONCESSIONáRIA VOLKSWAGEN PARA A REALIZAçãO DE SERVIçO DE REVISãO DE VEíCULO AMAROK QFC-6298/PB SOB GARANTIA DO FABRICANTE.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 007/2015</t>
+  </si>
+  <si>
+    <t>007/2015</t>
+  </si>
+  <si>
+    <t>23/05/2015</t>
+  </si>
+  <si>
+    <t>CURSO DE CAPACITAçãO  DE PREGOEIRO, ELABORAçãO DE TERMO DE REFERêNCIA, SISTEMA DE REGISTRO DE PREçO E COMPRASNET, PARA SERVIDORES DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 004/2015</t>
+  </si>
+  <si>
+    <t>20/05/2015</t>
+  </si>
+  <si>
+    <t>PROCESSO CANCELADO.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 005/2015</t>
+  </si>
+  <si>
+    <t>21/05/2015</t>
+  </si>
+  <si>
+    <t>REVISãO DO VEíCULO QFC-6298/PB.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 006/2015</t>
+  </si>
+  <si>
+    <t>22/05/2015</t>
+  </si>
+  <si>
+    <t>CURSO DE CAPACITAçãO EM ORçAMENTAçãO DE OBRAS PúBLICAS.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 008/2015</t>
+  </si>
+  <si>
+    <t>008/2015</t>
+  </si>
+  <si>
+    <t>24/05/2015</t>
+  </si>
+  <si>
+    <t>REALIZAçãO DE CURSO DE CAPACITAçãO EM FORMAçãO DE PREGOEIROS.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 009/2015</t>
+  </si>
+  <si>
+    <t>009/2015</t>
+  </si>
+  <si>
+    <t>25/05/2015</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE ELETROTéCNICO PARA REALIZAçãO DE PROJETO E FISCALIZAçãO DE OBRA.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 010/2015</t>
+  </si>
+  <si>
+    <t>010/2015</t>
+  </si>
+  <si>
+    <t>26/05/2015</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DA CAGEPA PARA FORNECIMENTO DE SERVIçO DE áGUA E ESGOTO.</t>
+  </si>
+  <si>
+    <t>DISPENSA 006/2015</t>
+  </si>
+  <si>
+    <t>12/05/2015</t>
+  </si>
+  <si>
+    <t>REVISãO DO VEíCULO QFC-6258/PB.</t>
+  </si>
+  <si>
+    <t>DISPENSA 007/2015</t>
+  </si>
+  <si>
+    <t>13/05/2015</t>
+  </si>
+  <si>
+    <t>REVISãO DO VEíCULO QFC-6208/PB.</t>
+  </si>
+  <si>
+    <t>DISPENSA 008/2015</t>
+  </si>
+  <si>
+    <t>14/05/2015</t>
+  </si>
+  <si>
+    <t>REVISÃO DO VEÍCULO QFV-0860/PB.</t>
+  </si>
+  <si>
+    <t>DISPENSA 009/2015</t>
+  </si>
+  <si>
+    <t>01/06/2015</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE REVENDA AUTORIZADA PARA REALIZAçãO DE REVISãO DOS VEíCULOS QFC-6178/PB, QFC-6318/PB E QFC-6238/PB.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 011/2015</t>
+  </si>
+  <si>
+    <t>011/2015</t>
+  </si>
+  <si>
+    <t>26/06/2015</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE EMPRESA ESPECIALIZADA PARA CAPACITAçãO DE SERVIDORES EM CURSO DE FORMAçãO DE PREGOEIROS E OUTROS ASSUNTOS.</t>
+  </si>
+  <si>
+    <t>25/06/2015</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE EMPRESA PARA CAPACITAçãO DE SERVIDORES EM CURSO DE FORMAçãO DE PREGOEIROS.</t>
+  </si>
+  <si>
+    <t>DISPENSA 011/2015</t>
+  </si>
+  <si>
+    <t>03/06/2015</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE 24 BOTIJõES DE 13KG GLP PARA ATENDER AS NECESSIDADES DA DPPB..</t>
+  </si>
+  <si>
+    <t>DISPENSA 010/2015</t>
+  </si>
+  <si>
+    <t>02/06/2015</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE EMPRESA ESPECIALIZADA PARA A REALIZAçãO DE DEDETIZAçãO NA SEDE DA DPPB.</t>
+  </si>
+  <si>
+    <t>DISPENSA 012/2015</t>
+  </si>
+  <si>
+    <t>012/2015</t>
+  </si>
+  <si>
+    <t>04/06/2015</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE SUPRIMENTOS DE INFORMáTICA PARA IMPRESSORA XEROX 3225 (CARTUCHOS DE TONNER PRETO) PARA USO DA DPPB.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 012/2015</t>
+  </si>
+  <si>
+    <t>27/06/2015</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE EMPRESA PARA CAPACITAçãO DE SERVIDORES E DEFENSORES PúBLICOS EM CURSO SOBRE PROCESSO ADMINISTRATIVO DISCIPLINAR E SINDICâNCIA.</t>
+  </si>
+  <si>
+    <t>DISPENSA 013/2015</t>
+  </si>
+  <si>
+    <t>013/2015</t>
+  </si>
+  <si>
+    <t>05/06/2015</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE CAFé E AçúCAR PARA USO DA DPPB.</t>
+  </si>
+  <si>
+    <t>DISPENSA 015/2015</t>
+  </si>
+  <si>
+    <t>015/2015</t>
+  </si>
+  <si>
+    <t>08/09/2015</t>
+  </si>
+  <si>
+    <t>REALIZAçãO DE REVISãO DE 3 VEíCULOS PERTENCENTES A DPPB.</t>
+  </si>
+  <si>
+    <t>DISPENSA 014/2015</t>
+  </si>
+  <si>
+    <t>014/2015</t>
+  </si>
+  <si>
+    <t>07/09/2015</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE 100 VASILHAMES DE áGUA MINERAL.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 013/2015</t>
+  </si>
+  <si>
+    <t>11/09/2015</t>
+  </si>
+  <si>
+    <t>INSCRIçãO DE SERVIDOR EM CURSO DE CAPACITAçãO SOBRE COMPRAS DIRETAS.</t>
+  </si>
+  <si>
+    <t>PREGÃO Nº 006/2015</t>
+  </si>
+  <si>
+    <t>21/09/2015</t>
+  </si>
+  <si>
+    <t>Deserto</t>
+  </si>
+  <si>
+    <t>FORMAçãO DE REGISTRO DE PREçOS PARA, EVENTUAL CONTRATAçãO DE EMPRESA ESPECIALIZADA PARA AQUISIçãO DE GêNERO ALIMENTíCIO, CAFé E AçúCAR, A FIM DE ATENDER àS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA, CONFORME ESPECIFICAçõES E QUANTITATIVOS CONSTANTES NO PRESENTE EDITAL, EM ESPECIAL NO TERMO DE REFERêNCIA (ANEXO I);</t>
+  </si>
+  <si>
+    <t>DISPENSA 016/2015</t>
+  </si>
+  <si>
+    <t>016/2015</t>
+  </si>
+  <si>
+    <t>09/09/2015</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE PONTOS DE ACESSO AO SIAF.</t>
+  </si>
+  <si>
+    <t>DISPENSA 017/2015</t>
+  </si>
+  <si>
+    <t>017/2015</t>
+  </si>
+  <si>
+    <t>10/09/2015</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE ACESSóRIOS DE INFORMáTICA PARA USO DA DPPB.</t>
+  </si>
+  <si>
+    <t>DISPENSA 018/2015</t>
+  </si>
+  <si>
+    <t>018/2015</t>
+  </si>
+  <si>
+    <t>12/09/2015</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE CONCESSIONáRIA PARA REALIZAçãO DE REVISãO DE VEíCULO SOB GARANTIA DO FABRICANTE.</t>
+  </si>
+  <si>
+    <t>DISPENSA 019/2015</t>
+  </si>
+  <si>
+    <t>019/2015</t>
+  </si>
+  <si>
+    <t>13/09/2015</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE SEGURO VEICULAR PARA 07 AUTOMóVEIS DA DPPB.</t>
+  </si>
+  <si>
+    <t>DISPENSA 020/2015</t>
+  </si>
+  <si>
+    <t>020/2015</t>
+  </si>
+  <si>
+    <t>14/09/2015</t>
+  </si>
+  <si>
+    <t>REVISãO DOS VEíCULOS QFC-6178/PB E QFC-6318/PB.</t>
+  </si>
+  <si>
+    <t>DISPENSA 021/2015</t>
+  </si>
+  <si>
+    <t>021/2015</t>
+  </si>
+  <si>
+    <t>15/09/2015</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 014/2015</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE PALESTRANTE PARA EVENTO DESTINADO AOS SERVIDORES DA DPPB.</t>
+  </si>
+  <si>
+    <t>PREGãO Nº 007/2015 -  TELEFONIA</t>
+  </si>
+  <si>
+    <t>09/11/2015</t>
+  </si>
+  <si>
+    <t>FORMAçãO DE REGISTRO DE PREçOS PARA EVENTUAL CONTRATAçãO DE EMPRESA ESPECIALIZADA NA PRESTAçãO DE SERVIçO DE TELEFONIA FIXA E MóVEL, PARA ATENDER àS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA, NA MODALIDADE DE PREGÃO PRESENCIAL, CONFORME ESPECIFICAçõES E QUANTITATIVOS CONSTANTES NO PRESENTE EDITAL, EM ESPECIAL NO TERMO DE REFERêNCIA (ANEXO I).</t>
+  </si>
+  <si>
+    <t>DISPENSA 022/2015</t>
+  </si>
+  <si>
+    <t>022/2015</t>
+  </si>
+  <si>
+    <t>16/09/2015</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE ARQUITETO PARA ELABORAçãO DE PROJETO ARQUITETôNICO PARA O IMóVEL PERTENCENTE à DPPB LOCALIZADO NA RUA BARRETO SOBRINHO, 168, TAMBIá.</t>
+  </si>
+  <si>
+    <t>PREGãO Nº 008/2015 - SUPRIMENTO DE INFORMáTICA</t>
+  </si>
+  <si>
+    <t>10/11/2015</t>
+  </si>
+  <si>
+    <t>FORMAçãO DE REGISTRO DE PREçOS PARA EVENTUAL CONTRATAçãO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE CARTUCHOS E CILINDRO FOTOCONDUTOR, A FIM DE ATENDER àS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA, CONFORME ESPECIFICAçõES E QUANTITATIVOS CONSTANTES NO PRESENTE EDITAL, EM ESPECIAL NO TERMO DE REFERêNCIA (ANEXO I);</t>
+  </si>
+  <si>
+    <t>PREGãO Nº 009/2015 - SEGUROS PARA ESTAGIáRIO</t>
+  </si>
+  <si>
+    <t>11/11/2015</t>
+  </si>
+  <si>
+    <t>FORMAçãO DE REGISTRO DE PREçOS PARA, EVENTUAL CONTRATAçãO DE EMPRESA ESPECIALIZADA EM FORNECIMENTO DE SERVIçO DE SEGURO DE ACIDENTES PESSOAIS COLETIVOS PARA ESTAGIáRIOS DA DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA-DPPB, A FIM DE ATENDER àS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA, CONFORME ESPECIFICAçõES E QUANTITATIVOS CONSTANTES NO PRESENTE EDITAL, EM ESPECIAL NO TERMO DE REFERêNCIA (ANEXO I);</t>
+  </si>
+  <si>
+    <t>TOMADA DE PREçO 001/2015 - PROJETO ELéTRICO</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE EMPRESA ESPECIALIZADA NA EXECUçãO DO PROJETO ELéTRICO NA PARTE INTERNA DO IMóVEL SITO à RUA DEPUTADO BARRETO SOBRINHO, 168, TAMBIá, JOãO PESSOA/PB, COM 363 M2 DE áREA CONSTRUíDA, CUJAS ESPECIFICAçõES E DESCRITIVO SE ENCONTRAM EXPRESSOS NA CERTIDãO DE INTEIRO TEOR, LAVRADA PELO 2º OFíCIO DO REGISTRO DE IMóVEIS (ZONA NORTE) DA COMARCA DESTA CAPITAL (CARTóRIO EUNáPIO TORRRES), COM BASE NA FL. 36, SOB Nº DE ORDEM 32.618, NO LIVRO 2BX1, COM DATA DE 03/09/2014, ONDE ESTá INSTALADA A SEDE DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA, MEDIANTE O REGIME EMPREITADA POR (PREçO GLOBAL), CONFORME ESPECIFICAçõES CONSTANTES NO PROJETO BáSICO – ANEXO I</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 015/2015</t>
+  </si>
+  <si>
+    <t>INSCRIçãO DE 02 SERVIDORES EM CURSO DE CAPACITAçãO EM SECRETARIADO.</t>
+  </si>
+  <si>
+    <t>DISPENSA 023/2015</t>
+  </si>
+  <si>
+    <t>023/2015</t>
+  </si>
+  <si>
+    <t>17/09/2015</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE ELETRODOMéSTICO (FREEZER E FRIGOBAR) PARA USO DA DPPB.</t>
+  </si>
+  <si>
+    <t>DISPENSA 024/2015</t>
+  </si>
+  <si>
+    <t>024/2015</t>
+  </si>
+  <si>
+    <t>18/09/2015</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE MATERIAL DE EXPEDIENTE (PAPEL E FORMULáRIOS) PARA USO DA DPPB.</t>
+  </si>
+  <si>
+    <t>DISPENSA 025/2015</t>
+  </si>
+  <si>
+    <t>025/2015</t>
+  </si>
+  <si>
+    <t>19/09/2015</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE CONCESSIONáRIA VOLKSWAGEN PARA REVISãO DO VEíCULO QFC-0860/PB.</t>
+  </si>
+  <si>
+    <t>PREGÃO Nº 10/2015 - MOBILIáRIO</t>
+  </si>
+  <si>
+    <t>10/2015</t>
+  </si>
+  <si>
+    <t>23/11/2015</t>
+  </si>
+  <si>
+    <t>O PRESENTE PREGãO TEM POR OBJETO FORMAçãO DE REGISTRO DE PREçOS PARA EVENTUAL CONTRATAçãO DE EMPRESA ESPECIALIZADA EM FORNECIMENTO DE MATERIAL PERMANENTE (MOBILIáRIO EM GERAL), A FIM DE ATENDER àS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA, CONFORME ESPECIFICAçõES E QUANTITATIVOS CONSTANTES NO PRESENTE EDITAL, EM ESPECIAL NO TERMO DE REFERêNCIA (ANEXO I)</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 016/2015</t>
+  </si>
+  <si>
+    <t>INSCRIçãO DE 03 SERVIDORES EM CURSO DE CAPACITAçãO SOBRE "O PAPEL ESTRATéGICO DOS ASSESSORES NA ORGANIZAçãO PúBLICA."</t>
+  </si>
+  <si>
+    <t>PREGÃO Nº 11/2015 - COMBUSTíVEL</t>
+  </si>
+  <si>
+    <t>11/2015</t>
+  </si>
+  <si>
+    <t>27/11/2015</t>
+  </si>
+  <si>
+    <t>FORMAçãO DE REGISTRO DE PREçOS PARA EVENTUAL CONTRATAçãO DO SERVIçO DE GERENCIAMENTO DO ABASTECIMENTO DE COMBUSTíVEIS DA FROTA DE VEíCULOS, ENVOLVENDO A IMPLANTAçãO E OPERAçãO DE UM SISTEMA INFORMATIZADO, VIA INTERNET, DE GESTãO DE FROTA COM A AQUISIçãO DE COMBUSTíVEIS, ATRAVéS DA TECNOLOGIA DE CARTãO ELETRôNICO, PARA OS VEíCULOS AUTOMOTORES RELATIVOS AO ABASTECIMENTO DA FROTA PRóPRIA, BEM COMO OUTROS QUE VIEREM A SER INCORPORADOS à FROTA NA VIGêNCIA DO CONTRATO, A FIM DE ATENDER àS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA, CONFORME ESPECIFICAçõES E QUANTITATIVOS CONSTANTES NO PRESENTE EDITAL, EM ESPECIAL NO TERMO DE REFERêNCIA (ANEXO I);</t>
+  </si>
+  <si>
+    <t>PREGãO Nº 12/2015 - áGUA MINERAL</t>
+  </si>
+  <si>
+    <t>12/2015</t>
+  </si>
+  <si>
+    <t>02/12/2015</t>
+  </si>
+  <si>
+    <t>FORMAÇÃO DE REGISTRO DE PREÇOS PARA EVENTUAL CONTRATAçãO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE áGUA MINERAL, SEM GáS, ENGARRAFADA EM GALõES DE 20 (VINTE) LITROS, COM EMPRéSTIMO EM COMODATO DE VASILHAMES, SOB DEMANDA, INCLUINDO O SERVIçO DE ENTREGA, A FIM DE ATENDER àS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA, CONFORME ESPECIFICAçõES E QUANTITATIVOS CONSTANTES NO PRESENTE EDITAL, EM ESPECIAL NO TERMO DE REFERêNCIA (ANEXO I);</t>
+  </si>
+  <si>
+    <t>DISPENSA 026/2015</t>
+  </si>
+  <si>
+    <t>026/2015</t>
+  </si>
+  <si>
+    <t>20/09/2015</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE 300 CAIXAS DE BLOCO NOTEFIX PARA USO DA DPPB.</t>
+  </si>
+  <si>
+    <t>DISPENSA 027/2015</t>
+  </si>
+  <si>
+    <t>027/2015</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE SERVIçO DE BUFFET (ESTILO COFFEE BREAK) DESTINADO A 200 PESSOAS VISANDO ATENDER AO SEMINáRIO DE PENAS ALTERNATIVAS PARA INSTITUIçõES RECEPTORAS DE CUMPRIDORES DE PRESTAçãO DE SERVIçOS à COMUNIDADE.</t>
+  </si>
+  <si>
+    <t>DISPENSA 028/2015</t>
+  </si>
+  <si>
+    <t>028/2015</t>
+  </si>
+  <si>
+    <t>22/09/2015</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE EMPRESA PARA SERVIçO DE BUFFET (ALMOçO) PARA 20 PESSOAS VISANDO ATENDER AO SEMINáRIO DE PENAS ALTERNATIVAS PARA INSTITUIçõES RECEPTORAS DE CUMPRIDORES DE PRESTAçãO DE SERVIçOS à COMUNIDADE.</t>
+  </si>
+  <si>
+    <t>DISPENSA 029/2015</t>
+  </si>
+  <si>
+    <t>029/2015</t>
+  </si>
+  <si>
+    <t>23/09/2015</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 017/2015</t>
+  </si>
+  <si>
+    <t>INSCRIçãO DE 02 SERVIDORES DA DPPB EM CURSO SOBRE "APOSENTADORIAS, PENSõES E ABONO DE PERMANêNCIA E RESPECTIVOS CáLCULOS DE BENEFíCIOS NA ADMINISTRAçãO PúBLICA".</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 018/2015</t>
+  </si>
+  <si>
+    <t>INSCRIçãO DE 03 SERVIDORES DA DPPB EM CURSO SOBRE "GESTãO INTEGRAL DA FOLHA DE PAGAMENTO DE PESSOAL E REMUNERAçõES NO SERVIçO PúBLICO".</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 020/2015</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DA FERRAMENTA BANCO DE PREçOS PELO PERíODO DE 01 ANO.</t>
+  </si>
+  <si>
+    <t>DISPENSA 031/2015</t>
+  </si>
+  <si>
+    <t>031/2015</t>
+  </si>
+  <si>
+    <t>25/09/2015</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE MATERIAL DE MANUTENçãO PARA USO NOS IMóVEIS DA DPPB.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 019/2015</t>
+  </si>
+  <si>
+    <t>ASSINATURA ANUAL IMPRESSA E ELETRôNICA DO JORNAL A UNIãO E DO DIáRIO OFICIAL DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA 030/2015</t>
+  </si>
+  <si>
+    <t>030/2015</t>
+  </si>
+  <si>
+    <t>24/09/2015</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE EMPRESA PARA REALIZAçãO DE SERVIçO DE MANUTENçãO, COM FORNECIMENTO DE PEçAS, EM 14 BEBEDOUROS DA DPPB.</t>
+  </si>
+  <si>
+    <t>DISPENSA 032/2015</t>
+  </si>
+  <si>
+    <t>032/2015</t>
+  </si>
+  <si>
+    <t>26/09/2015</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 021/2015</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DA ASSINATURA ANUAL DA FERRAMENTA CONTRATOSGOV.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 001/2016</t>
+  </si>
+  <si>
+    <t>001/2016</t>
+  </si>
+  <si>
+    <t>02/03/2016</t>
+  </si>
+  <si>
+    <t>REALIZAçãO DE 18 INSCRIçõES EM CURSO DE CAPACITAçãO SOBRE O NOVO CóDIGO DE PROCESSO CIVIL.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 002/2016</t>
+  </si>
+  <si>
+    <t>002/2016</t>
+  </si>
+  <si>
+    <t>03/03/2016</t>
+  </si>
+  <si>
+    <t>PAGAMENTO DE 04 INSCRIçõES EM CURSO DE CAPACITAçãO SOBRE O NOVO CPC.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 003/2016</t>
+  </si>
+  <si>
+    <t>003/2016</t>
+  </si>
+  <si>
+    <t>04/03/2016</t>
+  </si>
+  <si>
+    <t>PAGAMENTO DE 03 INSCRIçõES EM CURSO DE CAPACITAçãO SOBRE REVISãO DE BENEFíCIOS PREVIDENCIáRIOS.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 004/2016</t>
+  </si>
+  <si>
+    <t>004/2016</t>
+  </si>
+  <si>
+    <t>05/03/2016</t>
+  </si>
+  <si>
+    <t>CAPACITAçãO DE 38 SERVIDORES E DEFENSORES PúBLICOS EM CURSO DE CAPACITAçãO SOBRE O NOVO CPC.</t>
+  </si>
+  <si>
+    <t>DISPENSA 001/2016</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE GáS GLP 13KG EM BOTIJãO (44 UNIDADES).</t>
+  </si>
+  <si>
+    <t>DISPENSA 002/2016</t>
+  </si>
+  <si>
+    <t>02/04/2016</t>
+  </si>
+  <si>
+    <t>REALIZAçãO DE REVISãO DE VEíCULO EM CONCESSIONáRIA AUTORIZADA, COM FORNECIMENTO DE PEçAS, PARA 03 VOYAGE E 01 AMAROK SOB GARANTIA DO FABRICANTE.</t>
+  </si>
+  <si>
+    <t>DISPENSA 003/2016</t>
+  </si>
+  <si>
+    <t>03/04/2016</t>
+  </si>
+  <si>
+    <t>REALIZAçãO DE REVISãO DE VEíCULO EM CONCESSIONáRIA AUTORIZADA, COM FORNECIMENTO DE PEçAS, PARA 02 VOYAGE E 01 AMAROK SOB GARANTIA DO FABRICANTE.</t>
+  </si>
+  <si>
+    <t>DISPENSA 004/2016</t>
+  </si>
+  <si>
+    <t>04/04/2016</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE MATERIAL DE MANUTENçãO PARA IMóVEL DA DPPB.</t>
+  </si>
+  <si>
+    <t>PP 001/2016-TELEFONIA MÓVEL-PROC. N 418/2016-7</t>
+  </si>
+  <si>
+    <t>07/04/2016</t>
+  </si>
+  <si>
+    <t>FORMAçãO DE REGISTRO DE PREçOS, PARA EVENTUAL CONTRATAçãO DE SERVIçOS DE TELECOMUNICAçõES ENGLOBANDO SERVIçO MóVEL PESSOAL (SMP) COM ACESSO GPRS/EDGE/2G E CONTROLE DE GASTOS E AQUISIçãO DE APARELHOS TELEFôNICOS CELULARES E SMARTPHONES, CONFORME ESPECIFICAçõES E QUANTITATIVOS CONSTANTES DESTE TERMO DE REFERêNCIA.</t>
+  </si>
+  <si>
+    <t>PP-001-2016-TELEFONIA MÓVEL-PROC. 418-2016-7</t>
+  </si>
+  <si>
+    <t>FORMAçãO DE REGISTRO DE PREÇOS, PARA EVENTUAL CONTRATAçãO DE SERVIçOS DE TELECOMUNICAçõES ENGLOBANDO SERVIçO MóVEL PESSOAL (SMP) COM ACESSO GPRS/EDGE/2G E CONTROLE DE GASTOS E AQUISIçãO DE APARELHOS TELEFôNICOS CELULARES E SMARTPHONES, CONFORME ESPECIFICAçõES E QUANTITATIVOS 418 CONSTANTES DESTE TERMO DE REFERêNCIA.</t>
+  </si>
+  <si>
+    <t>DISPENSA 005/2016</t>
+  </si>
+  <si>
+    <t>005/2016</t>
+  </si>
+  <si>
+    <t>05/04/2016</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE áGUA MINERAL EM GARRAFãO DE 20L COM FORNECIMENTO DO VASILHAME EM COMODATO.</t>
+  </si>
+  <si>
+    <t>DISPENSA 006/2016</t>
+  </si>
+  <si>
+    <t>006/2016</t>
+  </si>
+  <si>
+    <t>06/04/2016</t>
+  </si>
+  <si>
+    <t>EXECUçãO DE PROJETO ELéTRICO DO IMóVEL LOCALIZADO NA RUA BARRETO SOBRINHO.</t>
+  </si>
+  <si>
+    <t>DISPENSA 007/2016</t>
+  </si>
+  <si>
+    <t>007/2016</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE ACESSóRIOS DE INFORMáTICA</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 005/2016</t>
+  </si>
+  <si>
+    <t>06/03/2016</t>
+  </si>
+  <si>
+    <t>INSCRIçãO DE 15 SERVIDORES/DEFENSORES EM CURSO DE CAPACITAçãO SOBRE O NOVO CPC.</t>
+  </si>
+  <si>
+    <t>DISPENSA 009/2016</t>
+  </si>
+  <si>
+    <t>009/2016</t>
+  </si>
+  <si>
+    <t>09/04/2016</t>
+  </si>
+  <si>
+    <t>REALIZAçãO DE REVISãO EM 02 VOLKSWAGEN VOYAGE.</t>
+  </si>
+  <si>
+    <t>DISPENSA 008/2016</t>
+  </si>
+  <si>
+    <t>008/2016</t>
+  </si>
+  <si>
+    <t>08/04/2016</t>
+  </si>
+  <si>
+    <t>REALIZAçãO DE SERVIçO DE CONTROLE DE PRAGAS E VETORES NA SEDE E NúCLEO DA DPPB.</t>
+  </si>
+  <si>
+    <t>DISPENSA 010/2016</t>
+  </si>
+  <si>
+    <t>010/2016</t>
+  </si>
+  <si>
+    <t>10/04/2016</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE SEGURO VEICULAR.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 006/2016</t>
+  </si>
+  <si>
+    <t>07/03/2016</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE LIVROS SOBRE O NOVO CPC.</t>
+  </si>
+  <si>
+    <t>DISPENSA 011/2016</t>
+  </si>
+  <si>
+    <t>011/2016</t>
+  </si>
+  <si>
+    <t>11/04/2016</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE EMPRESA PARA FORNECIMENTO DE REFEIçãO TIPO BUFFET PARA ATé 150 PESSOAS NO DIA DO DEFENSOR PúBLICO.</t>
+  </si>
+  <si>
+    <t>DISPENSA 012/2016</t>
+  </si>
+  <si>
+    <t>012/2016</t>
+  </si>
+  <si>
+    <t>12/04/2016</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE EMPRESA PARA FORNECIMENTO DE COFFEE BREAK (BUFFET) EM PALESTRA SOBRE O NOVO CPC.</t>
+  </si>
+  <si>
+    <t>DISPENSA 013/2016</t>
+  </si>
+  <si>
+    <t>013/2016</t>
+  </si>
+  <si>
+    <t>13/04/2016</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE EMPRESA PARA SERVIçO DE CRIAçãO, DIAGRAMAçãO, EDITORAçãO GRáFICA, REVISãO DE TEXTO,rnNORMATIZAçãO BIBLIOGRáFICA DA REVISTA DA DPPB.</t>
+  </si>
+  <si>
+    <t>DISPENSA 014/2016</t>
+  </si>
+  <si>
+    <t>014/2016</t>
+  </si>
+  <si>
+    <t>14/04/2016</t>
+  </si>
+  <si>
+    <t>DISPENSA 015/2016</t>
+  </si>
+  <si>
+    <t>015/2016</t>
+  </si>
+  <si>
+    <t>15/04/2016</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE PASSAGEM AéREA.</t>
+  </si>
+  <si>
+    <t>DISPENSA 016/2016</t>
+  </si>
+  <si>
+    <t>016/2016</t>
+  </si>
+  <si>
+    <t>16/04/2016</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE PASSAGENS AéREAS.</t>
+  </si>
+  <si>
+    <t>DISPENSA 017/2016</t>
+  </si>
+  <si>
+    <t>017/2016</t>
+  </si>
+  <si>
+    <t>17/04/2016</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE FARDAMENTO.</t>
+  </si>
+  <si>
+    <t>DISPENSA 018/2016</t>
+  </si>
+  <si>
+    <t>018/2016</t>
+  </si>
+  <si>
+    <t>18/04/2016</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE TONNER E CARTUCHOS E DE SERVIçO DE RECARGA.</t>
+  </si>
+  <si>
+    <t>PASSAGENS AÉREAS- PP 002/2016</t>
+  </si>
+  <si>
+    <t>21/06/2016</t>
+  </si>
+  <si>
+    <t>O OBJETO DA LICITAçãO CONSISTE NA CONTRATAçãO DE SERVIçOS DE RESERVAS, EMISSãO, REMARCAçãO E CANCELAMENTO DE BILHETES E FORNECIMENTO DE PASSAGENS AéREAS NACIONAIS E INTERNACIONAIS, POR DEMANDA, CONSTANTE NO TERMO DE REFERêNCIA.</t>
+  </si>
+  <si>
+    <t>TELEFONIA MOVEL- PP 004/2016</t>
+  </si>
+  <si>
+    <t>12/07/2016</t>
+  </si>
+  <si>
+    <t>O OBJETO DA LICITAçãO CONSISTE NA CONTRATAçãO DE SERVIçOS DE TELECOMUNICAçõES ENGLOBANDO SERVIçO MóVEL PESSOAL (SMP) COM ACESSO GPRS/EDGE/2G E CONTROLE DE GASTOS E AQUISIçãO DE APARELHOS TELEFôNICOS CELULARES E SMARTPHONES, CONFORME ESPECIFICAçõES E QUANTITATIVOS 418 CONSTANTES DESTE TERMO DE REFERêNCIA.</t>
+  </si>
+  <si>
+    <t>AQUISICAO E RECARGA DE CARTUCHOS E TONERS COM REPOSICAO DE PECAS- PP 003/2016</t>
+  </si>
+  <si>
+    <t>21/07/2016</t>
+  </si>
+  <si>
+    <t>A PRESENTE LICITAçãO TEM POR OBJETO A FORMAçãO DE REGISTRO DE PREÇOS, PARA EVENTUAL CONTRATAçãO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE RECARGA DE CARTUCHOS E TONERS, BEM COMO AQUISIçãO DE PEçAS PARA IMPRESSORAS A SEREM UTILIZADOS NOS MENCIONADOS EQUIPAMENTOS PERTENCENTES A DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA 019/2016</t>
+  </si>
+  <si>
+    <t>019/2016</t>
+  </si>
+  <si>
+    <t>19/04/2016</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE MOLA DE PISO HIDRáULICA PARA PORTA DE VIDRO.</t>
+  </si>
+  <si>
+    <t>DISPENSA 020/2016</t>
+  </si>
+  <si>
+    <t>020/2016</t>
+  </si>
+  <si>
+    <t>20/04/2016</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE MATERIAL DE HIGIENE E LIMPEZA PARA USO DA DPPB.</t>
+  </si>
+  <si>
+    <t>DISPENSA 021/2016</t>
+  </si>
+  <si>
+    <t>021/2016</t>
+  </si>
+  <si>
+    <t>21/04/2016</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE EMPRESA ESPECIALIZADA EM SERVIçO DE REFORMA PREDIAL PARA IMóVEL DA DPPB.</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE COQUETEL, COFFEE BREAK E BUFFET</t>
+  </si>
+  <si>
+    <t>29/07/2016</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE EMPRESA ESPECIALIZADA NA PRESTAçãO DE SERVIçO DE BUFFET (ALMOçO), A SER SERVIDO AOS PALESTRANTES E A EQUIPE ORGANIZADORA DO I CONGRESSO ESTADUAL PARA DEFENSORES PúBLICOS DO ESTADO DA PARAíBA, CONFORME ESPECIFICAçãO E DESCRIçãO CONSTANTE NESTE TERMO, NA MODALIDADE DE LICITAÇÃO CONVITE (ART. 22, III, DA LEI 8.666/93) E CONTRATAçãO DE EMPRESA ESPECIALIZADA NA PRESTAçãO DE SERVIçO DE BUFFET (COQUETEL E COFFEE BREAK), A SER SERVIDO NOS DIAS 11 E 12 DE AGOSTO DE 2016, NO AUDITóRIO DO FóRUM CIVIL DA CAPITAL, EM VIRTUDE DO I CONGRESSO ESTADUAL PARA DEFENSORES PÚBLICOS DO ESTADO DA PARAÍBA, CONFORME ESPECIFICAçãO E DESCRIçãO DO CONSTANTE NESTE TERMO, NA MODALIDADE DE LICITAÇÃO CONVITE (ART. 22, III, DA LEI 8.666/93).</t>
+  </si>
+  <si>
+    <t>DISPENSA 022/2016</t>
+  </si>
+  <si>
+    <t>022/2016</t>
+  </si>
+  <si>
+    <t>22/04/2016</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE LETREIRO PARA USO DA DPPB.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 007/2016</t>
+  </si>
+  <si>
+    <t>08/03/2016</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE GRUPO DE TEATRO PARA INTERVENçãO CêNICA EM AUDIêNCIA PúBLICA REALIZADA PELA DPPB.</t>
+  </si>
+  <si>
+    <t>DISPENSA 023/2016</t>
+  </si>
+  <si>
+    <t>023/2016</t>
+  </si>
+  <si>
+    <t>23/04/2016</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE FAIXA PARA USO DA DPPB.</t>
+  </si>
+  <si>
+    <t>DISPENSA 024/2016</t>
+  </si>
+  <si>
+    <t>024/2016</t>
+  </si>
+  <si>
+    <t>24/04/2016</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE REVENDA VOLKSWAGEN PARA REALIZAçãO DE REVISãO.</t>
+  </si>
+  <si>
+    <t>DISPENSA 025/2016</t>
+  </si>
+  <si>
+    <t>025/2016</t>
+  </si>
+  <si>
+    <t>25/04/2016</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE EMPRESA PARA SERVIçO DE HOSPEDAGEM PARA OS PALESTRANTES DO I CONGRESSO DE DEFENSORES PúBLICOS.</t>
+  </si>
+  <si>
+    <t>DISPENSA 026/2016</t>
+  </si>
+  <si>
+    <t>026/2016</t>
+  </si>
+  <si>
+    <t>26/04/2016</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE ARRANJO PARA ORNAMENTAçãO DO I CONGRESSO DE DEFENSORES PúBLICOS.</t>
+  </si>
+  <si>
+    <t>DISPENSA 027/2016</t>
+  </si>
+  <si>
+    <t>027/2016</t>
+  </si>
+  <si>
+    <t>27/04/2016</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE REVENDA VOLKSWAGEN PARA REVISãO DE 03 VEíCULOS.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 008/2016</t>
+  </si>
+  <si>
+    <t>09/03/2016</t>
+  </si>
+  <si>
+    <t>INSCRIçãO DE SERVIDORES EM CURSO DE CAPACITAçãO.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 009/2016</t>
+  </si>
+  <si>
+    <t>10/03/2016</t>
+  </si>
+  <si>
+    <t>INSCRIçãO DE SERVIDOR EM CURSO DE CAPACITAçãO.</t>
+  </si>
+  <si>
+    <t>DISPENSA 028/2016</t>
+  </si>
+  <si>
+    <t>028/2016</t>
+  </si>
+  <si>
+    <t>28/04/2016</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE MATERIAL GRáFICO PARA USO DA DPPB.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 010/2016</t>
+  </si>
+  <si>
+    <t>11/03/2016</t>
+  </si>
+  <si>
+    <t>INSCRIçãO DE 03 SERVIDORES EM CURSO DE CAPACITAçãO.</t>
+  </si>
+  <si>
+    <t>DISPENSA 029/2016</t>
+  </si>
+  <si>
+    <t>029/2016</t>
+  </si>
+  <si>
+    <t>14/10/2016</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE MATERIAL DE LIMPEZA PARA USO DA DPPB.</t>
+  </si>
+  <si>
+    <t>AQUISICAO DE CAFE, ACUCAR E AGUA- PP 005-2016</t>
+  </si>
+  <si>
+    <t>21/10/2016</t>
+  </si>
+  <si>
+    <t>A PRESENTE LICITAçãO TEM POR OBJETO A FORMAçãO DE REGISTRO DE PREÇOS, PARA EVENTUAL CONTRATAçãO DA EMPRESA VENCEDORA DO CERTAME, NA FORMA DOS ARTIGOS 15, II, E 14 DA LEI 8.666/93  E LEI 10.520/2002, ESPECIALIZADA NO FORNECIMENTO DE MATERIAIS DE CONSUMO, GêNEROS DE ALIMENTAçãO, CAFé E AçúCAR, E EMPRESA ESPECIALIZADA EM FORNECIMENTO DE áGUA MINERAL, A FIM DE ATENDER àS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA, NA MODALIDADE DE PREGÃO PRESENCIAL;</t>
+  </si>
+  <si>
+    <t>AQUISICAO DE MATERIAL DE HIGIENE E LIMPEZA-PP 006-2016</t>
+  </si>
+  <si>
+    <t>Suspenso</t>
+  </si>
+  <si>
+    <t>A PRESENTE LICITAçãO TEM POR OBJETO A FORMAçãO DE REGISTRO DE PREÇOS, PARA EVENTUAL CONTRATAçãO DA EMPRESA VENCEDORA DO CERTAME, NA FORMA DOS ARTIGOS 15, II, E 14 DA LEI 8.666/93  E LEI 10.520/2002, ESPECIALIZADA NO FORNECIMENTO DE MATERIAL DE HIGIENE E LIMPEZA, PARA ATENDER àS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA, NA MODALIDADE DE PREGÃO PRESENCIAL</t>
+  </si>
+  <si>
+    <t>DISPENSA 030/2016</t>
+  </si>
+  <si>
+    <t>030/2016</t>
+  </si>
+  <si>
+    <t>15/10/2016</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE PALHAçO PARA REALIZAçãO DE ATIVIDADES EM AçãO SOCIAL ORGANIZADA PELA DPPB.</t>
+  </si>
+  <si>
+    <t>DISPENSA 031/2016 E 032/2016</t>
+  </si>
+  <si>
+    <t>031/2016</t>
+  </si>
+  <si>
+    <t>16/10/2016</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE 20 CAMISAS E 01 FAIXA PARA USO EM AçãO SOCIAL ORGANIZADA PELA DPPB.</t>
+  </si>
+  <si>
+    <t>DISPENSA 033/2016</t>
+  </si>
+  <si>
+    <t>033/2016</t>
+  </si>
+  <si>
+    <t>18/10/2016</t>
+  </si>
+  <si>
+    <t>REALIZAçãO DE VEíCULO VOLKSWAGEN SOB GARANTIA DO FABRICANTE.</t>
+  </si>
+  <si>
+    <t>AQUISICAO DE MATERIAL DE EXPEDIENTE-PP 007-2016</t>
+  </si>
+  <si>
+    <t>23/11/2016</t>
+  </si>
+  <si>
+    <t>FORMAçãO DE REGISTRO DE PREÇOS, PARA EVENTUAL CONTRATAçãO DA EMPRESA VENCEDORA DO CERTAME, NA FORMA DOS ARTIGOS 15, II, E 14 DA LEI 8.666/93  E LEI 10.520/2002, ESPECIALIZADA NO FORNECIMENTO DE MATERIAL DE EXPEDIENTE, PARA ATENDER àS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA CONSTANTES DO TERMO DE REFERêNCIA.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 011/2016</t>
+  </si>
+  <si>
+    <t>12/03/2016</t>
+  </si>
+  <si>
+    <t>ASSINATURA DA FERRAMENTA BANCO DE PREçOS</t>
+  </si>
+  <si>
+    <t>01-COQUETEL PARA 60 PESSOAS</t>
+  </si>
+  <si>
+    <t>21/02/2017</t>
+  </si>
+  <si>
+    <t>EMPRESA ESPECIALIZADA EM FORNECIMENTO DE BUFFET (COQUETEL).</t>
+  </si>
+  <si>
+    <t>02-SERVIçOS TECNICOS DE ARQUITETURA E DESIGN DE AMBIENTES</t>
+  </si>
+  <si>
+    <t>03/01/2017</t>
+  </si>
+  <si>
+    <t>SERVIçO DE PROJETOS DE REFORMA DE ARQUITETURA DE INTERIORES E SEUS RESPECTIVOS PROJETOS COMPLEMENTARES DA SEDE DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>03-ENERGISA</t>
+  </si>
+  <si>
+    <t>13/03/2017</t>
+  </si>
+  <si>
+    <t>EMPRESA ESPECIALIZADA NO SERVIçO DE FORNECIMENTO DE ENERGIA ELéTRICA.</t>
+  </si>
+  <si>
+    <t>04-CAMISAS- ACAO SOCIAL DIA DA MULHER</t>
+  </si>
+  <si>
+    <t>FORNECIMENTO DE 30 CAMISAS DE COR BRANCA COM SUBLIMAçãO, DESTINADAS A AçãO SOCIAL DA DEFENSORIA PúBLICA DA PARAíBA, ALUSIVA AO DIA INTERNACIONAL DA MULHER.</t>
+  </si>
+  <si>
+    <t>DIARIO- JORNAL UNIAO</t>
+  </si>
+  <si>
+    <t>14/03/2017</t>
+  </si>
+  <si>
+    <t>15/03/2017</t>
+  </si>
+  <si>
+    <t>DIARIO OFICIAL DA UNIAO</t>
+  </si>
+  <si>
+    <t>05-ASSINATURA- FOLHA DE SAO PAULO</t>
+  </si>
+  <si>
+    <t>22/03/2017</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE JORNAL IMPRESSO, ASSINATURAS DIGITAIS PARA ACESSO AS EDIçõES DIGITAIS E VISUALIZAçõES EM MEIO DE COMUNICAçãO ELETRôNICA.</t>
+  </si>
+  <si>
+    <t>06-CONTROLE DE PRAGAS E VETORES</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE EMPRESA ESPECIALIZADA NA PRESTAçãO DE SERVIçOS DE CONTROLE DE PRAGAS E VETORES, DESINSETIZAçãO E DESRATIZAçãO NAS INSTALAçõES DOS PRéDIOS ONDE FUNCIONA A SEDE E NúCLEO DE ATENDIMENTO DESSA DEFENSORIA PúBLICA.</t>
+  </si>
+  <si>
+    <t>07-CARTOES DE VISITA</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE MATERIAL GRáFICO, CARTõES DE VISITAS.</t>
+  </si>
+  <si>
+    <t>08-LOCACAO DE IMOVEL PARA 2° NUCLEO CG</t>
+  </si>
+  <si>
+    <t>LOCAçãO DE IMóVEL PARA FINS DE FUNCIONAMENTO DO 2º NúCLEO DE ATENDIMENTO DE CAMPINA GRANDE.</t>
+  </si>
+  <si>
+    <t>01-CONTRATACAO DE SERVICOS ESPECIALIZADOS</t>
+  </si>
+  <si>
+    <t>PRESTAçãO DE SERVIçOS DE CONSULTORIA DE LICITAçõES E CONTRATOS ADMINISTRATIVOS, BEM COMO A IMPLANTAçãO DE GESTãO POR COMPETêNCIA, NO âMBITO DA DEFENSORIA PúBLICA DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>SERVICO DE MIDIAS EXTERNAS- INFORMACAO E DIVULGACAO INSTITUCIONAL</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇO DE MÍDIAS EXTERNAS, INFORMAÇÃO E DIVULGAÇÃO DAS AÇÕES ADMINISTRATIVAS E INSTITUCIONAIS</t>
+  </si>
+  <si>
+    <t>PP01- MANUTENCAO PREVENTIVA E CORRETIVA DE AR CONDICIONADO</t>
+  </si>
+  <si>
+    <t>31/03/2017</t>
+  </si>
+  <si>
+    <t>PRESTAçãO DE SERVIçOS DE MANUTENçãO PREVENTIVA E CORRETIVA POR DEMANDA, EM APARELHOS DE AR-CONDICIONADO TIPO JANELA E TIPO SPLIT DE DIVERSAS POTêNCIAS, COM FORNECIMENTO E SUBSTITUIçãO DE PEçAS, COMPONENTES E ACESSóRIOS POR OUTRAS NOVAS E ORIGINAISRNRN</t>
+  </si>
+  <si>
+    <t>PP-003-SEGURO DE VEICULOS</t>
+  </si>
+  <si>
+    <t>03/04/2017</t>
+  </si>
+  <si>
+    <t>FORMAçãO DE REGISTRO DE PREÇOS, PARA EVENTUAL CONTRATAçãO DE PESSOA JURíDICA PARA SEGURAR 07 (SETE) VEíCULOS OFICIAIS DA FROTA DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA, COM COBERTURA CONTRA DANOS MATERIAIS RESULTANTES DE SINISTRO, ROUBO OU FURTO, COLISãO, INCêNDIO, DANOS CAUSADOS POR TERCEIROS, INCLUINDO ASSISTêNCIA 24 (VINTE E QUATRO) HORAS, EM CASO DE ACIDENTE, PANE MECâNICA OU ELéTRICA, PARA ATENDER àS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA</t>
+  </si>
+  <si>
+    <t>10- AQUISIçãO CARTUCHOS E TONNERS</t>
+  </si>
+  <si>
+    <t>11- RECARGA DE CARTUCHOS E TONNERS</t>
+  </si>
+  <si>
+    <t>12-AQUISICAO DE BOTIJAO GLP</t>
+  </si>
+  <si>
+    <t>10/04/2017</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE BOTIJãO GLP, COM CONSUMO ESTIMADO PARA 12 (DOZE) MESES.</t>
+  </si>
+  <si>
+    <t>13-AQUISICAO DE MATERIAL GRAFICO</t>
+  </si>
+  <si>
+    <t>REFERENTE A AQUISIçãO DE MATERIAL GRáFICO (CARIMBOS E CARTõES).</t>
+  </si>
+  <si>
+    <t>14-AQUISICAO DE CABOS E CONECTORES</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE CABOS E CONECTORES A FIM DE SEREM UTILIZADOS EM SERVIçOS DE REDE CABEADA PARA CONEXãO A INTERNET.</t>
+  </si>
+  <si>
+    <t>15-AQUISICAO DE IMPRESSORA MULTIFUNCIONAL</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE 01 (UMA) IMPRESSORA MULTIFUNCIONAL JATO DE TINTA.</t>
+  </si>
+  <si>
+    <t>16-AQUSICAO DE MATERIAL DE LIMPEZA</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE MATERIAL DE LIMPEZA E HIGIENE, ITENS: 9,11,12,13, 15, E 16.</t>
+  </si>
+  <si>
+    <t>17-MATERIAL DE EXPEDIENTE</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE MATERIAL DE LIMPEZA E HIGIENE, ITENS: 1, 2 , 3, 4, 5, 6, 7, 8, 10, 14 ,17, 18, 19.</t>
+  </si>
+  <si>
+    <t>17-MATERIAL DE LIMPEZA</t>
+  </si>
+  <si>
+    <t>17-AQUISICAO DE MATERIAL DE LIMPEZA</t>
+  </si>
+  <si>
+    <t>19- PROFISSIONAL ESPECIALIZADO PARA MANUTECAO CORRETIVA DE TELHADO</t>
+  </si>
+  <si>
+    <t>08/05/2017</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE PROFISSIONAL E/OU EMPRESA ESPECIALIZADA E HABILITADA PARA ELABORAçãO DE PLANILHAS DESCRITIVAS DE SERVIçOS, PLANILHAS ORçAMENTARIAS E CRONOGRAMA FíSICO-FINANCEIRO, QUE DEMONSTREM DETALHADAMENTE OS SERVIçOS E CUSTOS NECESSáRIOS PARA POSTERIOR EXECUçãO DE MANUTENçãO CORRETIVA DO TELHADO DO IMóVEL DESSE óRGãO, DO FUNCIONAMENTO OPERACIONAL MíNIMO DA EDIFICAçãO E DE SUA SEGURANçA, EM CONFORMIDADE COM O PARECER DA ASSESSORIA JURíDICA DESTA DEFENSORIA PúBLICA, EXPRESSO NOS AUTOS DO PROCESSO.</t>
+  </si>
+  <si>
+    <t>20- PROFISSIONAL ESPECIALIZADO PARA ELABORACAO DE PLANILHA DESCRITIVA DE SERVICOS</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE PROFISSIONAL E/OU EMPRESA ESPECIALIZADA E HABILITADA PARA ELABORAçãO DE PLANILHAS DESCRITIVAS DE SERVIçOS, PLANILHAS ORçAMENTARIAS E CRONOGRAMA FíSICO-FINANCEIRO, DE ACORDO COM O PROJETO DE AMBIENTAçãO EM ANEXO, EM CONFORMIDADE COM O PARECER DA ASSESSORIA JURíDICA DESTA DEFENSORIA PúBLICA, EXPRESSO NOS AUTOS DO PROCESSO.</t>
+  </si>
+  <si>
+    <t>21- BOTONS</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE 300 (TREZENTOS) BOTONS, COM DIâMETRO DE 15MM E LOGOMARCA PADRãO DA DEFENSORIA PúBLICA DA PARAíBA, PARA SEREM DISTRIBUíDOS AOS SEUS MEMBROS NA DATA DE 19 DE MAIO DO ANO EM CURSO, EM COMEMORAçãO AO DIA DO DEFENSOR PÚBLICO, EM CONFORMIDADE COM O PARECER DA ASSESSORIA JURíDICA DESTA DEFENSORIA PúBLICA, EXPRESSO NOS AUTOS DO PROCESSO.</t>
+  </si>
+  <si>
+    <t>22- SINALIZADOR VISUAL PARA ENTRADA E SAIDA DE VEICULOS</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE SINALIZADOR DE VEíCULOS PARA EVITAR ACIDENTES COM PEDESTRES E TORNAR A ENTRADA E SAíDA DE VEíCULOS MAIS SEGURAS, COM EQUIPAMENTOS DE LUZES PISCANTES, DESTINADO A ESTE ÓRGãO, EM CONFORMIDADE COM O PARECER DA ASSESSORIA JURíDICA DESTA DEFENSORIA PúBLICA, EXPRESSO NOS AUTOS DO PROCESSO.</t>
+  </si>
+  <si>
+    <t>23-MATERIAL ELETRICO</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE MATERIAL ELéTRICO, DESTINADO AO USO NO NúCLEO DE ATENDIMENTO DESTE ÓRGãO, CONFORME MEMORANDO Nº 034/2017-CG, DESCRIçãO E QUANTITATIVOS DESCRITOS NAS FOLHAS, 03, 05, 06 DOS AUTOS, EM CONFORMIDADE COM O PARECER DA ASSESSORIA JURíDICA DESTA DEFENSORIA PúBLICA, EXPRESSO NOS AUTOS DO PROCESSO.</t>
+  </si>
+  <si>
+    <t>24- MATERIAL ELETRICO</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE MATERIAL ELéTRICO, DESTINADO AO USO NOS NOVOS NúCLEOS DE JOãO PESSOA E CAMPINA GRANDE, CONFORME DESCRIçãO E QUANTITATIVOS DESCRITOS NO MEMORANDO Nº 0148/2017-GEATI, EM CONFORMIDADE COM O PARECER DA ASSESSORIA JURíDICA DESTA DEFENSORIA PúBLICA, EXPRESSO NOS AUTOS DO PROCESSO.</t>
+  </si>
+  <si>
+    <t>25- CABEAMENTO DE REDE DE DADOS INFORMATIZADO</t>
+  </si>
+  <si>
+    <t>12/05/2017</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE MATERIAL NECESSáRIO PARA CABEAMENTO DE REDES DE DADOS INFORMATIZADOS, DESTINADO PARA USO DE INSTALAçõES DOS NOVOS NúCLEOS DE ATENDIMENTO DESTA DEFENSORIA, SITUADOS NAS COMARCAS DE JOãO PESSOA E CAMPINA GRANDE</t>
+  </si>
+  <si>
+    <t>CC 02- SERVICO DE BUFFET</t>
+  </si>
+  <si>
+    <t>24/05/2017</t>
+  </si>
+  <si>
+    <t>Fracassado</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE EMPRESA ESPECIALIZADA NA PRESTAçãO DE SERVIçO DE BUFFET (JANTAR, COQUETEL E BEBIDAS), PARA 200 PESSOAS, A SER SERVIDO NO DIA 19 DE MAIO DE 2017, EM VIRTUDE DO DIA DO DEFENSOR PÚBLICO DO ESTADO DA PARAÍBA</t>
+  </si>
+  <si>
+    <t>PP004- LIVROS JURIDICOS (VADE MECUM)</t>
+  </si>
+  <si>
+    <t>25/05/2017</t>
+  </si>
+  <si>
+    <t>AQUISIçõES DE 250 UNIDADES DO LIVRO VADE MECUM, COM ATUALIZAçãO DA LEGISLAçãO VIGENTE, EMBALADAS EM PLáSTICO E ACOMODADAS EM CAIXAS DE MATERIAIS USUAIS, PARA A DEFENSORIA PúBLICA DO ESTADO DA PARAíBA NA FORMA DE PREGãO PRESENCIAL POR MENOR PREçO POR LOTE úNICO.</t>
+  </si>
+  <si>
+    <t>PP005- CONJUNTO DE IDENTIFICAÇÃO FUNCIONAIS</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE EMPRESA PARA PRESTAçãO DO SERVIçO DE CONFECçãO DE CONJUNTOS DE IDENTIFICAçãO FUNCIONAL, CONTENDO CARTEIRAS DE IDENTIDADE, PORTA-DOCUMENTO E DISTINTIVOS DOS INTEGRANTES DA CARREIRA DE DEFENSOR PúBLICO ESTADUAL DO ESTADO DA PARAíBA.RNRN</t>
+  </si>
+  <si>
+    <t>PP006- AUTOMOVEL TIPO EXECUTIVO</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE VEíCULO, AUTOMOTOR, ZERO KM, PARA USO DA REPRESENTAçãO DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA, CONFORME ESPECIFICAçõES.</t>
+  </si>
+  <si>
+    <t>26/05/2017</t>
+  </si>
+  <si>
+    <t>à AQUISIçõES DE 250 UNIDADES DO LIVRO VADE MECUM, COM ATUALIZAçãO DA LEGISLAçãO VIGENTE, EMBALADAS EM PLáSTICO E ACOMODADAS EM CAIXAS DE MATERIAIS USUAIS, PARA A DEFENSORIA PúBLICA DO ESTADO DA PARAíBA NA FORMA DE PREGãO PRESENCIAL POR MENOR PREçO POR LOTE úNICO.</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE EMPRESA PARA PRESTAçãO DO SERVIçO DE CONFECçãO DE CONJUNTOS DE IDENTIFICAçãO FUNCIONAL, CONTENDO CARTEIRAS DE IDENTIDADE, PORTA-DOCUMENTO E DISTINTIVOS DOS INTEGRANTES DA CARREIRA DE DEFENSOR PúBLICO ESTADUAL DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>PP007- CONTRATAçãO DE SERVIÇO TERCEIRIZADO</t>
+  </si>
+  <si>
+    <t>20/07/2017</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DE PESSOA JURÍDICA, PARA A PRESTAÇÃO DE SERVIÇOS DE TERCEIRIZAÇÃO , PARA EVENTUAL CONTRATAÇÃO ATRAVÉS DE SISTEMA DE REGISTRO DE PREÇOS, REFERENTE A ATIVIDADES MEIO DESTA DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA, CONFORME ESPECIFICAçõES.</t>
+  </si>
+  <si>
+    <t>06- CURSO DE CAPACITACAO</t>
+  </si>
+  <si>
+    <t>15/08/2017</t>
+  </si>
+  <si>
+    <t>CONTRATACAO DE SERVICOS TECNICOS DE PROFISSIONAIS DE NOTARIA ESPECIALIZACAO PARA MINISTRAR CURSO DE CAPACITACAO DE MEDIADOR E CONCILIADOR JUDICIAL E EXTRAJUDICIAL PARA 40 PESSOAS, DENTRE MEMBROS E SERVIDORES DA DEFENSORIA PUBLICA DO ESTADO.</t>
+  </si>
+  <si>
+    <t>52- FARDAMENTOS</t>
+  </si>
+  <si>
+    <t>PRESTACAO DE SERVICOS DE CONFECCAO DE FARDAMENTOS DESTINADO AOS PRESTADORES DE SERVICOS DO CONVENIO "CIDADANIA E LIBERDADE", CELEBRADO ENTRE SECRETARIA DE ESTADO DE ADMINISTRACAO PENITENCIARIA E A DEFENSORIA PUBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>53- AQUISICAO DE BANDEIRAS</t>
+  </si>
+  <si>
+    <t>AQUISICAO DE 27 BANDEIRAS, SENDO UMA DE CADA ESTADO E UMA PARA O DISTRITO FEDERAL.</t>
+  </si>
+  <si>
+    <t>49- REFIS DE TINTA</t>
+  </si>
+  <si>
+    <t>AQUISICAO DE TINTA PARA IMPRESSORA DA SALA DA SECRETARIA DE GABINETE DA DPPB.</t>
+  </si>
+  <si>
+    <t>06- PASSAGENS AEREAS</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE PASSAGENS AéREAS NACIONAIS INCLUINDO TAXAS.</t>
+  </si>
+  <si>
+    <t>AQUISICAO DE 27 (VINTE E SETE) BANDEIRAS, SENDO UMA PARA CADA ESTADO E UMA PARA O DISTRITO FEDERAL</t>
+  </si>
+  <si>
+    <t>PRESTACAO DE SERVICOS DE CONFECCAO DE FARDAMENTO DESTINADO AOS PRESTADORES DE SERVICOS DO CONVENIO CIDADANIA E LIBERDADE CELEBRADO ENTRE A SECRETARIA DE ESTADO DE ADMINISTRACAO PENITECIARIA E A DEFENSORIA PUBLICA DO ESTADO DA PARAIBA</t>
+  </si>
+  <si>
+    <t>16/08/2017</t>
+  </si>
+  <si>
+    <t>CONTRATACAO DE SERVICOS TECNICOS DE PROFISSIONAIS DE NOTORIA ESPECIALIZACAO PARA MINISTRAR CURSO DE CAPACITACAO DE MEDIADOR E CONCILIADOR JUDICIAL E EXTRAJUDICIAL, PARA 40 (QUARENTA) PESSOAS, DENTRE MEMBROS E SERVIDORES DA DEFENSORIA PUBLICA DO ESTADO.</t>
+  </si>
+  <si>
+    <t>50- DISPOSITIVO TOKEN</t>
+  </si>
+  <si>
+    <t>17/08/2017</t>
+  </si>
+  <si>
+    <t>AQUISICAO DE CERTIFICADO DIGITAL PARA NOVOS DEFENSORES PUBLICOS NOMEADOS, TENDO EM VISTA NECESSIDADE A PARA O PETICIONAMENTO ELETRONICO.</t>
+  </si>
+  <si>
+    <t>54- DIVULGACAO VOLANTE DO PROJETO DEFENSORIA ITINERANTE</t>
+  </si>
+  <si>
+    <t>CONTRATACAO DE UM CARRO DE SOM PARA DIVULGACAO DA PRESENçA DA DEFENSORIA PUBLICA ITINERANTE</t>
+  </si>
+  <si>
+    <t>PP009- EQUIPAMENTOS E MATERIAIS DE INFORMÁTICA</t>
+  </si>
+  <si>
+    <t>18/08/2017</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE MATERIAL DE INFORMÁTICA, AQUISIÇÃO DE EQUIPAMENTOS, MATERIAL PARA REPARO E MANUTENÇÃO, PARA ATENDER ÀS NECESSIDADES DA DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA.</t>
+  </si>
+  <si>
+    <t>05- EQUIPAMENTOS DE INFORMÁTICA</t>
+  </si>
+  <si>
+    <t>07/08/2017</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE MATERIAL DE INFORMÁTICA PARA ATENDIMENTO DAS PRINCIPAIS DEMANDAS DA DEFENSORIA PÚBLICA DA PARAÍBA</t>
+  </si>
+  <si>
+    <t>02-SERVIçO DE COMUNICAçãO DE DADOS</t>
+  </si>
+  <si>
+    <t>07/07/2017</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE SERVIçO DE COMUNICAçãO DE DADOS PARA ATENDER ÀS NECESSIDADES DA DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA.</t>
+  </si>
+  <si>
+    <t>PP008- MATERIAIS DE LIMPEZA E HIGIENE</t>
+  </si>
+  <si>
+    <t>24/08/2017</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE MATERIAL DE HIGIENE E LIMPEZA, VISANDO ATENDER AS NECESSIDADES DA SEDE E NúCLEOS DE ATENDIMENTO DA DEFENSORIA PúBLICA DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>03- SERVICO DE ENGENHARIA</t>
+  </si>
+  <si>
+    <t>28/08/2017</t>
+  </si>
+  <si>
+    <t>CONTRATACAO DE EMPRESA DE ENGENHARIA CONSULTIVA NA AREA DE ENGENHARIA CIVIL.</t>
+  </si>
+  <si>
+    <t>PP002- AQUISIçãO VEíCULO SEDAN</t>
+  </si>
+  <si>
+    <t>18/09/2017</t>
+  </si>
+  <si>
+    <t>AQUISIÇÕES DE 01(UM) VEíCULO, AUTOMOTOR, 0(ZERO) KM, TIPO SEDAN, PARA USO DA REPRESENTAÇÃO DA DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA, CONFORME ESPECIFICAÇÕES.</t>
+  </si>
+  <si>
+    <t>08- SEDUP</t>
+  </si>
+  <si>
+    <t>28/09/2017</t>
+  </si>
+  <si>
+    <t>CURSO DE POS-GRADUACAO LATO SENSU EM PERICIAS FORENSES, NA MODALIDADE PRESENCIAL PARA DEFENSORES PUBLICOS.</t>
+  </si>
+  <si>
+    <t>13- SERVICO DE ENGENHARIA COMUM</t>
+  </si>
+  <si>
+    <t>09/10/2017</t>
+  </si>
+  <si>
+    <t>PRESTACAO DE SERVICOS COMUNS DDE ENGENHARIA PARA DEFENSORIA PUBLICA DO ESTADO DA PARAIBA</t>
+  </si>
+  <si>
+    <t>PP010- MATERIAL GRáFICO</t>
+  </si>
+  <si>
+    <t>16/10/2017</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE MATERIAL GRáFICO, VISANDO ATENDER AS NECESSIDADES DA DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA.</t>
+  </si>
+  <si>
+    <t>PP 011-  COMBUSTIVEL</t>
+  </si>
+  <si>
+    <t>25/10/2017</t>
+  </si>
+  <si>
+    <t>PROCEDIMENTO LICITATORIO VISANDO A CONTRATACAO DE SERVICO DE GERENCIAMENTO DO ABASTECIMENTO DE COIMBUSTIVEIS DA FROTA DE VEICULOS, ENVOLVENDO A IMPLANTACAO E OPERACAO DE UM SISTEMA INFORMATIZADO, VIA INTERNET, DE GESTAO DE FROTA COM A AQUISICAO DE COMBUSTIVEIS, ATRAVES DA TECNOLOGIA DE CARTAO ELETRONICO, PARA OS VEICULOS AUTOMOTORES RELATIVOS AO ABASTECIMENTO DA FROTA PROPRIA, BEM COMO OUTROS QUE VIEREM A SER INCORPORADOS A FROTA NA VIGENCIA DO CONTRATO.</t>
+  </si>
+  <si>
+    <t>PP 012- MATERIAL PERMANENTE</t>
+  </si>
+  <si>
+    <t>PROCEDIMENTO LICITATORIO PARA CONTRATACAO DE EMPRESA ESPECIALIZADA PARA AQUISICAO DE MATERIAL PERMANENTE.</t>
+  </si>
+  <si>
+    <t>14- PAPEL A4</t>
+  </si>
+  <si>
+    <t>26/10/2017</t>
+  </si>
+  <si>
+    <t>ADESAO A ATA DE REGISTRO DE PRECOS 0182/2016, DA SECRETARIA DE ESTADO DA EDUCACAO, REFERENTE A PRESTACAO DE SERVICOS DE AQUISICAO DE MATERIAL DE EXPEDIENTE (PAPEL A4).</t>
+  </si>
+  <si>
+    <t>PP 014-ÁGUA MINERAL</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE EMPRESA PARA FORNECIMENTO DE áGUA MINERAL, SEM GáS, ENGARRAFADA EM GALõES DE 20 (VINTE) LITROS, COM EMPRéSTIMO EM COMODATO DE VASILHAMES, SOB DEMANDA, INCLUINDO O SERVIçO DE ENTREGA, PARA ATENDER àS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA</t>
+  </si>
+  <si>
+    <t>PP015-MATERIAL DE CONSTRUçãO</t>
+  </si>
+  <si>
+    <t>08/11/2017</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA FORNECIMENTO DE MATERIAL DE CONSTRUÇÃO, PARA ATENDER ÀS NECESSIDADES DA DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA.</t>
+  </si>
+  <si>
+    <t>PP017- VIGILâNCIA ELETRôNICA</t>
+  </si>
+  <si>
+    <t>17/11/2017</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE EMPRESA ESPECIALIZADA NA PRESTAçãO DE SERVIçOS DE SEGURANçA/VIGILâNCIA PATRIMONIAL E/OU ELETRôNICA, NO EDIFíCIO SEDE DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA E NúCLEOS DAS TRINCHEIRAS E CAMPINA GRANDE - PB.</t>
+  </si>
+  <si>
+    <t>PP016- COFFEE BREAKS, LANCHES E COQUETéIS</t>
+  </si>
+  <si>
+    <t>29/11/2017</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE COFFEE BREAKS, LANCHES E COQUETÉIS, COM FORNECIMENTO DE MATERIAIS E DISPONIBILIZAÇÃO DE PESSOAL, PARA ATENDER AS NECESSIDADES DA DEFENSORIA PÚBLICA DA PARAÍBA.</t>
+  </si>
+  <si>
+    <t>PP018- MANUTENÇÃO DE VEÍCULOS</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE MANUTENÇÃO PREVENTIVA E CORRETIVA, COM REPOSIÇÃO DE PEÇAS, EM VEÍCULOS, VISANDO ATENDER AS NECESSIDADES DA DEFENSORIA PÚBLICA DA PARAÍBA.</t>
+  </si>
+  <si>
+    <t>PP020- TONNER E CARTUCHOS</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE CARTUCHOS E TONERS, BEM COMO AQUISIçãO DE PEçAS PARA IMPRESSORAS A SEREM UTILIZADOS NOS MENCIONADOS EQUIPAMENTOS, E SERVIçO DE RECARGA PARA ATENDER àS NECESSIDADES DAS VARAS, COMARCAS E SEDE DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>PP026- INTERNET</t>
+  </si>
+  <si>
+    <t>05/12/2017</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE ACESSO À REDE MUNDIAL DE INTERNET, INCLUINDO CIRCUITO DE DADOS E TODOS OS EQUIPAMENTOS NECESSÁRIOS PARA ATENDIMENTO PRIORITÁRIO DE 96(NOVENTA E SEIS) UNIDADES DO ÓRGÃO VISANDO ATENDER AS NECESSIDADES DA DEFENSORIA PÚBLICA DA PARAÍBA.</t>
+  </si>
+  <si>
+    <t>10- DOU/DOE</t>
+  </si>
+  <si>
+    <t>07/12/2017</t>
+  </si>
+  <si>
+    <t>PP023-VALE ALIMENTAÇÃO</t>
+  </si>
+  <si>
+    <t>11/12/2017</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAçãO DE SERVIçO DE ADMINISTRAçãO E GERENCIAMENTO DE VALE ALIMENTAçãO SOB A FORMA DE CARTõES MAGNéTICO-ELETRôNICOS EQUIPADOS COM CHIP DE SEGURANçA, VISANDO ATENDER AS NECESSIDADES DA DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA.</t>
+  </si>
+  <si>
+    <t>PP022- SEGURANÇA ARMADA</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO SERVIÇO DE DE VIGILâNCIA ARMADA, NA SEDE E NÚCLEO DE JOÃO PESSOA E NÚCLEO DE CAMPINA GRANDE DA DEFENSORIA PÚBLICA DA PARAÍBA.</t>
+  </si>
+  <si>
+    <t>09-LOCAçãO DE IMóVEL PARA O NúCLEO DE JOãO PESSOA DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA</t>
+  </si>
+  <si>
+    <t>28/06/2017</t>
+  </si>
+  <si>
+    <t>LOCAçãO DE IMóVEL PARA FINS DE FUNCIONAMENTO DO NúCLEO DE ATENDIMENTO DE JOÃO PESSOA.</t>
+  </si>
+  <si>
+    <t>26-LOCAÇÃO DE IMÓVEL EM PATOS PARA DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA</t>
+  </si>
+  <si>
+    <t>22/05/2017</t>
+  </si>
+  <si>
+    <t>33-LOCAÇÃO DE IMÓVEL PARA A COMARCA DE SOUZA</t>
+  </si>
+  <si>
+    <t>03/07/2017</t>
+  </si>
+  <si>
+    <t>LOCAÇÃO DE IMÓVEL NA COMARCA DE SOUZA PARA FUNCIONAMENTO DE NÚCLEO DE ATENDIMENTO DA DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA.</t>
+  </si>
+  <si>
+    <t>45-LOCAÇÃO DE IMÓVEL EM JOÃO PESSOA- AVENIDA TRINCHEIRAS(DEPÓSITO DE VEÍCULOS SOCATEADOS)</t>
+  </si>
+  <si>
+    <t>29/06/2017</t>
+  </si>
+  <si>
+    <t>LOCAÇÃO DO PRÉDIO COMERCIAL, LOCALIZADO NA RUA RODRIGUES CHAVES, Nº 255, TRINCHEIRAS, CENTRO, NESTA CAPITAL, PARA SERVIR COMO DEPÓSITO DA FROTA DE VEÍCULOS SUCATEADOS DESTA DEFENSORIA PÚBLICA.</t>
+  </si>
+  <si>
+    <t>59-EMPRESA DE AMBIENTAÇÃO</t>
+  </si>
+  <si>
+    <t>11/09/2017</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DE EMPRESA DE AMBIENTAÇÃO NA SEDE DA DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA, SITUADA NA RUA DEPUTADO SOBRINHO, 168, TAMBIÁ.</t>
+  </si>
+  <si>
+    <t>65-LOCAÇÃO DE IMÓVEL EM PRINCESA ISABEL</t>
+  </si>
+  <si>
+    <t>27/11/2017</t>
+  </si>
+  <si>
+    <t>LOCAÇÃO DE PRÉDIO ONDE FUNCIONA O NÚCLEO DE ATENDIMENTO DA DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA NA CIDADE DE PRINCESA ISABEL.</t>
+  </si>
+  <si>
+    <t>66-TELEFONIA-OI</t>
+  </si>
+  <si>
+    <t>20/12/2017</t>
+  </si>
+  <si>
+    <t>REFERENTE A PRESTAÇÃO DE SERVIÇOS DE TELECOMUNICAÇÃO ENGLOBANDO SERVIÇO MÓVEL PESSOAL (SMP) COM ACESSO GPRS/EDGE/2G E CONTROLE DE GASTOS.</t>
+  </si>
+  <si>
+    <t>67-SEGURANÇA ARMADA</t>
+  </si>
+  <si>
+    <t>03-ÁGUA MINERAL</t>
+  </si>
+  <si>
+    <t>30/06/2017</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE áGUA MINERAL SEM GáS ENGARRAFADAS EM GALõES DE 20 LITROS, COM EMPRéSTIMO DE COMODATO DE VASILHAME, PARA SUPRIR AS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.rn</t>
+  </si>
+  <si>
+    <t>04-MANUTENÇÃO EQUIPAMENTOS DE REFRIGERAÇÃO</t>
+  </si>
+  <si>
+    <t>02/08/2017</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO REFERENTE A MANUTENÇÃO PREVENTIVA E CORRETIVA EM EQUIPAMENTOS DE REFRIGERAÇÃO, INCLUINDO MÃO DE OBRA E REPOSIÇÃO TOTAL DE PEÇAS, TENDO EM VISTA QUE ATENDE AO OBJETO PRETENDIDO.</t>
+  </si>
+  <si>
+    <t>07-MATERIAL ELÉTRICO</t>
+  </si>
+  <si>
+    <t>REFERENTE A AQUISIçãO DE MATERIAL ELéTRICO PARA O USO DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>08-BENS PEMANENTES</t>
+  </si>
+  <si>
+    <t>30/08/2017</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE BENS PERMANENTES, VISANDO ATENDER AS NECESSIDADES DA DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA.</t>
+  </si>
+  <si>
+    <t>09-BENS PEMANENTES</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE BENS PERMANENTES, VISANDO ATENDER AS NECESSIDADES DA DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA.</t>
+  </si>
+  <si>
+    <t>11-LOCAÇÃO DE VEÍCULO SEDAN</t>
+  </si>
+  <si>
+    <t>20/09/2017</t>
+  </si>
+  <si>
+    <t>LOCAçãO DE 01 VéCULO SEDAN, PELO PERíODO DE UM ANO, PARA O USO DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>PP 001-EXTINTORES</t>
+  </si>
+  <si>
+    <t>06/04/2018</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE EMPRESA ESPECIALIZADA, PARA PRESTAçãO DE SERVIçOS DESTINADOS A AQUISIçãO, MANUTENçãO E INSTALAçãO DE EXTINTORES E PLACAS, TESTE HIDROSTáTICO, SUBSTITUIçãO DE MANôMETRO E VáLVULA, ATENDENDO AS DEMANDAS DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>PP 002-MOBILIáRIO</t>
+  </si>
+  <si>
+    <t>09/04/2018</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE MOBILIáRIO PARA ATENDER A DEMANDA DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>PP 004-ARRANJOS DE FLORES</t>
+  </si>
+  <si>
+    <t>08/05/2018</t>
+  </si>
+  <si>
+    <t>VISANDO A CONTRATAçãO DE EMPRESA ESPECIALIZADA NA CONFECçãO E FORNECIMENTO DE ARRANJOS FLORAIS, ORNAMENTAçãO PARA EVENTOS E COROA DE FLORES PARA HOMENAGENS PóSTUMAS, ATENDENDO AS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>PP 003 - MATERIAL DE EXPEDIENTE</t>
+  </si>
+  <si>
+    <t>15/05/2018</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE MATERIAL DE EXPEDIENTE, ATENDENDO AS NECESSIDADES DA DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA.</t>
+  </si>
+  <si>
+    <t>PP 005- SERVIÇO DE AGENCIAMENTO DE VIAGENS</t>
+  </si>
+  <si>
+    <t>24/05/2018</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO SERVIÇO DE RESERVAS, MARCAÇÃO, REMARCAÇÃO, CANCELAMENTO E FORNECIMENTO DE PASSAGENS AÉREAS NACIONAIS E INTERNACIONAIS, COM MENOR TAXA DE AGENCIAMENTO, PARA SUPRIR AS NECESSIDADES DA DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA.</t>
+  </si>
+  <si>
+    <t>PP 007-SERVIÇO DE SISTEMAS INFORMATIZADOS DE GESTÃO PÚBLICA</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇO DE SISTEMAS INFORMATIZADOS DE GESTÃO PÚBLICA PARA ATENDER AS DEMANDAS OPERACIONAIS DA DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA.</t>
+  </si>
+  <si>
+    <t>PP 008- AQUISIçãO DE TONER</t>
+  </si>
+  <si>
+    <t>15/06/2018</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE EMPRESA ESPECIALIZADA NA AQUISIçãO DE CARTUCHOS DE TONER PARA IMPRESSORAS PERTENCENTES A DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA.</t>
+  </si>
+  <si>
+    <t>LEILÃO Nº 001/2018-BENS MÓVEIS E INSERVIVEIS (VEÍCULOS RECUPERÁVEIS)</t>
+  </si>
+  <si>
+    <t>001/2018</t>
+  </si>
+  <si>
+    <t>03/07/2018</t>
+  </si>
+  <si>
+    <t>ALIENAÇÃO DE BENS MÓVEIS DEPRECIADOS PELO USO DO TEMPO, TENDO EM VISTA O ESTADO EM QUE SE ENCONTRAM, SENDO ANTIECONÔMICOS PARA A DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 001/2018- LOCAçãO DE IMóVEL NA COMARCA DE AROEIRAS</t>
+  </si>
+  <si>
+    <t>16/01/2018</t>
+  </si>
+  <si>
+    <t>LOCAçãO DE IMóVEL NA COMARCA DE AROEIRAS ONDE FUNCIONARá O NúCLEO DE ATENDIMENTO DA DEFENSORIA PúBLICA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 005/2018 RENOVAçãO DE 17 CERTIFICADOS DIGITAIS</t>
+  </si>
+  <si>
+    <t>005/2018</t>
+  </si>
+  <si>
+    <t>08/02/2018</t>
+  </si>
+  <si>
+    <t>RENOVAçãO DE 17 (DEZESSETE) CERTIFICADOS DIGITAIS PARA PESSOA FíSICA, COM PRAZO DE USO DE 3 (TRêS) ANOS, HAJA VISTA A NECESSIDADE DE SUA UTILIZAçãO PARA O PETICIONAMENTO ELETRôNICO.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 006/2018 AQUISIçãO DE BOTIJõES DE GáS GLP</t>
+  </si>
+  <si>
+    <t>006/2018</t>
+  </si>
+  <si>
+    <t>27/02/2018</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE EMPRESA ESPECIALIZADA EM FORNECIMENTO E ENTREGA DE CARGAS DE GáS GLP, DE 13KG COM VASILHAMES, EM REGIME COMODATO, DESTINADOS A SEDE E AO NúCLEO DA DEFENSORIA PúBLICA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 008/2018 AQUISIçãO DE PEçAS PARA CAMINHAO DA FROTA</t>
+  </si>
+  <si>
+    <t>008/2018</t>
+  </si>
+  <si>
+    <t>12/04/2018</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE PEçAS PARA CAMINHãO PERTENCENTE A DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 010/2018 AQUISIçãO DE IMPRESSORA HP</t>
+  </si>
+  <si>
+    <t>010/2018</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE 5 (CINCO) IMPRESSORAS HP GT 5822 TANQUE DE TINTA MULTIFUNCIONAL, PARA ATENDER AS PRINCIPAIS DEMANDAS DESTA DEFENSORIA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 011/2018 AQUISIçãO DE MATERIAL ELéTRICO</t>
+  </si>
+  <si>
+    <t>011/2018</t>
+  </si>
+  <si>
+    <t>17/04/2018</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE MATERIAL ELéTRICO VISANDO A INSTALAçãO DE 01 (UM) NOBREAK POTêNCIA - 10KVA/8,0 KW PERTENCENTE A ESTA DEFENSORIA PúBLICA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 012/2018 AQUISIçãO DE EQUIPAENTOS DE SOM</t>
+  </si>
+  <si>
+    <t>012/2018</t>
+  </si>
+  <si>
+    <t>20/04/2018</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE EQUIPAMENTOS DE SOM PARA ATENDER AS NECESSIDADES DESTA DEFENSORIA PúBLICA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 013/2018 AQUISIçãO DE PLACAS DE SOUZA E PATOS</t>
+  </si>
+  <si>
+    <t>013/2018</t>
+  </si>
+  <si>
+    <t>14/05/2018</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE EMPRESA ESPECIALIZADA, PARA A CONFECçãO DE PLACAS DESTINADAS AOS NúCLEOS DE ATENDIMENTO DA DEFENSORIA PúBLICA EM PATOS E SOUSA, VISANDO ATENDER AS NECESSIDADES DESTA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 014/2018 AQUISIçãO DE MATERIAIS DESTINADOS A INAUGURAçãO DO NúCLE DE SOUSA-PB</t>
+  </si>
+  <si>
+    <t>014/2018</t>
+  </si>
+  <si>
+    <t>26/04/2018</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE MATERIAIS DESTINADOS A INAUGURAçãO DO NúCLEO DE ATENDIMENTO DA DEFENSORIA PúBLICA EM SOUSA/PB.RN</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 015/2018 AQUISIçãO DE CAMISAS PARA O EVENTO DA LGBT</t>
+  </si>
+  <si>
+    <t>015/2018</t>
+  </si>
+  <si>
+    <t>11/05/2018</t>
+  </si>
+  <si>
+    <t>A AQUISIçãO DE 60(SESSENTA) CAMISETAS EM MALHA PV BRANCA COM IMPRESSãO TRANSFER FRENTE E VERSO COLORIDA, DESTINADOS AO NúCLEO DA DIVERSIDADE SEXUAL</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 016/2018 AQUISIçãO DE PASSAGEM AEREA PARA PALESTRANTES SEMANA DO SERVIDOR</t>
+  </si>
+  <si>
+    <t>016/2018</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE PASSAGENS AéREAS PARA ATENDER AS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.RN</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 017/2018 AQUISIçãO DE MATERIAL ELéTRICO-CAJAZEIRAS E AROEIRAS</t>
+  </si>
+  <si>
+    <t>017/2018</t>
+  </si>
+  <si>
+    <t>14/04/2018</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE MATERIAL ELéTRICO VISANDO A INSTALAçãO DE EQUIPAMENTOS DE INFORMáTICA, DESTINADOS AOS NúCLEOS DE ATENDIMENTO DA DEFENSORIA PúBLICA DA PARAíBA EM CAJAZEIRAS E AROEIRAS.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 020/2018 AQUISIçãO MATERIAIS DESTINADOS AO NúCLEO DE SOUSA</t>
+  </si>
+  <si>
+    <t>020/2018</t>
+  </si>
+  <si>
+    <t>30/05/2018</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE MATERIAIS DESTINADOS AO NúCLEO DE ATENDIMENTO DA DEFENSORIA PúBLICA EM SOUSA/PB.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 021/2018 ALUGUEL DO NúCLUEO DE ATENDIMENTO DE PIRPIRITUBA</t>
+  </si>
+  <si>
+    <t>021/2018</t>
+  </si>
+  <si>
+    <t>04/06/2018</t>
+  </si>
+  <si>
+    <t>LOCAçãO DO IMóVEL NO MUNICíPIO DE PIRPIRITUBA/PB PARA O FUNCIONAMENTO DO NúCLEO DE ATENDIMENTO DA DEFENSORIA PúBLICA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 022/2018 50 CAMISAS DE MALHA EM HOMENAGEM AO DIA INTERNACIONAL DA MULHER</t>
+  </si>
+  <si>
+    <t>022/2018</t>
+  </si>
+  <si>
+    <t>07/03/2018</t>
+  </si>
+  <si>
+    <t>CONFECçãO DE 50 (CINQUENTA) CAMISAS BRANCAS EM MALHA, DESTINADAS AO USO NA AçãO SOCIAL DA DEFENSORIA PúBLICA, EM HOMENAGEM AO DIA INTERNACIONAL DA MULHER.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 023/2018 AQUISIçãO DE 330 PASTAS DESTINADAS AO I SEMINáRIO DE DIREITOS HUMANOS</t>
+  </si>
+  <si>
+    <t>023/2018</t>
+  </si>
+  <si>
+    <t>11/06/2018</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE 330 PASTAS DESTINADAS AO I SEMINáRIO DE DIREITOS HUMANOS, ATENDENDO AS NECESSIDADES DESTA DEFENSORIA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 024/2018 SERVIçOS DE REFORMA E MANUTENçãO EM CADEIRAS</t>
+  </si>
+  <si>
+    <t>024/2018</t>
+  </si>
+  <si>
+    <t>VISANDO A PRESTAçãO DE SERVIçOS DE REFORMA E MANUTENçãO EM CADEIRAS PERTENCENTES A ESTA DEFENSORIA PúBLICA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 025/2018 AQUISIçãO DE 137 CHIPS DE IMPRESSORA XEROX 3225</t>
+  </si>
+  <si>
+    <t>025/2018</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE 137 (CENTO E TRINTA E SETE) CHIPS DE IMPRESSORA XEROX 3225, PARA ATENDER AS NECESSIDADES DESTA DEFENSORIA PúBLICA DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 026/2018 AQUISIçãO DE 20 COLETES DESTINADOS AOS DEFENSORES PúBLICOS</t>
+  </si>
+  <si>
+    <t>026/2018</t>
+  </si>
+  <si>
+    <t>26/06/2018</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE 20 (VINTE) COLETES EM TACTEL, COR VERDE, DESTINADOS AOS DEFENSORES PúBLICOS.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 027/2018 AQUISIçãO DE MATERIAIS DESTINADOS AO NúCLEO DE ATENDIMENTO DA DEFENSORIA PúBLICA DE CAJAZEIRAS</t>
+  </si>
+  <si>
+    <t>027/2018</t>
+  </si>
+  <si>
+    <t>12/07/2018</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE MATERIAIS DESTINADOS AO NúCLEO DE ATENDIMENTO DA DEFENSORIA PúBLICA EM CAJAZEIRAS/PB.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 029/2018 AQUISIçãO DE PORTAS E MATERIAIS DESTINADOS AO NúCLEO DE ATENDIMENTO DA DEFENSORIA PúBLICA EM CAJAZEIRAS</t>
+  </si>
+  <si>
+    <t>029/2018</t>
+  </si>
+  <si>
+    <t>20/07/2018</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE PORTAS E MATERIAIS DESTINADOS AO NúCLEO DE ATENDIMENTO DA DEFENSORIA PúBLICA EM CAJAZEIRAS/PB.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 030/2018 AQUISIçãO DE OLOFOTES DE LED</t>
+  </si>
+  <si>
+    <t>030/2018</t>
+  </si>
+  <si>
+    <t>24/07/2018</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE HOLOFOTES LED RGB PARA ILUMINAçãO DO PRéDIO DA SEDE DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA DURANTE O PERíODO DA CAMPANHA LANçADA PELA ONU, CORAçãO AZUL, COM O OBJETIVO DE CONSCIENTIZAR A POPULAçãO.</t>
+  </si>
+  <si>
+    <t>PP 010 - CONTRATAÇÃO DE INSTITUIÇÃO FINANCEIRA</t>
+  </si>
+  <si>
+    <t>05/07/2018</t>
+  </si>
+  <si>
+    <t>VISANDO A CONTRATAçãO DE INSTITUIçãO FINANCEIRA PARA PRESTAçãO DOS SERVIçOS DE PAGAMENTO, COM EXCLUSIVIDADE, DE SALáRIOS, PROVENTOS E VENCIMENTOS, DE SERVIDORES OU EMPREGADOS PúBLICOS ATIVOS, E PROCESSAMENTO DA MOVIMENTAçãO DAS CONTAS CORRENTES DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>PP 011/2018 - AQUISIçãO DE COMPUTADORES PARA SUPRIR AS AS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA</t>
+  </si>
+  <si>
+    <t>24/09/2018</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE COMPUTADORES PARA SUPRIR AS AS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA</t>
+  </si>
+  <si>
+    <t>PP 12 - AQUISIÇÃO DE MATERIAL PARA DOAÇÃO</t>
+  </si>
+  <si>
+    <t>04/10/2018</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE MATERIAL PARA DOAçãO DESTINADOS A ATIVIDADES DE INCLUSãO SOCIAL DE PESSOAS EM VULNERABILIDADE E COM NECESSIDADES ESPECIAIS, EM ATENDIMENTO A CONVêNIO FIRMADO ENTRE A DEFENSORIA PúBLICA DO ESTADO DA PARAíBA E A PROCURADORIA REGIONAL DO TRABALHO</t>
+  </si>
+  <si>
+    <t>PP 14 - INSTITUIÇÃO FINANCEIRA</t>
+  </si>
+  <si>
+    <t>16/10/2018</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DE INSTITUIÇÃO FINANCEIRA PARA PRESTAÇÃO DOS SERVIÇOS DE PAGAMENTO, COM EXCLUSIVIDADE, DE SALÁRIOS, PROVENTOS E VENCIMENTOS, DE SERVIDORES OU EMPREGADOS PÚBLICOS OU PRESTADORES DE SERVIÇOS ATIVOS DA DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA</t>
+  </si>
+  <si>
+    <t>PP 13 - AQUISIÇÃO DE CARRO SEDAN</t>
+  </si>
+  <si>
+    <t>19/10/2018</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE UM VEíCULO UTILITáRIO TIPO SEDAN PARA FROTA DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 031/2018  CONTRATAçãO DE PESSOA FíSICA PARA EXECUçãO DE SERVIçOS ELéTRICOS DE INSTALAçãO DE 01 NOBREAK</t>
+  </si>
+  <si>
+    <t>031/2018</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE PESSOA FíSICA PARA EXECUçãO DE SERVIçOS ELéTRICOS DE INSTALAçãO DE 01 NOBREAK PERTENCENTE A ESTA DEFENSORIA PúBLICA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 032/2018 CONTRATAçãO DE PESSOA FíSICA PARA EXECUçãO DE SERVIçOS ELéTRICOS NO PORTãO DO NúCLEO DE ATENDIMENTO DA DEFENSORIA PúBLICA DE CABEDELO-PB</t>
+  </si>
+  <si>
+    <t>032/2018</t>
+  </si>
+  <si>
+    <t>25/07/2018</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE PESSOA FíSICA PARA EXECUçãO DE SERVIçOS ELéTRICOS NO PORTãO DO NúCLEO DE ATENDIMENTO DA DEFENSORIA PúBLICA DE CABEDELO-PB</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 033/2018-CONTRATAçãO DE PESSOA JURíDICA PARA FORNECIMENTO DE BOTIJõES DE áGUA MINERAL</t>
+  </si>
+  <si>
+    <t>033/2018</t>
+  </si>
+  <si>
+    <t>05/03/2018</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE PESSOA JURíDICA PARA FORNECIMENTO DE BOTIJõES DE áGUA MINERAL, VISANDO ATENDER AS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 033/2018 CONTRATAçãO DE PESSOA JURíDICA PARA FORNECIMENTO DE BOTIJõES DE áGUA MINERAL</t>
+  </si>
+  <si>
+    <t>033-2018-CONTRATAçãO DE PESSOA JURíDICA PARA FORNECIMENTO DE BOTIJõES DE áGUA MINERAL, VISANDO ATENDER AS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 034/2018 AQUSIçãO DE BOTIJõES DE áGUA MINERAL</t>
+  </si>
+  <si>
+    <t>034/2018</t>
+  </si>
+  <si>
+    <t>05/02/2018</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE BOTIJõES DE áGUA MINERAL, VISANDO ATENDER AS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 035/2018 AQUISIçãO DE MATERIAIS DE ACABAMENTO OU CONSTRUçãO CIVIL</t>
+  </si>
+  <si>
+    <t>035/2018</t>
+  </si>
+  <si>
+    <t>03/08/2018</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE MATERIAIS DE ACABAMENTO OU CONSTRUçãO CIVIL</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 036/2018 LOCAçãO DE IMóVEL PARA A COMARCA DE PIRPIRITUBA</t>
+  </si>
+  <si>
+    <t>036/2018</t>
+  </si>
+  <si>
+    <t>23/07/2018</t>
+  </si>
+  <si>
+    <t>LOCAçãO DE IMóVEL PARA O FUNCIONAMENTO DO NúCLEO DE ATENDIMENTO DA DEFENSORIA PúBLICA NA COMARCA DE PIRPIRITUBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 037/2018 CONFECçãO DE PLACA DE INAUGURAçãO DA COMARCA DE CAJAZEIRAS - DPPB</t>
+  </si>
+  <si>
+    <t>037/2018</t>
+  </si>
+  <si>
+    <t>17/08/2018</t>
+  </si>
+  <si>
+    <t>CONFECçãO DE PLACA DE INAUGURAçãO DA COMARCA DE CAJAZEIRAS - DPPB</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 038/2018 SERVIçOS DE INSTALAçãO DOS EQUIPAMENTOS DE CâMARAS DE MONITORAMENTO, ALARME E CERCA DE SEGURANçA-DPPB</t>
+  </si>
+  <si>
+    <t>038/2018</t>
+  </si>
+  <si>
+    <t>21/08/2018</t>
+  </si>
+  <si>
+    <t>SERVIçOS DE INSTALAçãO DOS EQUIPAMENTOS DE CâMARAS DE MONITORAMENTO, ALARME E CERCA DE SEGURANçA-DPPB</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 039/2018 REFORMA DE MANUTENçãO DE CADEIRAS  DPPB</t>
+  </si>
+  <si>
+    <t>039/2018</t>
+  </si>
+  <si>
+    <t>22/08/2018</t>
+  </si>
+  <si>
+    <t>SERVIçOS DE REFORMA DE MANUTENçãO DE CADEIRAS, VISANDO ATENDER AS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>TP 01 - REFORMA DA SEDE DA DPPB</t>
+  </si>
+  <si>
+    <t>08/11/2018</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE EMPRESA ESPECIALIZADA EM CONSTRUçãO CIVIL PARA EXECUçãO DO SERVIçO DE REFORMA DA SEDE DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 040/2018 CONTRATAçãO DE PESSOA FíSICA PARA EXECUçãO DE SERVIçO DE RETIRADA E COLOCAçãO DE GESSO.- DPPB</t>
+  </si>
+  <si>
+    <t>040/2018</t>
+  </si>
+  <si>
+    <t>20/08/2018</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DE PESSOA FíSICA PARA A EXECUçãO DE SERVIçOS DE RETIRADA E COLOCAçãO DE GESSO NAS DEPENDêNCIAS DO NUDECON-DPPB</t>
+  </si>
+  <si>
+    <t>DIPENSA Nº 041/2018 E 042/2018 EQUIPAMENTOS DE MONITORAMENTO  ALARME E CERCA ELETRICA (PERMANENTE) E (CONSUMO)</t>
+  </si>
+  <si>
+    <t>041/2018</t>
+  </si>
+  <si>
+    <t>24/08/2018</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE EQUIPAMENTOS DE CâMERAS DE MONITORAMENTO E ALARME DE SEGURANçA, PARA ATENDER AS NECESSIDADES DA DEFENSORIA PúBLICA DA PARAíBA. QUE IRá GARANTIR O MONITORAMENTO E SISTEMA DE SEGURANçA DA SEDE DA DEFENSORIA, DO NúCLEO DAS TRINCHEIRAS E DO NúCLEO DE CABEDELO.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 045/2018 AQUISIçãO DE TOKENS COM CERTIFICADOS DIGITAIS PARA PESSOA FíSICA</t>
+  </si>
+  <si>
+    <t>045/2018</t>
+  </si>
+  <si>
+    <t>05/09/2018</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE TOKENS COM CERTIFICADOS DIGITAIS, PARA ATENDER AS NECESSIDADES DA DEFENSORIA PúBLICA DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 046/2018 SERVIçOS PARA MELHORIA NAS SALAS DO GABINETE DA DEFENSORA PúBLICA GERAL E CHEFIA DE GABINETE DA DEFENSORIA PúBLICA</t>
+  </si>
+  <si>
+    <t>046/2018</t>
+  </si>
+  <si>
+    <t>12/09/2018</t>
+  </si>
+  <si>
+    <t>VISANDO à EXECUçãO DE SERVIçOS PARA MELHORIA NAS SALAS DO GABINETE DA DEFENSORIA PúBLICA GERAL E CHEFIA DE GABINETE DA DEFENSORIA PúBLICA.</t>
+  </si>
+  <si>
+    <t>047-2018-AQUISIçãO DE MATERIAL DE CONSTRUçãO PARA O NúCLEO DE ATENDIMENTO DE CAJAZEIRAS</t>
+  </si>
+  <si>
+    <t>047/2018</t>
+  </si>
+  <si>
+    <t>VISANDO AQUISIçãO DE MATERIAIS DESTINADOS AO NúCLEO DE ATENDIMENTO DA DEFENSORIA PúBLICA EM CAJAZEIRAS/PB.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 048/2018 CONTRATAçãO DE EMPRESA ESPECIALIZADA EM ASSESSORIA JURíDICA</t>
+  </si>
+  <si>
+    <t>048/2018</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE EMPRESA ESPECIALIZADA EM ASSESSORIA E CONSULTORIA JUNTO A COMISSãO PERMANENTE DE LICITAçãO, VISANDO ATENDER AS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 049/2018 AQUISIçãO DE PORTA DESTINADA AO NúCLEO DE PIRPIRITUBA</t>
+  </si>
+  <si>
+    <t>049/2018</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE PORTA DESTINADA AO NúCLEO DE ATENDIMENTO DE PIRPIRITUBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 051/2018 SERVIçOS DE REFORMA E MANUTENçãO DE CADEIRAS, TROCA DE CURVIM EM CADEIRA DE DIRETOR</t>
+  </si>
+  <si>
+    <t>051/2018</t>
+  </si>
+  <si>
+    <t>10/10/2018</t>
+  </si>
+  <si>
+    <t>SERVIÇOS DE REFORMA E MANUTENÇÃO DE CADEIRAS, PARA ATENDER AS NECESSIDADES DA DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 052/2018 AQUISIçãO DE MATERIAL DE CONSUMO</t>
+  </si>
+  <si>
+    <t>052/2018</t>
+  </si>
+  <si>
+    <t>18/10/2018</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE MATERIAL DE CONSUMO, DESTINADOS A ESTA DEFENSORIA PÚBLICA E DEMAIS COMARCAS.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 053/2018 AQUISIçãO DE MATERIAL PERMANENTE</t>
+  </si>
+  <si>
+    <t>053/2018</t>
+  </si>
+  <si>
+    <t>26/10/2018</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE ELETRODOMÉSTICOS DESTINADOS AOS NÚCLEOS DE ATENDIMENTO DA DEFENSORIA PÚBLICA EM PATOS, SOUSA E CAMPINA GRANDE.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 054/2018 PAGAMENTO DE HOSPEDAGEM COM PENSãO COMPLETA</t>
+  </si>
+  <si>
+    <t>054/2018</t>
+  </si>
+  <si>
+    <t>22/10/2018</t>
+  </si>
+  <si>
+    <t>PAGAMENTO DE HOSPEDAGEM COM PENSãO COMPLETA, COM A FINALIDADE DE MINISTRAR MINI CURSO SOBRE ATUAçãO EXTRAJUDICIAL DA DEFENSORIA PúBLICA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 055/2018 SERVIçOS TECNICOS DE ARQUITETURA</t>
+  </si>
+  <si>
+    <t>055/2018</t>
+  </si>
+  <si>
+    <t>VISANDO A CONTRATAçãO DE EMPRESA ESPECIALIZADA EM SERVIçOS DE ARQUITETURA, PARA ATENDER AS NECESSIDADES DA DEFENSORIA PúBLICA DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>TP 02 - AQUISIÇÃO DE UNIDADE MÓVEL</t>
+  </si>
+  <si>
+    <t>07/11/2018</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE UNIDADE MóVEL PARA A DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>PP 015/2018 - UNIDADE MóVEL</t>
+  </si>
+  <si>
+    <t>30/11/2018</t>
+  </si>
+  <si>
+    <t>VISANDO à AQUISIçãO DE UNIDADE MóVEL PARA SUPRIR AS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>PP 01 - AQUISIçãO DE MATERIAL DE LIMPEZA</t>
+  </si>
+  <si>
+    <t>26/01/2019</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE MATERIAL DE LIMPEZA PARA SUPRIR AS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>PP 02 - AQUISIÇÃO DE CARRO SEDAN</t>
+  </si>
+  <si>
+    <t>01/04/2019</t>
+  </si>
+  <si>
+    <t>PP 04- AQUISIÇÃO DE MOBILIÁRIO</t>
+  </si>
+  <si>
+    <t>09/05/2019</t>
+  </si>
+  <si>
+    <t>PP 05 - VEÍCULO TIPO PICK-UP</t>
+  </si>
+  <si>
+    <t>17/05/2019</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE 01(UM) VEíCULO TIPO CAMINHONETE PICK-UP, VISANDO ATENDER AS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>01 - LEILãO DE DE BENS MóVEIS</t>
+  </si>
+  <si>
+    <t>25/04/2019</t>
+  </si>
+  <si>
+    <t>LEILãO DE BENS MóVEIS INSERVíVEIS ( VEíCULOS RECUPERáVEIS).</t>
+  </si>
+  <si>
+    <t>PP 03 - AQUISIÇÃO DE TONER E CARTUCHO</t>
+  </si>
+  <si>
+    <t>24/05/2019</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE TONERS E CARTUCHOS DE TINTA COMPATíVEIS PARA ATENDER AS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>PP 06 - SERVIçO DE RECARGA E DE REPOSIçãO DE PEçAS DE TONER E CARTUCHOS DE TINTA</t>
+  </si>
+  <si>
+    <t>SERVIçO DE RECARGA E DE REPOSIçãO DE PEçAS DE TONER E CARTUCHOS DE TINTA DE DIVERSAS MARCAS E MODELOS DE IMPRESSORAS PARA ATENDER A DEMANDA DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>PP 07 - SERVIçO DE SOFTWARE</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE EMPRESA ESPECIALIZADA EM SISTEMAS INFORMATIZADOS DE GESTãO PúBLICA PARA ATENDER AS DEMANDAS OPERACIONAIS DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>01- SERVIçO DE COFFEE BREAK</t>
+  </si>
+  <si>
+    <t>31/05/2019</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE EMPRESA ESPECIALIZADA EM FORNECIMENTO COFFEE BREAK, VISANDO A REALIZAçãO DO ENCONTRO NACIONAL E CAPACITAçãO EM ALTERNATIVAS PENAIS QUE ACONTECERá NOS DIAS 17, 18 E 19 DE JUNHO DE 2019, ATENDENDO AS NECESSIDADES DESTA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>PP 08 - MATERIAL PERMANENTE</t>
+  </si>
+  <si>
+    <t>29/05/2019</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE MATERIAL PERMANENTE PARA SUPRIR AS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 001/2019 AQUISIÇÃO DE DIVISÓRIAS DE VIDRO</t>
+  </si>
+  <si>
+    <t>001/2019</t>
+  </si>
+  <si>
+    <t>24/01/2019</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE DIVISóRIAS DE VIDROS PARA INSTALAçãO DAS MESAS DE ATENDIMENTO DA SALA DA DEFENSORIA PúBLICA, NO FóRUM CíVEL DA CAPITAL</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 002/2019 SERVIçOS DE PRODUçãO DE VíDEOS</t>
+  </si>
+  <si>
+    <t>002/2019</t>
+  </si>
+  <si>
+    <t>28/01/2019</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE PRODUçãO DE VíDEOS DESTINADOS A ESTA DEFENSORIA PúBLICA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 003/2019 AQUISIçãO DE MATERIAIS PERMANENTES</t>
+  </si>
+  <si>
+    <t>003/2019</t>
+  </si>
+  <si>
+    <t>01/02/2019</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE MATERIAIS DESTINADOS à REFORMA REALIZADA NA SALA DESTA DEFENSORIA PúBLICA LOCALIZADA NO FóRUM CíVEL DE JOÃO PESSOA-PB.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 005/2019 CONTRATAçãO DE SERVIçOS DE ORNAMENTAçãO</t>
+  </si>
+  <si>
+    <t>005/2019</t>
+  </si>
+  <si>
+    <t>SERVIçOS DE ORNAMENTAçãO INCLUINDO ILUMINAçãO, LOCAçãO DE CADEIRAS, TOLHAS E ARRANJOS DE FLORES PARA ATENDER AS NECESSIDADES DA DEFENSORIA PúBLICA DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 006/2019 CONTRATAçãO DE SERVIçOS DE MANUTENçãO ELéTRICA</t>
+  </si>
+  <si>
+    <t>006/2019</t>
+  </si>
+  <si>
+    <t>04/02/2019</t>
+  </si>
+  <si>
+    <t>SERVIçOS ELÉTRICOS PARA MANUTENçãO DA REDE ELéTRICA INTERNA, PARA SUBSTITUIR O QUE ESTá COM PROBLEMAS DE DIMENSIONAMENTO ELéTRICO PARA O NúCLEO DA DEFENSORIA PúBLICA DE CABEDELO/PB.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 007/2019 SERVIçO DE REVISãO DE CERCA ELéTRICA E ALARME</t>
+  </si>
+  <si>
+    <t>007/2019</t>
+  </si>
+  <si>
+    <t>25/02/2019</t>
+  </si>
+  <si>
+    <t>SERVIçOS DE REVISãO NA CERCA ELéTRICA E ALARME DOS NúCLEOS DAS TRINCHEIRAS E CABEDELO, PARA MELHORIAS NO SISTEMA DE VIGILâNCIA E MONITORAMENTO ELETRÔNICO DESTES NúCLEOS DE ATENDIMENTO DA DEFENSORIA PúBLICA DE JOãO PESSOA/CABEDELO.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 008/2019 SERVIçOS DE TOPOGRAFIA, ANTIGO HOTEL TROPICANA</t>
+  </si>
+  <si>
+    <t>008/2019</t>
+  </si>
+  <si>
+    <t>15/02/2019</t>
+  </si>
+  <si>
+    <t>PRESTAçãO DE SERVIÇOS TOPOGRáFICOS PARA ATUALIZAçãO DE MEDIDAS DA áREA OCUPADA PELA EDIFICAçãO DO ANTIGO HOTEL TROPICANA, LOCALIZADO NA RUA ALICE DE AZEVEDO, CENTRO, JOÃO PESSOA/PB.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 009/2019 AQUISIçãO DE MATERIAIS GRáFICOS</t>
+  </si>
+  <si>
+    <t>009/2019</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE MATERIAIS GRáFICOS DESTINADOS A ESTA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 010/2019 SERVIçOS DE MANUTENçãO DA REDE ELéTRICA</t>
+  </si>
+  <si>
+    <t>010/2019</t>
+  </si>
+  <si>
+    <t>27/02/2019</t>
+  </si>
+  <si>
+    <t>SERVIçOS ELéTRICOS PARA MANUTENçãO DA REDE ELéTRICA INTERNA, PARA SUBSTITUIR O QUE ESTá COM PROBLEMAS DE DIMENSIONAMENTO ELéTRICO PARA O NúCLEO DE ATENDIMENTO DA DEFENSORIA PúBLICA DE JOÃO PESSOA/TRINCHEIRAS.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 011/2019 AQUISIçãO DE 05(CINCO) LIVROS</t>
+  </si>
+  <si>
+    <t>011/2019</t>
+  </si>
+  <si>
+    <t>07/03/2019</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE 05(CINCO) LIVROS, DENOMINADO PARTILHA DE BENS. AUTOR: RAFAEL CALMON.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 012/2019 AQUISIçãO DE 05(CINCO) LIVROS</t>
+  </si>
+  <si>
+    <t>012/2019</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE 05(CINCO) LIVROS, DENOMINADO DIREITO DAS FAMÍLIAS E PROCESSO CIVIL. AUTOR: RAFAEL CALMON.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 013/2019 AQUISIÇÃO DE MATERIAL PERMANENTE</t>
+  </si>
+  <si>
+    <t>013/2019</t>
+  </si>
+  <si>
+    <t>14/03/2019</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE MATERIAIS PARA A INSTALAÇÃO DE EQUIPAMENTOS NAS COMARCAS DE PATOS, SOUSA, CAJAZEIRAS E PIANCÓ DESTA DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 014/2019 AQUISIÇÃO DE MATERIAL DE CONSUMO</t>
+  </si>
+  <si>
+    <t>014/2019</t>
+  </si>
+  <si>
+    <t>20/03/2019</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE MATERIAL DE CONSUMO, COM PEDIDO ESTIMADO PARA 09 MESES, DESTINADO A ESTA DEFENSORIA PÚBLICA E DEMAIS COMARCAS.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 016/2019 SERVIÇOS DE RECARGA DE CARTUCHO</t>
+  </si>
+  <si>
+    <t>016/2019</t>
+  </si>
+  <si>
+    <t>26/03/2019</t>
+  </si>
+  <si>
+    <t>SERVIÇOS DE RECARGA DE CARTUCHOS DE IMPRESSORA DESTINADOS A ESTA DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 017/2019 SERVIÇOS DE SISTEMAS INFORMATIZADOS DE GESTÃO PÚBLICA</t>
+  </si>
+  <si>
+    <t>017/2019</t>
+  </si>
+  <si>
+    <t>29/03/2019</t>
+  </si>
+  <si>
+    <t>SERVIÇOS DE SISTEMAS INFORMATIZADOS DE GESTÃO PÚBLICA PARA ATENDER AS DEMANDAS OPERACIONAIS DA DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 018/2019 SERVIÇOS ELÉTRICOS, HIDRÁULICOS, MARCENARIA E INSTALAÇÃO DE PERSIANAS</t>
+  </si>
+  <si>
+    <t>018/2019</t>
+  </si>
+  <si>
+    <t>10/04/2019</t>
+  </si>
+  <si>
+    <t>SERVIÇOS DE COLOCAÇÃO DE PERSIANAS NA SALA DE ATENDIMENTO DA SALA DEFENSORIA PÚBLICA NA COMARCA DE PIANCÓ, PARA CONTROLAR A VISIBILIDADE E PRIVACIDADE DO AMBIENTE DE ATENDIMENTO DO DEFENSOR PÚBLICO DA COMARCA DE PIANCÓ.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 019/2019 SERVIÇOS DE RECARGA DE CARTUCHOS</t>
+  </si>
+  <si>
+    <t>019/2019</t>
+  </si>
+  <si>
+    <t>03/04/2019</t>
+  </si>
+  <si>
+    <t>SERVIÇOS DE RECARGA DE CARTUCHOS DE TONER.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 020/2019 AQUISIÇÃO DE MATERIAL DE CONSTRUÇÃO</t>
+  </si>
+  <si>
+    <t>020/2019</t>
+  </si>
+  <si>
+    <t>11/04/2019</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE MATERIAIS PARA O NÚCLEO DE ATENDIMENTO EM PATOS PERTENCENTE A ESTA DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 021/2019 AQUISIçãO DE MATERIAL ELéTRICO</t>
+  </si>
+  <si>
+    <t>021/2019</t>
+  </si>
+  <si>
+    <t>12/04/2019</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE MATERIAIS ELÉTRICOS E DE INFORMáTICA DESTINADOS AO NúCLEO DE ATENDIMENTO EM JOãO PESSOA-PB PERTENCENTE A ESTA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 023/2019 LOCAçãO DE IMóVEL</t>
+  </si>
+  <si>
+    <t>023/2019</t>
+  </si>
+  <si>
+    <t>15/04/2019</t>
+  </si>
+  <si>
+    <t>LOCAçãO DE UM IMóVEL PARA FUNCIONAMENTO DO NúCLEO DE ATENDIMENTO DA DEFENSORIA PúBLICA NA COMARCA DE PUCUí/PB.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 024/2019 FORNECIMENTO DE GARRAFõES DE áGUA</t>
+  </si>
+  <si>
+    <t>024/2019</t>
+  </si>
+  <si>
+    <t>03/05/2019</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE EMPRESA PARA FORNECIMENTO MENSAL DE ATé 200 GARRAFõES DE áGUA MINERAL SEM GáS ENGARRAFADA EM GALõES DE 20 LITROS, COM EMPRéSTIMO EM COMODATO DE VASILHAMES, DESTINADOS A SEDE, AO NúCLEO DA DEFENSORIA PúBLICA E COMARCAS.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 025/2019 AQUISIçãO DE MATERIAIS PARA DIVISóRIAS</t>
+  </si>
+  <si>
+    <t>025/2019</t>
+  </si>
+  <si>
+    <t>16/04/2019</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE MATERIAIS PARA DIVISóRIAS VISANDO ATENDER AS NECESSIDADES DE DIVERSAS COMARCAS DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 026/2019 AQUISIçãO DE UMA MOLA HIDRáULICA DE PISO.</t>
+  </si>
+  <si>
+    <t>026/2019</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE UMA MOLA HIDRáULICA DE PISO COM A FINALIDADE DE CONSERTO DA PORTA DE VIDRO PERTENCENTE AO NúCLEO DE ATENDIMENTO DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA EM GUARABIRA-PB.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 028/2019 AQUISIçãO DE UM MICROONDAS DE 20(VINTE) LITROS.</t>
+  </si>
+  <si>
+    <t>028/2019</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE ELETRODOMéSTICO(MICROONDAS 20 LITROS) PARA ESTA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 029/2019 SERVIçOS DE BUFFET</t>
+  </si>
+  <si>
+    <t>029/2019</t>
+  </si>
+  <si>
+    <t>13/05/2019</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE EMPRESA NA PRESTAçãO DE SERVIçOS DE BUFFET A SER OFERECIDO NO JANTAR PARA 200(DUZENTAS) PESSOAS, EM COMEMORAçãO AO DIA DO DEFENSOR PúBLICO QUE SERá REALIZADO EM 18 DE MAIO DE 2019.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 030/2019 AQUISIçãO DE DIáRIAS E REFEIçõES</t>
+  </si>
+  <si>
+    <t>030/2019</t>
+  </si>
+  <si>
+    <t>14/05/2019</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE 02(DIáRIAS), INCLUSAS 02(DUAS) REFEIçõES NO PERíODO DE 14 à 16 DE MAIO DE 2019, PARA A PALESTRANTE E DEFENSORA PúBLICA DO ESTADO DO MATO GROSSO/MT.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 031/2019 SERVIçOS DE LIQUIDAçãO DE BOLETO</t>
+  </si>
+  <si>
+    <t>031/2019</t>
+  </si>
+  <si>
+    <t>SERVIçOS DE LIQUIDAçãO DE BOLETO BANCáRIO DESTINADOS AO ENCONTRO NACIONAL E CAPACITAçãO EM ALTERNATIVAS PENAIS QUE ACONTECERá NO FóRUM CíVEL ENTRE OS DIAS 17,18 E 19 DE JUNHO DE 2019, PARA 250 (DUZENTOS E CINQUENTA) PARTICIPANTES.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 032/2019 AQUISIçãO DE CERTIFICADO DIGITAL</t>
+  </si>
+  <si>
+    <t>032/2019</t>
+  </si>
+  <si>
+    <t>20/05/2019</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE 01(UM) CERTIFICADO DIGITAL E-CNPJ TIPO A3 COM VALIDADE DE 03(TRêS) ANOS DESTINADO AO SETOR DE NúCLEO DE MATERIAL E PATRIMôNIO DESTA DEFENSORIA PúBLICA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 033/2019 SERVIçOS DE RECARGA DE CARTUCHOS</t>
+  </si>
+  <si>
+    <t>033/2019</t>
+  </si>
+  <si>
+    <t>21/05/2019</t>
+  </si>
+  <si>
+    <t>SERVIçOS DE RECARGA DE CARTUCHOS DE IMPRESSORA DESTINADOS A ESTA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 034/2019 AQUISIçãO DE PASSAGENS AéREAS</t>
+  </si>
+  <si>
+    <t>034/2019</t>
+  </si>
+  <si>
+    <t>SOLICITAçãO PARA A AQUISIçãO DE PASSAGENS AéREAS.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 035/2019 SERVIçOS DE CONFECçãO DE 06(SEIS) MEDALHAS</t>
+  </si>
+  <si>
+    <t>035/2019</t>
+  </si>
+  <si>
+    <t>16/05/2019</t>
+  </si>
+  <si>
+    <t>SERVIçOS DE CONFECçãO DE 06(SEIS) MEDALHAS PARA HOMENAGEAR AUTORIDADES PúBLICAS E PRIVADAS, TENDO A MEDALHA DEFENSOR PúBLICO AIRTON CORDEIRO, COMO A COMENDA PRINCIPAL, NO DIA DA COMEMORAçãO DO DEFENSOR PúBLICO QUE SERá REALIZADO EM 18 DE MAIO DE 2019.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 036/2019 AQUISIçãO DE MATERIAL DE CONSTRUçãO</t>
+  </si>
+  <si>
+    <t>036/2019</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE MATERIAIS PARA A REFORMA NA SALA DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA NO PRESíDIO DO ROGER.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 037/2019 AQUISIçãO DE PASSAGENS AéREAS</t>
+  </si>
+  <si>
+    <t>037/2019</t>
+  </si>
+  <si>
+    <t>07/06/2019</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE PASSAGENS AéREAS DESTINADAS AOS PALESTRANTES DO ENCONTRO NACIONAL E CAPACITAçãO EM ALTERNATIVAS PENAIS QUE SERá REALIZADO NOS DIAS 17, 18 E 19 DE JUNHO DE 2019.</t>
+  </si>
+  <si>
+    <t>PP 09-SERVIçO DE VIGILâNCIA ARMADA</t>
+  </si>
+  <si>
+    <t>15/07/2019</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE EMPRESA ESPECIALIZADA NO SERVIçO DE VIGILâNCIA ARMADA PARA SUPRIR AS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>PP 10 - AQUISIÇÃO DE VEÍCULOS TIPO SEDAN</t>
+  </si>
+  <si>
+    <t>31/07/2019</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE 10 (DEZ) VEíCULOS AUTOMOTORES NOVOS (ZERO QUILôMETRO), A FIM DE ATENDER àS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>PE 01 - AQUISIÇÃO DE UNIDADE MÓVEL</t>
+  </si>
+  <si>
+    <t>03/09/2019</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE UNIDADE MóVEL PARA ATENDER AS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>PP 11- SERVIÇO DE BUFFET E ARRANJO DE FLORES</t>
+  </si>
+  <si>
+    <t>03/10/2019</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE EMPRESA ESPECIALIZADA EM LOCAçãO DE ESPAçO FíSICO, COM CAFé DA MANHã, ALMOçO/JANTAR, COFFEE BREAK E COQUETEL E EMPRESA ESPECIALIZADA NA CONFECçãO E FORNECIMENTO DE ARRANJOS FLORAIS, ORNAMENTAçãO E CORAS DE FLORES PARA HOMENAGENS PóSTUMAS PARA ATENDER AS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAÍBA.</t>
+  </si>
+  <si>
+    <t>PP 12 - AQUISIÇÃO DE CAFÉ E AÇÚCAR</t>
+  </si>
+  <si>
+    <t>15/10/2019</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE CAFÉ E AÇÚCAR PARA ATENDER AS NECESSIDADES DA DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA.</t>
+  </si>
+  <si>
+    <t>PP 13 - VALE ALIMENTAÇÃO</t>
+  </si>
+  <si>
+    <t>09/12/2019</t>
+  </si>
+  <si>
+    <t>SERVIçO DE ADMINISTRAçãO, GERENCIAMENTO E FORNECIMENTO DE VALE-ALIMENTAçãO, NA FORMA DE CARTãO ELETRôNICO, DOTADOS DE TECNOLOGIA DE MICROPROCESSADOR COM CHIP, DESTINADO AOS SERVIDORES DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>CV 01-SERVIçO PARA ELABORAçãO DE PROJETOS BáSICO DE CONSTRUçãO</t>
+  </si>
+  <si>
+    <t>11/09/2020</t>
+  </si>
+  <si>
+    <t>SERVIçO PARA ELABORAçãO DE PROJETOS BáSICO DA CONSTRUçãO DO ANEXO DA SEDE DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>28-SERVIÇO DE SISTEMA DE VOTAÇÃO ELETRÔNICA</t>
+  </si>
+  <si>
+    <t>18/08/2020</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO SERVIÇO DE VOTAÇÃO ELETRÔNICA VIA WEB PARA ELEIÇÃO DO CONSELHO SUPERIOR DA DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA NO BIÊNIO DE 2020/2022.</t>
+  </si>
+  <si>
+    <t>CV 02- SERVIÇO DE VOTAÇÃO ELETRÔNICA VIA WEB</t>
+  </si>
+  <si>
+    <t>04/11/2020</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE EMPRESA ESPECIALIZADA NO SERVIçO DE SISTEMA DE VOTAçãO ELETRôNICA VIA WEB PARA ELEIçãO DO DEFENSOR PúBLICO GERAL DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA NO BIêNIO DE 2020/2022, RESPEITANDO AS NORMAS E ORIENTAçõES ESTADUAIS CONFORME O DECRETO Nº 40.242 DE 16 DE MAIO DE 2020 E DECRETO Nº 40.122 DE 11 DE DEZEMBRO DE 2020.</t>
+  </si>
+  <si>
+    <t>PE 001 - AQUISIçãO DE AR-CONDICINADO</t>
+  </si>
+  <si>
+    <t>27/11/2020</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE MATERIAL PERMANENTE (AR-CONDICIONADO) DESTINADO A DEFENSORIA PúBLICA DO ESTADO DA PARAíBA, ATRAVéS DO CONVêNIO DEPEN-MJSP, PLATAFORMA + BRASIL Nº 891353/2019.</t>
+  </si>
+  <si>
+    <t>PE 002 - AQUISIçãO DE EQUIPAMENTOS E ACESSóRIOS DE INFORMáTICA</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE EQUIPAMENTOS, ACESSóRIOS DE INFORMáTICA, PARA SUPRIR A NECESSIDADE DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA, DE ACORDO COM O CONVêNIO DEPEN - MJSP PLATAFORMA+BRASIL N° 891353/2019.</t>
+  </si>
+  <si>
+    <t>PE 003- AQUISIçã ODE MOBILIáRIO</t>
+  </si>
+  <si>
+    <t>02/12/2020</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE MATERIAL PERMANENTE (MOBILIáRIO) DESTINADO A DEFENSORIA PúBLICA DO ESTADO DA PARAíBA, ATRAVéS DO CONVêNIO DEPEN-MJSP, PLATAFORMA + BRASIL Nº 891353/2019.</t>
+  </si>
+  <si>
+    <t>PP01-AQUISIçãO DE APARELHOS CELULARES</t>
+  </si>
+  <si>
+    <t>17/12/2020</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE APARELHOS CELULARES PARA SUPRIR AS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>TP 001- REFORMA DA NUDECON</t>
+  </si>
+  <si>
+    <t>25/02/2021</t>
+  </si>
+  <si>
+    <t>SERVIçO DE REFORMA E ADEQUAçãO AS ATIVIDADES DO NúCLEO DE ATENDIMENTO JúRIDICO E PSICOSSOCIAL A CRIANçA E ADOLECENTE – " PROJETO CRIANçA FUTURO DO BRASIL " E DO NúCLEO ESPECIALIZADO DE DEFESA DO CONSUMIDOR – NUDECON DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>PE 01-AQUISIÇÃO DE AUTOMÓVEIS</t>
+  </si>
+  <si>
+    <t>13/05/2021</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE VEíCULOS, SENDO UM UTILITáRIO E UMA CAMINHONETE, DESTINADOS A DEFENSORIA PúBLICA DO ESTADO DA PARAíBA, ATRAVéS DO CONVêNIO DEPEN – MJSP, PLATAFORMA+BRASIL Nº 891353/2019.</t>
+  </si>
+  <si>
+    <t>PP 01-AQUISIÇÃO DE VEÍCULOS TIPO SUV</t>
+  </si>
+  <si>
+    <t>07/06/2021</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE VEíCULOS TIPO SUV, DESTINADOS A DEFENSORIA PúBLICA DO ESTADO DA PARAíBA, PARA EXECUçãO DO PROJETO &amp;147;CRIANçA E ADOLESCENTE: O FUTURO DO BRASIL&amp;148;, ATRAVéS DA EMENDA IMPOSITIVA Nº 40250002 E NOTA DE EMPENHO Nº 2020NE801318.</t>
+  </si>
+  <si>
+    <t>PP 02-AQUISIçãO DE MATERIAIS PERMANENTES</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE MATERIAL PERMANENTE: MOBILIáRIO E EQUIPAMENTOS, DESTINADOS A DEFENSORIA PúBLICA DO ESTADO DA PARAíBA, PARA EXECUçãO DO PROJETO &amp;147;CRIANçA E ADOLESCENTE: O FUTURO DO BRASIL&amp;148;, ATRAVéS DA EMENDA IMPOSITIVA Nº 40250002 E NOTA DE EMPENHO Nº 2020NE801318.</t>
+  </si>
+  <si>
+    <t>PP 03-AQUISIçãO DE EQUIPAMENTOS DE INFORMáTICA</t>
+  </si>
+  <si>
+    <t>14/06/2021</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE EQUIPAMENTOS DE INFORMáTICA, DESTINADOS A DEFENSORIA PúBLICA DO ESTADO DA PARAíBA, PARA EXECUçãO DO PROJETO “CRIANçA E ADOLESCENTE: O FUTURO DO BRASIL”, ATRAVéS DA EMENDA IMPOSITIVA Nº 40250002 E NOTA DE EMPENHO Nº 2020NE801318.</t>
+  </si>
+  <si>
+    <t>PE 02-AQUISIÇÃO DE VEÍCULOS SUV</t>
+  </si>
+  <si>
+    <t>23/06/2021</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE VEíCULOS TIPO SUV, DESTINADOS A DEFENSORIA PúBLICA DO ESTADO DA PARAíBA, PARA EXECUçãO DO PROJETO CRIANçA E ADOLESCENTE: O FUTURO DO BRASIL, ATRAVéS DA EMENDA IMPOSITIVA Nº 40250002 E NOTA DE EMPENHO Nº 2020NE801318.</t>
+  </si>
+  <si>
+    <t>PE 03-AQUISIÇÃO DE MATERIAL PERMANENTE</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE MATERIAL PERMANENTE: MOBILIáRIO E EQUIPAMENTOS, DESTINADOS A DEFENSORIA PúBLICA DO ESTADO DA PARAíBA, PARA EXECUçãO DO PROJETO CRIANçA E ADOLESCENTE: O FUTURO DO BRASIL, ATRAVéS DA EMENDA IMPOSITIVA Nº 40250002 E NOTA DE EMPENHO Nº 2020NE801318.</t>
+  </si>
+  <si>
+    <t>PE 04-AQUISIÇÃO DE EQUIPAMENTOS DE INFORMÁTICA</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE EQUIPAMENTOS DE INFORMáTICA, DESTINADOS A DEFENSORIA PúBLICA DO ESTADO DA PARAíBA, PARA EXECUçãO DO PROJETO CRIANçA E ADOLESCENTE: O FUTURO DO BRASIL, ATRAVéS DA EMENDA IMPOSITIVA Nº 40250002 E NOTA DE EMPENHO Nº 2020NE801318.</t>
+  </si>
+  <si>
+    <t>PE 05- AQUISIçãO DE MOBILIáRIO</t>
+  </si>
+  <si>
+    <t>10/08/2021</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE MATERIAL PERMANENTE: MOBILIáRIO, DESTINADOS A DEFENSORIA PúBLICA DO ESTADO DA PARAíBA, PARA EXECUçãO DO PROJETO “CRIANçA E ADOLESCENTE: O FUTURO DO BRASIL”, ATRAVéS DA EMENDA IMPOSITIVA Nº 40250002 E NOTA DE EMPENHO Nº 2020NE801318.</t>
+  </si>
+  <si>
+    <t>CV 01 - AQUISIçãO DE CERTIFICADO DIGITAL</t>
+  </si>
+  <si>
+    <t>17/08/2021</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE CERTIFICADOS DIGITAIS PARA PESSOA FíSICA(E–CPF) DO TIPO A3 PARA SUPRIS AS NECESSIDADES DA DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA.</t>
+  </si>
+  <si>
+    <t>PE 06-AQUISIçãO DE VEíCULOS</t>
+  </si>
+  <si>
+    <t>23/08/2021</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE MATERIAL PERMANENTE: VEíCULOS, DESTINADOS A DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>PE 07-AQUISIçãO DE CERTIFICADO DIGITAL</t>
+  </si>
+  <si>
+    <t>26/08/2021</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE CERTIFICADOS DIGITAIS PARA PESSOA FíSICA(E–CPF) DO TIPO A3 PARA ACESSO AOS SISTEMAS PJE E SEEU, DENTRO DAS ESPECIFICAçõES E NORMAS ICP–BRASIL, PARA SUPRIR AS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 009/2021 AQUISIçãO DE MATERIAL DE HIGIENE E LIMPEZA</t>
+  </si>
+  <si>
+    <t>009/2021</t>
+  </si>
+  <si>
+    <t>22/01/2021</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE MATERIAL DE HIGIENE E LIMPEZA, DESTINADOS A ESTA DEFENSORIA PùBLICA DO ESTADO DA PARAIBA E DEMAIS COMARCAS, DURAçãO PARA 03 MESES.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 010/2021 LOCAÇÃO DE IMÓVEL QUEIMADAS</t>
+  </si>
+  <si>
+    <t>010/2021</t>
+  </si>
+  <si>
+    <t>08/02/2021</t>
+  </si>
+  <si>
+    <t>LOCAÇÃO DE IMÓVEL PARA FUNCIONAMENTO DO NÚCLEO DE ATENDIMENTO DA DEFENSORIA PÚBLICA DA COMARCA DE QUEIMADAS/PB.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 011/2021 AQUISIÇÃO ÁGUA MINERAL</t>
+  </si>
+  <si>
+    <t>011/2021</t>
+  </si>
+  <si>
+    <t>12/03/2021</t>
+  </si>
+  <si>
+    <t>FORNECIMENTO MENSAL DE 200 GARRAFÕES DE ÁGUA MINERAL SEM GÁS ENGARRAFADAS EM GALÕES DE 20 LITROS,COM EMPRESTIMOS EM COMODATO DE VASILHAMES DESTINADOS A SEDE, AO NÚCLEO DA DEFENSORIA PÚBLICA E COMARCAS, COM ESTIMATIVAS PARA 12 MESES.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 013/2021 AQUISIÇÃO DE SSD</t>
+  </si>
+  <si>
+    <t>013/2021</t>
+  </si>
+  <si>
+    <t>07/04/2021</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE SSD PARA SUPRIR AS NECESSIDADES DA DEFENSORIA PÚBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 015/2021 LOCAÇÃO IMÓVEL CONDE</t>
+  </si>
+  <si>
+    <t>015/2021</t>
+  </si>
+  <si>
+    <t>LOCAÇÃO DO IMÓVEL PARA FUNCIONAMENTO DO NÚCLEO DE ATENDIMENTO DA DEFENSORIA PÚBLICA DA COMARCA DO CONDE/PB.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 015/2021-LOCAÇÃO IMÓVEL CONDE</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 017/2021 AQUISIÇÃO DE MOTORES</t>
+  </si>
+  <si>
+    <t>017/2021</t>
+  </si>
+  <si>
+    <t>26/01/2021</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE 05 (CINCO) MOTORES PARA OS PORTÕES ELETRÔNICOS DA SEDE DA DEFENSORIA PÚBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 026/2021 LOCAçãO DE CADEIRAS E MESAS</t>
+  </si>
+  <si>
+    <t>026/2021</t>
+  </si>
+  <si>
+    <t>16/07/2021</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DE EMPRESA PARA LOCAÇÃO MÓVEIS( CADEIRAS E MESAS), DESTINADOS AO USO DE SERVIÇOS PRESTADOS A SOCIEDADE, QUER SEJAM IMÓVEIS PRÓPRIOS, LOCADOS E/OU CEDIDOS DA DEFENSORIA PÚBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 039/2021 RECARGA DE TONNER</t>
+  </si>
+  <si>
+    <t>039/2021</t>
+  </si>
+  <si>
+    <t>22/09/2021</t>
+  </si>
+  <si>
+    <t>RECARGA DE TONNER, COM ESTIMA PARA TRÊS MESES.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 040/2021 BRINQUEDOS E DOAÇÃO</t>
+  </si>
+  <si>
+    <t>040/2021</t>
+  </si>
+  <si>
+    <t>06/10/2021</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE BRINQUEDOS EDUCATIVOS DESTINADOS AO PROJETO"CRIANÇA E ADOLESCENTE: O FUTURO DO BRASIL".</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 037/2021 AQUISIÇÃO MATERIAL DE LIMPEZA E HIGIENE</t>
+  </si>
+  <si>
+    <t>037/2021</t>
+  </si>
+  <si>
+    <t>20/08/2021</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE MATERIAL DE LIMPEZA E HIGIENE, DESTINADOS A ESTA DEFENSORIA PÚBLICA E DEMAIS COMARCAS, COM DURAÇÃO DE 03 MESES.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 038/2021 AQUISIÇÃO MATERIAL ELÉTRICO</t>
+  </si>
+  <si>
+    <t>038/2021</t>
+  </si>
+  <si>
+    <t>27/01/2021</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE MATERIAL ELÈTRICO, DESTINADO A DEFENSORIA PÚBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 001/2021- SERVIÇO DE PÚBLICAÇÃO DOU</t>
+  </si>
+  <si>
+    <t>001/2021</t>
+  </si>
+  <si>
+    <t>11/01/2021</t>
+  </si>
+  <si>
+    <t>SERVIÇOS DE PUBLICAÇÃO DE MATÉRIAS POR MEIO DO DOU.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 002/2021- CURSO MEDIAÇÃO FAMILIAR</t>
+  </si>
+  <si>
+    <t>002/2021</t>
+  </si>
+  <si>
+    <t>05/03/2021</t>
+  </si>
+  <si>
+    <t>INSCRIÇÃO NO CURSO DE FORMAÇÃO EM MEDIAÇÃO FAMILIAR EMANCIPADORA.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 003/2021- SEMINÁRIO ADMINISTRATIVO DISCIPLINAR</t>
+  </si>
+  <si>
+    <t>003/2021</t>
+  </si>
+  <si>
+    <t>INSCRIÇÃO NO SEMINÁRIO NACIONAL DE PROCESSO ADMINISTRATIVO DISCIPLINA.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 006/2021-CURSO DE CAPACITAÇÃO DE CONTABILIDADE</t>
+  </si>
+  <si>
+    <t>006/2021</t>
+  </si>
+  <si>
+    <t>12/07/2021</t>
+  </si>
+  <si>
+    <t>INSCRIÇÃO EM CURSO DE CAPACITAÇÃO "CONTABILIDADE E ORÇAMENTO PÚBLICO: TEORIA E PRÁTICA DE ACORDO COM AS NOVAS NORMAS BRASILEIRAS DE CONTABILIDADE. ÊNFASE NAS PRÁTICAS DO ESTADO DA PARAIBA ".</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 007/2021- CURSO CAPACITAÇÃO CONTROLE INTERNO</t>
+  </si>
+  <si>
+    <t>007/2021</t>
+  </si>
+  <si>
+    <t>16/06/2021</t>
+  </si>
+  <si>
+    <t>CURSO DE CAPACITAÇÃO E TREINAMENTO PARA APERFEIÇOAMENTO DO EXERCÍCIO DE CONTROLE INTERNO.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 009/2021-SERVIÇO DE VEICULAÇÃO NO DOE E NO JORNAL A UNIÃO</t>
+  </si>
+  <si>
+    <t>19/08/2021</t>
+  </si>
+  <si>
+    <t>SERVIÇO DE VEICULAÇÃO DE PUBLICAÇÕES NO DIÁRIO OFICIAL DO ESTADO DA PARAIBA E NO JORNAL A UNIÃO, BEM COMO ASSINATURA PARA FORNECIMENTO DOS RESPCTIVOS PERIÓDICOS.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 010/2021- CURSO DE CAPACITAÇÃO  NOVA LEI DE LICITAÇÕES.</t>
+  </si>
+  <si>
+    <t>03/09/2021</t>
+  </si>
+  <si>
+    <t>CURSO DE CAPACITAÇÃO "NOVA LEI D ELICITAÇÕES (LEI 14.133/2021) - DO PLANEJAMENTO À NETREGA DO OBJETO".</t>
+  </si>
+  <si>
+    <t>PE 09-SERVIçO DE LOCAçãO DE MóVEIS</t>
+  </si>
+  <si>
+    <t>23/10/2021</t>
+  </si>
+  <si>
+    <t>SERVIçO DE LOCAçãO DE CADEIRAS E MESAS, PARA SUPRIR AS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>PE 10-SERVIÇO DE LOCAÇÃO E INSTALAÇÃO DE AR-CONDICIONADO</t>
+  </si>
+  <si>
+    <t>SERVIçO DE LOCAçãO E INSTALAçãO DE AR-CONDICIONADO, PARA SUPRIR AS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>01-LEILãO- BENS MóVEIS INSERVíVEIS</t>
+  </si>
+  <si>
+    <t>11/11/2021</t>
+  </si>
+  <si>
+    <t>LEILãO DOS BENS MóVEIS INSERVíVEIS, PERTECENTES AO PATRIMôNIO DA DEFENSORIA PúBLICA DO ESTADO DA PARAIBA, NO ESTADO E CONDIçõES EM QUE SE ENCONTRAM.</t>
+  </si>
+  <si>
+    <t>PE 08- AQUISIçãO DE LIVROS</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE LIVROS PARA SUPRIR AS NECESSIDADES DA DEFENSORIA PúBLICA DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>PE 11-AQUISIçãO DE áGUA MINERAL</t>
+  </si>
+  <si>
+    <t>07/12/2021</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE áGUA MINERAL, DESTINADO A DEFENSORIA PúBLICA DO ESTADO DA PARAíBA, PARA UTILIZAçãO NA SEDE DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA E AçõES ITINERANTES.</t>
+  </si>
+  <si>
+    <t>PE 12-AQUISIÇÃO DE MATERIAL DE EXPEDIENTE</t>
+  </si>
+  <si>
+    <t>31/12/2021</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE MATERIAL DE EXPEDIENTE PARA SUPRIR AS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>PE 01 - AQUISIçãO DE MOTOCICLETA</t>
+  </si>
+  <si>
+    <t>05/01/2022</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE MOTOCICLETA "0 KM", DESTINADO A DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>PE 02 - AQUISIÇÃO DE AR CONDICIONADO</t>
+  </si>
+  <si>
+    <t>12/02/2022</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE MATERIAL PERMANENTE (AR–CONDICIONADO) DESTINADO A DEFENSORIA PúBLICA DO ESTADO DA PARAíBA, ATRAVéS DO CONVêNIO DEPEN–MJSP, PLATAFORMA+BRASIL Nº 891353/2019.</t>
+  </si>
+  <si>
+    <t>PE 03- AQUISIÇÃO DE COMPUTADORES</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE EQUIPAMENTOS, ACESSóRIOS DE INFORMáTICA, PARA SUPRIR A NECESSIDADE DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA, ATRAVéS DO CONVêNIO DEPEN–MJSP, PLATAFORMA+BRASIL Nº 891353/2019.</t>
+  </si>
+  <si>
+    <t>PE 04-AQUISIçãO DE MOBILIáRIO</t>
+  </si>
+  <si>
+    <t>28/03/2022</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE MATERIAL PERMANENTE (MOBILIáRIO), PARA SUPRIR A NECESSIDADE DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA, DE ACORDO COM O CONVêNIO DEPEN - MJSP PLATAFORMA+BRASIL N° 891353/2019.</t>
+  </si>
+  <si>
+    <t>PE 05-AQUISIçãO DE LIVROS</t>
+  </si>
+  <si>
+    <t>19/04/2022</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE LIVROS PARA SUPRIR AS NECESSIDADES DA DEFENSORIA PÚBLICA DA PARAÍBA.</t>
+  </si>
+  <si>
+    <t>PE 06-AQUISIçãO DE MATERIAL DE LIMPEZA</t>
+  </si>
+  <si>
+    <t>PP 01 - AQUISIÇÃO DE LIVROS</t>
+  </si>
+  <si>
+    <t>10/05/2022</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE LIVROS PARA SUPRIR AS NECESSIDADES DA DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA.</t>
+  </si>
+  <si>
+    <t>PE 07-SERVIçO DE MANUTENçãO DE AR-CONDICIONADO</t>
+  </si>
+  <si>
+    <t>10/08/2022</t>
+  </si>
+  <si>
+    <t>SERVIçOS DE MANUTENçãO PREVENTIVA E CORRETIVA POR DEMANDA, EM APARELHOS DE AR–CONDICIONADO TIPO JANELA E TIPO SPLIT DE DIVERSAS POTêNCIAS, COM FORNECIMENTO E SUBSTITUIçãO DE PEçAS, COMPONENTES E ACESSóRIOS POR OUTRAS NOVAS E ORIGINAIS, ASSIM COMO SERVIçO DE INSTALAçãO, PARA SUPRIR AS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>01-LEILãO DE BEM MóVEIS INSERVíVEIS</t>
+  </si>
+  <si>
+    <t>27/09/2022</t>
+  </si>
+  <si>
+    <t>LEILãO DOS BENS MóVEIS INSERVíVEIS, PERTENCENTES AO PATRIMôNIO DA DENFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>XX DISPENSA TELEFONIA MÓVEL</t>
+  </si>
+  <si>
+    <t>10/10/2022</t>
+  </si>
+  <si>
+    <t>SERVIçOS DE TELEFONIA MóVEL, PARA USO DOS DEFENSORES PúBLICOS DESTA DPPB, CONFORME DETALHAMENTO PRESENTE NO TERMO DE REFERêNCIA.</t>
+  </si>
+  <si>
+    <t>PE 08 - AQUISIçãO DE VEíCULOS</t>
+  </si>
+  <si>
+    <t>24/11/2022</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE MATERIAL PERMANENTE: VEíCULOS, DESTINADO A DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 02/2022 AQUISIçãO DE DIVISóRIAS E PORTAS</t>
+  </si>
+  <si>
+    <t>02/2022</t>
+  </si>
+  <si>
+    <t>22/04/2022</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE DIVISóRIAS E PORTAS COM INSTALAçãO, PARA SUPRIR AS NECESSIDADES DA DEFENSORIA PúBLICA NO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N°003/2022 MANUNTENçãO DE FICHARIOS</t>
+  </si>
+  <si>
+    <t>003/2022</t>
+  </si>
+  <si>
+    <t>23/02/2022</t>
+  </si>
+  <si>
+    <t>SERVIçO DE CONSERTOS/MANUNTENçãO DE FICHARIOS PARA SUPRIR AS NECESSIDADES DA DENFENSORIA PúBLICA DA PARAIBA</t>
+  </si>
+  <si>
+    <t>DISPENSA N°005/2022 SERVIçO DE CARGA, REPOSIçãO DE EXTINTORES</t>
+  </si>
+  <si>
+    <t>005/2022</t>
+  </si>
+  <si>
+    <t>09/03/2022</t>
+  </si>
+  <si>
+    <t>PRESTAçãO DE SE4RVIçOS DESTINADOS AOS SERVIçOS DE CARGA, LOCOMOçãO E REPOSIçãO DE SINALIZAçãO DO PISO PARA OS EXTINTORES PARA SUPRIR AS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N°008/2022 AQUISIçãO DE CHAVEIROS PERSONALIZADOS</t>
+  </si>
+  <si>
+    <t>008/2022</t>
+  </si>
+  <si>
+    <t>08/04/2022</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE CHAVEIROS, DISPENSáVEL PARA SUPRIR AS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAIBA.RN</t>
+  </si>
+  <si>
+    <t>DISPENSA N°010/2022 INSTALAÇÃO E CONFIGURAÇãO DO SERVIDOR</t>
+  </si>
+  <si>
+    <t>010/2022</t>
+  </si>
+  <si>
+    <t>SERVIçOS DE INSTALAçãO E CONFIGURAçãO DO SERVIDOR PARA SUPRIR AS NECESSIDADES DA DENFENSORIA PúBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N°011/2022 SEGURO ESTAGIáRIO</t>
+  </si>
+  <si>
+    <t>011/2022</t>
+  </si>
+  <si>
+    <t>25/04/2022</t>
+  </si>
+  <si>
+    <t>SEGURO DE ACIDENTES PESSOAIS PARA ESTAGIáRIO, PARA SUPRIRAS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N°012/2022 RECARGA DE TONERS E IMPRESSORA</t>
+  </si>
+  <si>
+    <t>012/2022</t>
+  </si>
+  <si>
+    <t>27/04/2022</t>
+  </si>
+  <si>
+    <t>SERVIÇOS D ERECARGA DE TONERS PARA SUPRIR AS NECESSIDADES DA DEFENSORIA PÚBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N°013/2022 PRESTAÇÃO DE SERVIÇOS E DIVISÓRIAS</t>
+  </si>
+  <si>
+    <t>013/2022</t>
+  </si>
+  <si>
+    <t>28/04/2022</t>
+  </si>
+  <si>
+    <t>PRESTAÇÃO DE SERVIÇOS E DIVISÓRIAS PARA SUPRIR AS NECESSIDADES DA DEFENSORIA PÚBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N°0014/2022 LOCAÇÃO IMÓVEL CAMPINA GRANDE</t>
+  </si>
+  <si>
+    <t>0014/2022</t>
+  </si>
+  <si>
+    <t>16/05/2022</t>
+  </si>
+  <si>
+    <t>SERVIÇO LOCAÇÃO DE IMÓVEL CAMPINA GRANDE, PARA SUPRIR NECESSIDADES DA DEFENSORIA PÚBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N°017/2022 SOBRETUDO COMUNICAÇÃO</t>
+  </si>
+  <si>
+    <t>017/2022</t>
+  </si>
+  <si>
+    <t>31/05/2022</t>
+  </si>
+  <si>
+    <t>SERVIÇOS COM ASSESSORAMENTO EM ORGANIZAÇÃO EM ORGANIZAÇÃO DE EVENTOS, PARA SUPRIR NECESSIDADES DA DEFENSORIA NO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N°018/2022 CONFECÇÃO DE MEDALHAS E PLACAS</t>
+  </si>
+  <si>
+    <t>018/2022</t>
+  </si>
+  <si>
+    <t>10/06/2022</t>
+  </si>
+  <si>
+    <t>SERVIÇOS DE CONFCÇÕES DE MEDALHAS E PLACAS PARA HOMENAGEM, PARA SUPRIR AS NECESSIDADES DA DEFENSORIA PÚBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N°019/2022 SERVIÇO DE LIMPEZA CILINDROS</t>
+  </si>
+  <si>
+    <t>019/2022</t>
+  </si>
+  <si>
+    <t>16/06/2022</t>
+  </si>
+  <si>
+    <t>SERVIÇOS DE LIMPEZA DE CILINDROS, PARA SUPRIR AS NECESSIDADES DA DEFENSORIA PÚBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N°020/2022 SERVIÇO RECARGA DE TONERS</t>
+  </si>
+  <si>
+    <t>020/2022</t>
+  </si>
+  <si>
+    <t>SERVIÇOS DE RECARGA DE TONERS, PARA SUPRIR AS NECESSIDADES DA DEFENSORIA PÚBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N°021/2022 SERVIÇO LAVAGEM DE CADEIRAS</t>
+  </si>
+  <si>
+    <t>021/2022</t>
+  </si>
+  <si>
+    <t>SERVIÇO DE LAVAGEM DE CADEIRAS PARA SUPRIR AS NECESSIDADES DA DEFENSORIA PÚBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N°023/2022 SERVIçO DE REVISãO VEICULAR</t>
+  </si>
+  <si>
+    <t>023/2022</t>
+  </si>
+  <si>
+    <t>21/07/2022</t>
+  </si>
+  <si>
+    <t>REVISãO DE VEíCULO AUOMOTOR, PARA SUPRIR AS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N°024/2022 AQUISIÇÃO DE PEÇAS DE VEICULOS</t>
+  </si>
+  <si>
+    <t>024/2022</t>
+  </si>
+  <si>
+    <t>SERVIÇOS E REVISÃO DE VEÍCULO AUTOMOTOR, PARA SUPRIR AS NECESSIDADES DA DEFENSORIA PÚBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N°025/2022 DISPENSA SERVIÇO REVISÃO VEÍCULO</t>
+  </si>
+  <si>
+    <t>025/2022</t>
+  </si>
+  <si>
+    <t>26/07/2022</t>
+  </si>
+  <si>
+    <t>REVISÃO DE VEÍCULO AUTOMOTOR, PARA SUPRIR AS NECESSIDADES DA DEFENSORIA PÚBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N°026/2022 SERVIÇOS PEÇAS AUTOMOTIVAS</t>
+  </si>
+  <si>
+    <t>026/2022</t>
+  </si>
+  <si>
+    <t>SERVIÇOS PEÇAS AUTOMOTIVAS, PARA SUPRIR NECESSIDADES DA DEFENSORIA PÚBLICA DO ESTAOD DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N°027/2022 AQUISIÇÃO CAFÉ E AÇÚCAR</t>
+  </si>
+  <si>
+    <t>027/2022</t>
+  </si>
+  <si>
+    <t>25/07/2022</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE MATERIAL DE CONSUMO(CAFÉ E AÇÚCAR), PARA SUPRIR NECESSIDADES DA DEFENSORIA PÚBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N°028/2022 SERVIÇO ELEIÇÃO DIGITAL</t>
+  </si>
+  <si>
+    <t>028/2022</t>
+  </si>
+  <si>
+    <t>08/08/2022</t>
+  </si>
+  <si>
+    <t>SERVIÇO D ESISTEMA DE VOTAÇÃO ELETRÔNICA, PARA SUPRIR NECESSIDADES DA DEFENSORIA PÚBLICA DO ESTADO DA PARAIBA.RN</t>
+  </si>
+  <si>
+    <t>DISPENSA N°030/2022 HOSPEDAGEM</t>
+  </si>
+  <si>
+    <t>030/2022</t>
+  </si>
+  <si>
+    <t>22/08/2022</t>
+  </si>
+  <si>
+    <t>SEVIÇOSDE HOSPEDAGEM DE SERVIDORES, PARA SUPRIR NECESSIDADES DA DEFENSORIA PÚBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N°031/2022 RECARGA TONERS E LIMPEZA CILINDROS</t>
+  </si>
+  <si>
+    <t>031/2022</t>
+  </si>
+  <si>
+    <t>29/08/2022</t>
+  </si>
+  <si>
+    <t>SERVIÇOS DE RECARGA TONERS E LIMPEZA DE CILINDROS, PARA SUPRIR NECESSIDADES DA DEFENSORIA PÚBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N°032/2022 AQUISIÇÃO DE MATERIAL DE CONSUMO</t>
+  </si>
+  <si>
+    <t>032/2022</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE MATERIAIS, MATERIAIS DE EXPEDIENTE E SERVIÇOS GRÁFICOS, PARA SUPRIR AS NECESSIDADES DA DEFENSORIA PÚBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N°033/2022 SERVIÇO LOCAÇÃO MANUNTENÇÃO DE HOSPEDAGEM</t>
+  </si>
+  <si>
+    <t>033/2022</t>
+  </si>
+  <si>
+    <t>02/09/2022</t>
+  </si>
+  <si>
+    <t>SERVIÇO DE LOCAÇÃO, MANUNTENÇÃO E HOSPEDAGEM PARA WEBSITE/PORTAL E SISTEMA DE GERAÇÃO E PUBLICAÇÃO DO DIÁRIO ELETRÔNICO, PARA SUPRIR AS NECESSIDADES DA DEFENSORIA PÚBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N°036/2022-</t>
+  </si>
+  <si>
+    <t>036/2022</t>
+  </si>
+  <si>
+    <t>13/09/2022</t>
+  </si>
+  <si>
+    <t>SERVIÇO DE REVISÃO AUTOMOTOR, PARA SUPRIR AS NECESSIDADES DA DEFENSORIA PÚBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N°036/2022 SERVIÇO MANUNTENÇãO DE VEÍCULOS</t>
+  </si>
+  <si>
+    <t>SERVIÇO REVISÃO DE VEÍCULOS AUTOMOTOR, PARA SUPRIR NECESSIDADES DA DEFENSORIA PÚBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N°037/2022 SERVIçO PEçAS ELEMENTOS AUTOMOTIVOS</t>
+  </si>
+  <si>
+    <t>037/2022</t>
+  </si>
+  <si>
+    <t>SERVIçOS REVISõES E PEçAS AUTOMOTOR, PARA SUPRIR NECESSECIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N°038/2022 AQUISIçãO DE PNEUS</t>
+  </si>
+  <si>
+    <t>038/2022</t>
+  </si>
+  <si>
+    <t>04/10/2022</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE PNEUS AUTOMOTIVOS, PARA SUPRIR AS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N°039/2022 REVISÃO DE VEÍCULOS OFICIAL</t>
+  </si>
+  <si>
+    <t>039/2022</t>
+  </si>
+  <si>
+    <t>07/10/2022</t>
+  </si>
+  <si>
+    <t>SERVIÇO DE REVISAO AUTOMOTOR OFICIAL. PARA SUPRIR AS NECESSIDADES DA DEFENSORIA PÚBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N°040/2022 REVISÃO VEÍCULOS OFICIAL</t>
+  </si>
+  <si>
+    <t>040/2022</t>
+  </si>
+  <si>
+    <t>SERVIÇOS REVISÃO DE PEÇAS AUTOMOTIVOS, PARA SUPRIR A SNECESSIDADES DA DEFENSORIA PÚBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N°041/2022 PASSAGENS AÉREAS</t>
+  </si>
+  <si>
+    <t>041/2022</t>
+  </si>
+  <si>
+    <t>13/10/2022</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE PASSAGENS AÉREAS, PARA SUPRIR NECESSIDADES DA DEFENSORIA PÚBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N°042/2022 SERVIÇO TELEFONIA MÓVEL</t>
+  </si>
+  <si>
+    <t>042/2022</t>
+  </si>
+  <si>
+    <t>17/10/2022</t>
+  </si>
+  <si>
+    <t>SERVIÇOS DE TELEFONIA MÓVEL, PARA SUPRIR NECESSIDADES DA DEFENSORIA PÚBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N°043/2022 SERVIÇO DE GÁS DE COZINHA</t>
+  </si>
+  <si>
+    <t>043/2022</t>
+  </si>
+  <si>
+    <t>20/10/2022</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE 25 BOTIJÕES DE 13KG (APENAS GÁS), PARA SUPRIR AS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N°046/2022 AQUISIçãO MATERIAIS ELéTRICOS E CONSTRUçõES</t>
+  </si>
+  <si>
+    <t>046/2022</t>
+  </si>
+  <si>
+    <t>01/11/2022</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE MATERIAIS ELéTRICOS E DE CONSTRUçãO, PARA SUPRIR NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N°047/2022 LOCAçãO IMóVEL JP</t>
+  </si>
+  <si>
+    <t>047/2022</t>
+  </si>
+  <si>
+    <t>08/11/2022</t>
+  </si>
+  <si>
+    <t>CONTRATO LOCAçãO IMóVEL PARA SUPRIR AS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N°048/2022 SERVIçOS PEçAS AUTOMOTIVAS</t>
+  </si>
+  <si>
+    <t>048/2022</t>
+  </si>
+  <si>
+    <t>21/11/2022</t>
+  </si>
+  <si>
+    <t>SERVIçOS DE REVISãO DE PEçAS PARA VEíCULOS AUTOMOTOR, PARA SUPRIR AS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N°049/2022 SERVIçO AUTOMOTOR</t>
+  </si>
+  <si>
+    <t>049/2022</t>
+  </si>
+  <si>
+    <t>SERVIçOS AUTOMOTIVOS PARA SUPRIR AS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N°050/2022 SERVIçOS DE CâMARAS DE SEGURANçA</t>
+  </si>
+  <si>
+    <t>050/2022</t>
+  </si>
+  <si>
+    <t>14/11/2022</t>
+  </si>
+  <si>
+    <t>SERVIçOS DE SEGURANçA ELETRôNICA, PARA SUPRIR AS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N°051/2022 LOCAçãO IMóVEL PRINCESA ISABEL</t>
+  </si>
+  <si>
+    <t>051/2022</t>
+  </si>
+  <si>
+    <t>17/11/2022</t>
+  </si>
+  <si>
+    <t>LOCAçãO IMóVEL NúCLEO DE ATENDIMENTO NO MUNICíPIO DE PRINCESA ISABEL PB, PARA SUPRIR AS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N°052/2022 SERVIçO DE PINTURA</t>
+  </si>
+  <si>
+    <t>052/2022</t>
+  </si>
+  <si>
+    <t>23/11/2022</t>
+  </si>
+  <si>
+    <t>SERVIçOS DE PINTURA NO IMóVEL NúCLEO DE CAJAZEIRAS PB, PARA SUPRIR AS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 001/2022- SERVIÇO DE PÚBLICAÇÃO DOU</t>
+  </si>
+  <si>
+    <t>001/2022</t>
+  </si>
+  <si>
+    <t>15/02/2022</t>
+  </si>
+  <si>
+    <t>PRESTAçãO DE SERVIçO DE PUBLICAçãO DE MATéRIAS POR MEIO DO DIáRIO OFICIAL DA UNIãO , CONTRATAçãO DA IMPRENSA NACIONAL, PARA SUPRIR NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 002/2022-CURSO SAúDE MENTAL</t>
+  </si>
+  <si>
+    <t>002/2022</t>
+  </si>
+  <si>
+    <t>29/03/2022</t>
+  </si>
+  <si>
+    <t>PRESTAçãO DE SERVIçO CURSO SAúDE MENTAL E SEUS DESAFIOS, PARA SUPRIR AS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 003/2022- CAPACITAçãO NOVAS LEI DE LICITAçõES</t>
+  </si>
+  <si>
+    <t>23/05/2022</t>
+  </si>
+  <si>
+    <t>PRESAçãO DE SERVIçOS DE CAPACITAçãO E TREINAMENTO SOBRE A NOVA LEI DE LICITAçãO, PARA SUPRIR NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 004/2022- CAPACITAçãO NOVAS LEI DE LICITAçõES</t>
+  </si>
+  <si>
+    <t>004/2022</t>
+  </si>
+  <si>
+    <t>30/05/2022</t>
+  </si>
+  <si>
+    <t>PRESTAçãO DE SERVIçOS DE CAPACITAçãO E TREINAMENTO NOVA LEI DE LICITAçôES, PARA SUPRIR AS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>ADESãO-N°002- CONTRATAçãO DE VIGILâNCIA ARMADA</t>
+  </si>
+  <si>
+    <t>11/07/2022</t>
+  </si>
+  <si>
+    <t>PRESTAçãO DE SERVIçO CONTRATAçãO DE MEPRESA DE VIGILâNCIA ARMADA NAS DEPENDêNCIAS DOS IMóVEIS QUE INTEGRAM A SEDE DESSE óRGãO, PARA SUPRIR AS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>ADESãO-N°003- PROCESSO COMBUSTíVEL</t>
+  </si>
+  <si>
+    <t>ADESãO A ATA DE REGISTRO DE PREçO PREGãO ELETRôNICO PROCESSO COMBUSTíVEL, PARA SUPRIR AS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>ADESãO-N°004- AQUISIçAõ DE UNIDADE MODULAR</t>
+  </si>
+  <si>
+    <t>PRESTAçAO DE SERVIçO DE AQUISIçãO DE MATERIAIS PERMANENTES, PARA SUPRIR AS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>ADESãO-N°006-  PASSAGENS AéREAS</t>
+  </si>
+  <si>
+    <t>05/10/2022</t>
+  </si>
+  <si>
+    <t>FORNECIMENTO DE SERVIçO DE AGENCIAMENTO DE PASSAGENS AéREAS, PARA SUPRIR AS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>PE Nº 01/2023 SERVIçO DE ACESSO à REDE MUNDIAL INTERNET</t>
+  </si>
+  <si>
+    <t>01/2023</t>
+  </si>
+  <si>
+    <t>24/03/2023</t>
+  </si>
+  <si>
+    <t>LICITAÇÃO-E Nº 990503 - CONTRATAçãO DE EMPRESA ESPECIALIZADA NA PRESTAçãO DE SERVIçO DE ACESSO à REDE MUNDIAL INTERNET, INCLUINDO CIRCUITO DE DADOS E TODOS OS EQUIPAMENTOS NECESSáRIOS, BEM COMO A PRESTAçãO DE SUPORTE àS REDES LOCAIS PARA ATENDIMENTO PRIORITáRIO DE 60(SESSENTA) UNIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 001/2023 SERVIçO DE SISTEMA DE VOTAçãO ONLINE</t>
+  </si>
+  <si>
+    <t>001/2023</t>
+  </si>
+  <si>
+    <t>11/01/2023</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE EMPRESA ESPECIALIZADA NO SERVIçO DE ELEIçãO DIGITAL, PARA ELEIçãO DO DEFENSOR PúBLICO GERAL DO ESTADO, A SER REALIZADA NO DIA 20 DE JANEIRO DE 2023</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 003/2023 LOCAçãO DE IMóVEL COMARCA DE CABEDELO</t>
+  </si>
+  <si>
+    <t>003/2023</t>
+  </si>
+  <si>
+    <t>03/02/2023</t>
+  </si>
+  <si>
+    <t>LOCAçãO DO IMóVEL PARA FUNCIONAMENTO DO NúCLEO DE ATENDIMENTO DA DEFENSORIA PúBLICA NA COMARCA DE CABEDELO-PB</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 004/2023 AQUISIçãO DE DIVISóRIAS E PORTAS COM INSTALAçãO</t>
+  </si>
+  <si>
+    <t>004/2023</t>
+  </si>
+  <si>
+    <t>31/01/2023</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE DIVISóRIAS E PORTAS COM INSTALAçãO, DESTINADAS AO NúCLEO DE ATENDIMENTO DE CABEDELO</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 005/2023 AQUISIçãO DE PORTAS COM INSTALAçãO</t>
+  </si>
+  <si>
+    <t>005/2023</t>
+  </si>
+  <si>
+    <t>01/02/2023</t>
+  </si>
+  <si>
+    <t>AQUISIçãO E INSTALAçãO DE PORTAS, DESTINADAS AO NúCLEO DE ATENDIMENTO DE CABEDELO</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 006/2023 AQUISIçãO DE GRAMA COM SERVIçO DE JARDINAGEM</t>
+  </si>
+  <si>
+    <t>006/2023</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE GRAMA COM SERVIçO DE JARDINAGEM, DESTINADA AO IMóVEL ONDE IRá FUNCIONAR O NúCLEO DE ATENDIMENTO DA DEFENSORIA PúBLICA DE CABEDELO</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 008/2023 SEGURO DE VIDA PARA OS ESTAGIáRIO</t>
+  </si>
+  <si>
+    <t>008/2023</t>
+  </si>
+  <si>
+    <t>09/02/2023</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE UMA EMPRESA DE SEGURO DE VIDA PARA OS ESTAGIáRIOS, COM QUANTITATIVO DE 400 VAGAS</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 007/2023 REVISãO DE VEíCULOS</t>
+  </si>
+  <si>
+    <t>007/2023</t>
+  </si>
+  <si>
+    <t>01/03/2023</t>
+  </si>
+  <si>
+    <t>SERVIçOS DE CONCESSIONáRIA AUTORIZADA PARA REALIZAR A REVISAO DOS VEíCULOS NOVOS</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 012/2023 LOCAçãO DE IMóVEL</t>
+  </si>
+  <si>
+    <t>012/2023</t>
+  </si>
+  <si>
+    <t>08/03/2023</t>
+  </si>
+  <si>
+    <t>LOCAçãO DE IMóVEL PARA FUNCIONAMENTO DO NúCLEO DE ATENDIMENTO DA DEFENSORIA PúBLICA NA COMARCA DA CIDADE DE QUIMADAS-PB</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 013/2023 AQUISIçãO DE PEçAS VEíCULAR</t>
+  </si>
+  <si>
+    <t>013/2023</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE PEçAS AUTOMOTIVA (PASTILHAS DE FREIO) TARSEIRO E DIANTEIRO</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 014/2023 SERVIçO VEíCULAR</t>
+  </si>
+  <si>
+    <t>014/2023</t>
+  </si>
+  <si>
+    <t>SERVIçO DE TROCA DE PASTILHAS DE FREIOS DIANTEIRO E TRASEIRO DO CARRO CORROLA</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 016/2023 RASTREAMENTO VEíCULAR</t>
+  </si>
+  <si>
+    <t>016/2023</t>
+  </si>
+  <si>
+    <t>29/03/2023</t>
+  </si>
+  <si>
+    <t>PRESTAçãO DE SERVIçO DE ACOMPANHAMENTO EM TEMPO REAL DOS VEíCULOS, COM O FORNECIMENTO DE MONITORAMENTO VEICULAR.</t>
+  </si>
+  <si>
+    <t>ADESÃO ARP Nº 001/2023-AQUISIÇÃO MATERIAL DE CONSTRUÇÃO</t>
+  </si>
+  <si>
+    <t>25/01/2023</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE MATERIAIS DE CONSTRUÇÃO, DESTINADOS A MANUTENÇÃO PREDIAIL DAS INSTALAÇÕES FÍSICAS PERTENCENTES A ESTA DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 019/2023 MATERIAL DE EXPEDIENTE</t>
+  </si>
+  <si>
+    <t>019/2023</t>
+  </si>
+  <si>
+    <t>03/04/2023</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE MATERIAIS DE EXPEDIENTE DESTINADOS A DEFENSORIA PÚBLICA E DEMAIS COMARCAS.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 020/2023 AQUISIçõES DE PLACAS</t>
+  </si>
+  <si>
+    <t>020/2023</t>
+  </si>
+  <si>
+    <t>04/04/2023</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE PLACAS, PARA O NúCLEO DE ATENDIMENTO DA DEFENSORIA PúBLICA DA CIDADE DE CABEDELO</t>
+  </si>
+  <si>
+    <t>PE Nº 02/2023 AQUISIÇÃO DE ARCONDICIONADO</t>
+  </si>
+  <si>
+    <t>02/2023</t>
+  </si>
+  <si>
+    <t>03/05/2023</t>
+  </si>
+  <si>
+    <t>LICITAçõES-E Nº 999691 - AQUISIçãO DE MATERIAL PERMANENTE DE REFRIGERAçãO – APARELHOS DE ARES–CONDICIONADOS, DESTINADOS A DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N° 021/2023 AQUISIçãO DE MATERIAIS DE CONSUMO</t>
+  </si>
+  <si>
+    <t>021/2023</t>
+  </si>
+  <si>
+    <t>11/04/2023</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE MATERIAIS DE CONSUMO DESTINADO A DIVERSOS SETORES DA DEFENSORIA PúBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº022 AQUISIçãO DE MATERIAL DE PROCESSAMENTO DE DADOS</t>
+  </si>
+  <si>
+    <t>14/04/2023</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE MATERIAL DE INFORMáTICA PARA A DEFENSORIA PúBLICA E DEMAIS COMARCAS.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº023 SERVIçO DE TECNOLOGIA ( CERTIFICADO DIGITAL)</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE CERTIFICADOS DIGITAIS EM RAZãO DA NECESSIDADE DOS DEFENSORES PúBLICOS UTILIZAREM EM SUAS ATIVIDADES NO ACESSO AOS SISTEMAS PJE E SEEU.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 027/2023 COTRATAçãO DE SERVIçO DE FOLHA DE PAGAMENTO</t>
+  </si>
+  <si>
+    <t>027/2023</t>
+  </si>
+  <si>
+    <t>02/05/2023</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DA COTADA- CIA PROCESSAMENTO DE DADOS DA PARAIBA PARA UTILIZAçãO DO SISTEMA DE FOLHA DE PAGAMENTO DE PESSOAL.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº028/2023 AQUISIÇÃO DE PARA-BRISA</t>
+  </si>
+  <si>
+    <t>028/2023</t>
+  </si>
+  <si>
+    <t>28/04/2023</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO PARA TROCA DE PARA-BRISA DA CAMINHONETE QUE ESTÁ A DISPOSIÇÃO DA CORREGEDORIA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 029/2023 MANUTENÇÃO DE VEICULO AUTOMOTOR</t>
+  </si>
+  <si>
+    <t>029/2023</t>
+  </si>
+  <si>
+    <t>REQUISIÇÃO DE SERVIÇO DE MANUTENÇÃO CORRETIVA E PREVENTIVA EM VEICULO OFICIAL DA DEFENSORIA PUBLICA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 030/2023 MANUTENÇÃO DE VEICULOS (PEÇAS)</t>
+  </si>
+  <si>
+    <t>030/2023</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE MANUTENÇÃO DE VEICULO DA DEFENSORIA PUBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 031/2023 MANUTENÇÃO DE VEICULO AUTOMOTOR (SERVIÇOS)</t>
+  </si>
+  <si>
+    <t>031/2023</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE MANUTENÇÕES CORRETIVAS E PREVENTIVA EM VEICULO OFICIAL DA DEFENSORIA PUBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº032/2023 AQUISIÇAO DE PLACAS E CARTEIRA FUNCIONAL</t>
+  </si>
+  <si>
+    <t>032/2023</t>
+  </si>
+  <si>
+    <t>05/05/2023</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE PLACAS E CARTEIRAS DE COURO PARA OS DEFENSORES DA DEFENSORIA PÚBLICA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 033/2023 AQUISIÇÃO DE DIVISÓRIAS</t>
+  </si>
+  <si>
+    <t>033/2023</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE DIVISÓRIAS, TRAVESSAS, PORTAS E OUTROS MATERIAIS DESTINADAS A DIVERSOS SETORES DA DEFENSORIA PÚBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N°033/2023 AQUISIÇÃO DE APARELHOS E UTENSÍLIOS DOMESTICOS</t>
+  </si>
+  <si>
+    <t>11/05/2023</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE APARELHOS E UTENSÍLIOS DOMÉSTICOS( FOGÃO, MICROONDAS E LIQUIDIFICADOR) PARA SEREM UTILIZADOS NESTA DEFENSORIA PÚBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N° 034/2023 REVISÃO DE VEICULO (PEÇAS)</t>
+  </si>
+  <si>
+    <t>034/2023</t>
+  </si>
+  <si>
+    <t>15/05/2023</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE PEçAS AUTOMOTIVA PARA REVISãO DA CAMINHONETE RANGER DESTA DEFENSORIA PUBLICA DO ESTADO DA PB.</t>
+  </si>
+  <si>
+    <t>DISPENSA N° 035/2023 REVISÃO DE VEICULO (SERVIçOS)</t>
+  </si>
+  <si>
+    <t>035/2023</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO PARA REVISÃO DA CAMINHONETE RANGER PERTENCENTE A ESSA DEFENSORIA PUBLICA DO ESTADO DA PB.</t>
+  </si>
+  <si>
+    <t>DISPENSA N° 036/2023 REVISÃO DE VEICULO (PEÇAS)</t>
+  </si>
+  <si>
+    <t>036/2023</t>
+  </si>
+  <si>
+    <t>16/05/2023</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE PEÇAS PARA REVISÃO DO VEICULO DUSTER PERTENCENTE A ESTA DEFENSORIA PUBLICA DO ESTADO DA PB.</t>
+  </si>
+  <si>
+    <t>DISPENSA N° 037/2023 REVISÃO DE VEICULO - SERVIçOS</t>
+  </si>
+  <si>
+    <t>037/2023</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO PARA SERVIÇO DE REVISÃO DO VEICULO DUSTER PERTENCENTE A ESTA DEFENSORIA PUBLICA DO ESTADO DA PB.</t>
+  </si>
+  <si>
+    <t>DESPENSA Nº 039/2023 REVISÃO DE VEICULO (PEÇAS)</t>
+  </si>
+  <si>
+    <t>039/2023</t>
+  </si>
+  <si>
+    <t>17/05/2023</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE PEçAS PARA REVISãO DE VEíCULO VOYAGE, PERTENCENTE A  FROTA DA DEFENSORIA PUBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>DESPENSA Nº 040/2023 REVISÃO DE VEICULO (SERVIçO)</t>
+  </si>
+  <si>
+    <t>040/2023</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO PARA SERVIÇO DE REVISÃO DO VEICULO VOYAGE PERTENCENTE A FROTA DESTA DEFENSORIA PÚBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N° 041/2023 AQUISIçãO DE MATERIAIS GRÁFICOS</t>
+  </si>
+  <si>
+    <t>041/2023</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE MATERIAIS GRÁFICOS PARA PROGRAMAÇÃO DA SEMANA DA DEFENSORIA PÚBLICA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N° 042/2023 REVISãO DE VEICULO AUTOMOTOR (PEçAS)</t>
+  </si>
+  <si>
+    <t>042/2023</t>
+  </si>
+  <si>
+    <t>23/05/2023</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE PEÇAS PARA REVISAO DO AUTOMOVEL COROLLA PERTENCENTE A FROTA OFICIAL DA DEFENSORIA PÚBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N° 043/2023 REVISÃO DE VEICULO AUTOMOTOR (SERVIÇO)</t>
+  </si>
+  <si>
+    <t>043/2023</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE SERVIÇO PARA REVISÃO DE VEICULO MODELO COROLA PERTENCENTE A FROTA OFICIAL DA DEFENSORIA PUBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N° 044/2023 AQUISIÇAO DE CAMISAS</t>
+  </si>
+  <si>
+    <t>044/2023</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE 50 (CINQUENTA) CAMISAS PARA EQUIPE DO NEPED E DA DEFENSORIA ITINERANTE "DEFENSORIA PELA INCLUSÃO".</t>
+  </si>
+  <si>
+    <t>DISPENSA N° 045/2023 AQUISIçãO DE MATERIAIS PARA MANUTENçãO DE BENS</t>
+  </si>
+  <si>
+    <t>045/2023</t>
+  </si>
+  <si>
+    <t>29/05/2023</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE MATERIAIS PARA MANUTENçãO DE BENS IMóVEIS PARA SEREM UTILIZADO NESTA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N° 046/2023  AQUISIçãO DE MATERIAL DE LIMPEZA</t>
+  </si>
+  <si>
+    <t>046/2023</t>
+  </si>
+  <si>
+    <t>30/05/2023</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE MATERIAL DE LIMPEZA E HIGIENE PARA SER UTILIZADO NESTA DEFENSORIA PUBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N° 001/2023 AQUISIçãO ESTANTES DE AçO (PELO FUNDO)</t>
+  </si>
+  <si>
+    <t>AQUISIçãO SOLICITADA PELO FUNDO DE 20 (VINTE) ESTANTES DE AçO PARA SEREM UTILIZADAS NESTA DEFENSORIA PUBLICA DO ESTADO DA PB.</t>
+  </si>
+  <si>
+    <t>DISPENSA N° 002/2023 AQUISIÇÃO DE EQUIP. AUDIO E VIDEO (PELO FUNDO)</t>
+  </si>
+  <si>
+    <t>002/2023</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO SOLICITADA PELO FUNDO DE EQUIPAMENTOS AUDIO E VIDEO PARA SEREM USADOS NESTA DEFENSORIA PUBLICA DO ESTADO DA PB.</t>
+  </si>
+  <si>
+    <t>PE Nº 03/2023 AQUISIçãO DE AR CONDICIONADO (CONVêNIO)</t>
+  </si>
+  <si>
+    <t>03/2023</t>
+  </si>
+  <si>
+    <t>05/04/2023</t>
+  </si>
+  <si>
+    <t>LICITAçãO [Nº 1003585] - AQUISIçãO DE MATERIAL PERMANENTE (AR-CONDICIONADO) DESTINADO A DEFENSORIA PúBLICA DO ESTADO DA PARAíBA, ATRAVéS DO CONVêNIO DEPEN-MJSP, PLATAFORMA + BRASIL Nº 891353/2019.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 047/2023 FORNECIMENTO DE SERVIçO DE BUFFET</t>
+  </si>
+  <si>
+    <t>047/2023</t>
+  </si>
+  <si>
+    <t>FORNECIMENTO DE SERVIçOS DE BUFFET COM DISPONIBILIZAçãO DE ESPAçO FECHADO PARA ATé 100(CEM0 DEFENSORES PúBLICOS, POR OCASIãO DO DIA NACIONAL DA DEFENSORIA PúBLICA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 048/2023 AQUISIÇÃO DE FOLHAS COMPENSADOS</t>
+  </si>
+  <si>
+    <t>048/2023</t>
+  </si>
+  <si>
+    <t>25/05/2023</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE FOLHAS DE COMPENSADOS PARA CRIAÇÃO DE BANCADAS NA SALA DA COORDENAÇAO DA TECNOLOGIA DA INFORMAÇÃO DESTA DEFENSORIA PÚBLICA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 050/2023 REVISÃO DE VEICULO AUTOMOTOR (PEÇAS)</t>
+  </si>
+  <si>
+    <t>050/2023</t>
+  </si>
+  <si>
+    <t>14/06/2023</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE PEÇAS PARA REVISÃO NO VEICULO S10 DA FROTA OFICIAL DESTA DEFENSORIA</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 051/2023 REVISÃO DE VEICULO AUTOMOTOR (SERVIÇOS)</t>
+  </si>
+  <si>
+    <t>051/2023</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE SERVIÇO PARA REVISÃO DO VEICULO S10 DA FROTA OFICIAL DESTA DEFENSORIA PUBLICA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 052/2023 REVISÃO DE VEICULO AUTOMOTOR- (PEÇAS)</t>
+  </si>
+  <si>
+    <t>052/2023</t>
+  </si>
+  <si>
+    <t>04/05/2023</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE PEÇAS PARA REVISÃO DO VEICULO SPRINTER DE MARCA MECEDES-BENZ PERTENCENTE A FROTA OFICIAL DESTA DEFENSORIA PUBLICA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº053/2023 REVISÃO DO VEICULO AUTOMOR - (SERVIÇOS)</t>
+  </si>
+  <si>
+    <t>053/2023</t>
+  </si>
+  <si>
+    <t>24/05/2023</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE SERVIÇOS PARA REVISÃO DO VEICULO SPRINTER DE MARCA MECEDES-BENZ PERTENCENTE A FROTA OFICIAL DESTA DEFENSORIA PUBLICA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 054/2023 AQUISIÇÃO DE APARELHOS E UTENSILIOS DOMESTICOS( PURIFICADOR DE ÁGUA)</t>
+  </si>
+  <si>
+    <t>054/2023</t>
+  </si>
+  <si>
+    <t>14/03/2023</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO PARA  COMPRA DE 04 (QUATRO) PURIFICADORES DE ÁGUA PARA ATENDER AS NECESSIDADES DESTA DEFENSORIA PÚBLICA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 055/2023 REVISAO DE VEICULO AUTOMOTOR (PEÇAS)</t>
+  </si>
+  <si>
+    <t>055/2023</t>
+  </si>
+  <si>
+    <t>01/06/2023</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE PEÇAS PARA REVISÃO DE VEICULO DUSTER PERTENCENTE A FROTA OFICIAL DESTA DEFENSORIA PUBLICA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 056/2023 REVISAO DE VEICULO AUTOMOTOR (SERVIÇOS)</t>
+  </si>
+  <si>
+    <t>056/2023</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE SERVIÇO PARA REVISÃO DE VEICULO DUSTER PERTENCENTE A FROTA OFICIAL DESTA DEFENSORIA PUBLICA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 057/2023 AQUISIÇÃO DE MATERIAIS ELÉTRICOS</t>
+  </si>
+  <si>
+    <t>057/2023</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE MATERIAIS ELETRICOS PARA MANUTENÇÃO E PEQUENAS REFORMAS NAS INSTALAÇÕES PÚBLICAS.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 058/2023 AQUISIÇÃO DE MATERIAIS DE CONSTRUÇÃO</t>
+  </si>
+  <si>
+    <t>058/2023</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE MATERIAL DE CONSTRUÇÃO PARA PEQUENAS REFORMAS DAS INSTALAÇÕES PÚBLICA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 059/2023 AQUISIÇÃO DE MATERIAIS DE CONSUMO (MATERIAIS)GRÁFICOS</t>
+  </si>
+  <si>
+    <t>059/2023</t>
+  </si>
+  <si>
+    <t>12/06/2023</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE MATERIAIS GRÁFICOS, QUINHENTOS (500) FOLDERES DIREITOS LGBTQUIPNB+CONHECER PARA RESPEITAR) QUE SERÃO UTILIZADOS NO DIA INTERNACIONAL DE ORGULHO LGBT NESTA DEFENSORIA PÚBLICA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 060/2023 REVISAO DE VEICULO AUTOMOTOR (PEÇAS)</t>
+  </si>
+  <si>
+    <t>060/2023</t>
+  </si>
+  <si>
+    <t>12/07/2023</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE PEÇAS PARA SER UTILIZADA NA REVISÃO DO VEICULO AUTOMOTOR DE MARCA VOLKSWAGEM, MODELO VOYAGE, PERTENCENTE A FROTA OFICIAL DESTA DEFENSORIA PúBLICA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 061/2023 REVISAO DE VEICULO AUTOMOTOR (SERVIçO)</t>
+  </si>
+  <si>
+    <t>061/2023</t>
+  </si>
+  <si>
+    <t>AQUISIçãO PARA REVISãO DE VEICULO AUTOMOTOR DE MARCA VOLKSWAGEM, MODELO VOYAGE, PERTENCENTE A FROTA OFICIAL DESTA DEFENSORIA PúBLICA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 062/2023 AQUISIÇÃO DE MATERIAIS DE CONSUMO (MATERIAIS PERMANENTE)</t>
+  </si>
+  <si>
+    <t>062/2023</t>
+  </si>
+  <si>
+    <t>14/07/2023</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE MATERIAIS GRáFICOS REFERENTE A 500 CAPAS DE PROCESSOS QUE SERãO UTILIZADA NESTE óRGãO DA DEFENSORIA PúBLICA .</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 063/2023- INSTALAÇÃO DE AR CONDICIONADO NA VAN ( MATERIAIS ELETRICOS)</t>
+  </si>
+  <si>
+    <t>063/2023</t>
+  </si>
+  <si>
+    <t>01/08/2023</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE MATERIAIS ELETRICOS PARA SEREM USADOS NA INTALAÇÃO DE AR CONDICIONADO NA VAN DE MARCA FIAT PERTENCENTE A FROTA OFICIAL DESTA DEFENSORIA PÚBLICA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 064/2023 INSTALAÇAO DO AR CONDICIONADO NA VAN</t>
+  </si>
+  <si>
+    <t>064/2023</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO PARA INSTALAÇÃO DE AR CONDICIONADO NA VAN DE MARCA FIAT DESTA DEFENSORIA PUBLICA.</t>
+  </si>
+  <si>
+    <t>PE Nº 04/2023 AQUISIçãO DE JANELAS</t>
+  </si>
+  <si>
+    <t>04/2023</t>
+  </si>
+  <si>
+    <t>31/07/2023</t>
+  </si>
+  <si>
+    <t>LICITAçõES-E Nº 1019935 - AQUISIçãO DE MATERIAL DE CONSERVAçãO DE BENS IMóVEIS, DESTINADOS A MANUTENçãO PREDIAL DAS INSTALAçõES FíSICAS PERTENCENTES à DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>PE Nº 05/2023 AQUISIÇÃO DE MATERIAL DE LIMPEZA</t>
+  </si>
+  <si>
+    <t>05/2023</t>
+  </si>
+  <si>
+    <t>LICITAçõES-E N º 1011130 - AQUISIçãO DE MATERIAIS DE HIGIENE E LIMPEZA, DESTINADOS A DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>PE Nº 06/2023 AQUISIÇÃO DE SUPRIMENTOS DE INFORMÁTICA</t>
+  </si>
+  <si>
+    <t>06/2023</t>
+  </si>
+  <si>
+    <t>LICITAÇÕES-E Nº 1011315 - AQUISIçãO DE SUPRIMENTOS DE INFORMáTICA, DESTINADOS A DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>PE Nº 07/2023 AQUISIÇÃO DE ÔNIBUS ADAPTADO</t>
+  </si>
+  <si>
+    <t>07/2023</t>
+  </si>
+  <si>
+    <t>LICITAÇÕES-E Nº 1020729 - AQUISIçãO DE ôNIBUS ADAPTADO PARA EXECUçãO DO PROJETO DEFENSORIA ITINERANTE DE ASSISTêNCIA JURíDICA E SOCIAL àS PESSOAS PRIVADAS DE LIBERDADE, DE ACORDO COM O CONVêNIO FIRMADO ENTRE A DEFENSORIA PúBLICA DO ESTADO DA PARAíBA E DEPEN/MJ PLATAFORMA+BRASIL Nº 931624/2022.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 065/2023 INSTALAÇÃO DE AR CONDICIONADO NO VEICULO VAN (SERVIÇOS)</t>
+  </si>
+  <si>
+    <t>065/2023</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE SERVIÇO DE INSTALAÇÃO DE AR CONDICIONADO NA VAN, VEICULO  DE MARCA FIAT PERTENCENTE A FROTA DESTA DEFENSORIA PÚBLICA.</t>
+  </si>
+  <si>
+    <t>PE Nº 08/2023 AQUISIçãO DE MATERIAL DE EXPEDIENTE</t>
+  </si>
+  <si>
+    <t>08/2023</t>
+  </si>
+  <si>
+    <t>LICITAçõES-E Nº 1012408 - AQUISIçãO DE MATERIAL DE EXPEDIENTE, DESTINADOS A DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 066/2023 INSTALAÇAO DO AR CONDICIONADO NO VEICULO VAN ( MATERIAIS ELETRICOS)</t>
+  </si>
+  <si>
+    <t>066/2023</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE MATERIAIS ELETRICOS PARA INSTALAÇÃO DE AR CONDICIONADO NO VEICULO VAN MODELO FIAT DUCATO PERTENCENTE A FROTA DESTA DEFENSORIA PUBLICA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 067/2023  INSTALAÇAO DO AR CONDICIONADO NO VEICULO VAN ( AR CONDICIONADO)</t>
+  </si>
+  <si>
+    <t>067/2023</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO PARA SER INSTALADO NO VEICULO VAN, MODELO FIAT DUCATO, PERTENCENTE A FROTA DE VEICULOS DESTA DEFENSORIA PÚBLICA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 068/2023 INSTALAÇÃO DE AR CONDICIONADO NO VEICULO VAN (SERVIÇOS)</t>
+  </si>
+  <si>
+    <t>068/2023</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE SERVIÇO PARA INSTALAÇÃO DE AR CONDICIONADO NO VEICULO VAN DE MARCA FIAT DUCATO, PERTENCENTE A FROTA DE VEICULOS DESTA DEFENSORIA PÚBLICA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 063/2023 INSTALAÇÃO DE AR CONDICIONADO NA VAN ( MATERIAIS ELETRICOS)</t>
+  </si>
+  <si>
+    <t>INSTALAÇÃO DE AR CONDICIONADO DO VEICULO VAN FIAT DUCATO AUTOMOTOR PERTENCENTE A  FROTA DESTA DEFENSORIA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 069/2023 INSTALAÇÃO DE AR CONDICIONADO NA VAN ( MATERIAIS ELETRICOS)</t>
+  </si>
+  <si>
+    <t>069/2023</t>
+  </si>
+  <si>
+    <t>MATERIAIS ELéTRICOS PARA INSTALAçãO DE AR CONDICIONADO NO VEICULO VAN PERTENCENTE A FROTA DESTA DEFENSORIA PúBLICA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 070/2023 INSTALAÇÃO DE AR CONDICIONADO NA VAN ( ARCONDICIONADO)</t>
+  </si>
+  <si>
+    <t>070/2023</t>
+  </si>
+  <si>
+    <t>INSTALAÇÃO DE AR CONDICIONADO NO VEICULO AUTOMOTOR  PERTENCENTE A ESTA DEFENSORIA PUBLICA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 071/2023 INSTALAÇÃO DE AR CONDICIONADO NO VEICULO VAN (SERVIÇOS)</t>
+  </si>
+  <si>
+    <t>071/2023</t>
+  </si>
+  <si>
+    <t>SERVIÇO DE INSTALAÇÃO DE AR CONDICIONADO DO VEICULO VAN PERTENCENTE A FROTA DESTA DEFENSORIA PÚBLICA.</t>
+  </si>
+  <si>
+    <t>DISPENSA Nº 072/2023 AQUISIçãO DE TUBOS DE METALON</t>
+  </si>
+  <si>
+    <t>072/2023</t>
+  </si>
+  <si>
+    <t>03/08/2023</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE TRêS(3) TUBOS DE METALON PRA SUPRIR AS NECESSIDADES DA DEFENSORIA PUBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N° 073/2023 REVISÃO DE VEÍCULO AUTOMOTOR.</t>
+  </si>
+  <si>
+    <t>073/2023</t>
+  </si>
+  <si>
+    <t>08/08/2023</t>
+  </si>
+  <si>
+    <t>REVISÃO DE VEICULO AUTOMOTOR PERTECENTE A FROTA DE DEFENSORIA PÚBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>ADESãO  A ARP Nº 002/2023 AQUISIçãO DE COMPUTADORES</t>
+  </si>
+  <si>
+    <t>AQUISIçãO  DE COMPUTADORES  MONITOR NOTBOOKS SERVIDORES E PERIFéRICOS  PARA SUPRIR AS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>ADESãO ARP Nº 003/2023 AQUISIçãO DE SCANER</t>
+  </si>
+  <si>
+    <t>29/06/2023</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE SCANER PARA SUPRIR AS NECESSIDADES DA DEFENSORIA PúBLICA DO  ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>ADESãO ARP N° 004/2023 AQUISIçãO EQUIPAMENTOS DE INFORMáTICA</t>
+  </si>
+  <si>
+    <t>19/09/2023</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE EQUIPAMENTOS E SUPRIMENTOS DE INFORMáTICA PARA SUPRIR SA NECESSIDADES DA DEFENSORIA PUBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE 001/2023 CONTRATAçãO DIRETA  IMPRENSA</t>
+  </si>
+  <si>
+    <t>05/06/2023</t>
+  </si>
+  <si>
+    <t>PARA FORNECIMENTO DO DIáRIO OFICIAL IMPRESO E ELETRôNICO VISANDO DAR PUBLICIDADE AOS ATOS  OFICIAIS  DESTE ORGãO COMO TAMBéM TER ACESSO AS INFORMAçôES DIáRIA SOBRE ATOS DA ADMINISTRACãO PúBLICA DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>PE Nº 10/2023 INSTITUIçãO FINANCEIRA</t>
+  </si>
+  <si>
+    <t>10/2023</t>
+  </si>
+  <si>
+    <t>25/10/2023</t>
+  </si>
+  <si>
+    <t>LICITAçõES-E Nº 1025109 - CONTRATAçãO DE INSTITUIçãO FINANCEIRA PARA PRESTAçãO DOS SERVIçOS DE PAGAMENTO DA FOLHA DE SALáRIO DOS DEFENSORES PúBLICOS, SERVIDORES E ESTAGIáRIOS DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>PE Nº 09/2023 OUTSOURCING DE IMPRESSãO</t>
+  </si>
+  <si>
+    <t>09/2023</t>
+  </si>
+  <si>
+    <t>06/10/2023</t>
+  </si>
+  <si>
+    <t>LICITAÇÕES-E Nº 1023144 - CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA O FORNECIMENTO DE SOLUçãO DE OUTSOURCING DE IMPRESSãO DEPARTAMENTAL DE CARáTER LOCAL E OU DE GRANDE PORTE COM ACESSO VIA REDE LOCAL (TCP/IP), COMPREENDENDO A CESSãO DO DIREITO DE USO PARA EQUIPAMENTOS, SOFTWARES, INCLUINDO  A PRESTAçãO DE SERVIçOS DE MANUTENçãO PREVENTIVA E CORRETIVA, FORNECIMENTO DE PEçAS E SUPRIMENTOS NECESSáRIOS (EXCETO PAPEL), INCLUINDO SERVIçOS DE OPERACIONALIZAçãO DA SOLUçãO, PARA ATENDER AS NECESSIDADES DO PARQUE DE IMPRESSãO DA DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA.</t>
+  </si>
+  <si>
+    <t>OFICIO</t>
+  </si>
+  <si>
+    <t>REVISãO DE VEICULO AUTOMOTOR PERTENCENTE A FROTA  DA DEFENSORIA PúBLICA DO ESTADO DA PARAÍBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N°074  MANUTENçãO</t>
+  </si>
+  <si>
+    <t>DISPENSA-074-2023-REVISÃO DE VEICULO AUTOMOTOR PERTENCENTE A FROTA DA DEFENSORIA PUBLICA DA ESTADO DA PARAÍBA</t>
+  </si>
+  <si>
+    <t>DISPENSA N°075/2023 AQUISIçãO DE ESTANTES DE AçO</t>
+  </si>
+  <si>
+    <t>075/2023</t>
+  </si>
+  <si>
+    <t>15/08/2023</t>
+  </si>
+  <si>
+    <t>DISPENSA N°075-2023 AQUISIçãO DE 15 ESTANTES DE AçO DESTINADAS A ESTA DEFENSORIA PUBLICA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N° 76/2023 CAFÉ E AÇUCAR</t>
+  </si>
+  <si>
+    <t>76/2023</t>
+  </si>
+  <si>
+    <t>21/08/2023</t>
+  </si>
+  <si>
+    <t>DISPENSA N°76/2023. AQUISIÇÃO DE MATERIAL DE CONSUMO CAFÉ E AÇUCAR.</t>
+  </si>
+  <si>
+    <t>DISPENSA N°77/2023 AQUISIÇÃO DE CAMISAS</t>
+  </si>
+  <si>
+    <t>77/2023</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE 50 CAMISETAS PERSONALIZADAS PARA INSTALAÇÃO DA FRENTE PARLAMENTAR.</t>
+  </si>
+  <si>
+    <t>DISPENSA N°78/2023 MEU PAI TEM NOME</t>
+  </si>
+  <si>
+    <t>78/2023</t>
+  </si>
+  <si>
+    <t>18/08/2023</t>
+  </si>
+  <si>
+    <t>DISPENSA N° 78, CINQUENTA CAMISAS PARA O EVENTO MEU PAI TEM NOME, REALIZADO POR ESSA DEFENSORIA PUBLICA DO ESTADO DA PARAIBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N° 01/2024 MANUTENçãO CAMINHãO</t>
+  </si>
+  <si>
+    <t>01/2024</t>
+  </si>
+  <si>
+    <t>05/04/2024</t>
+  </si>
+  <si>
+    <t>ID CONTRATAçãO PNCP: 10733319000180-1-000001/2024 SERVIçO DE MANUTENçãO NO CAMINHãO DE PLACA OXO 3525 MARCA FORD CARGO BAú 816S PARA SUPRIR AS NECESSIDADES DA DEFENSORIA PúBLICA DA PARAíBA</t>
+  </si>
+  <si>
+    <t>DISPENSA N° 03/2024 FUNDAçãO DE APOIO DE PESQUISA, ENSINO, EXTENSãO E INOVAçãO</t>
+  </si>
+  <si>
+    <t>03/2024</t>
+  </si>
+  <si>
+    <t>ID CONTRATAçãO PNCP: 10733319000180-1-000005/2024 CONTRATAçãO CONTRATAçãO DE FUNDAçãO DE APOIO DE PESQUISA, ENSINO, EXTENSãO E INOVAçãO, SEM FINS LUCRATIVOS, PARA ATENDER AS NECESSIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA, COM OS SEGUINTES PERFIS PROFISSIONAIS:TECNOLOGIA DE INFORMAçãO.</t>
+  </si>
+  <si>
+    <t>DISPENSA N° 08/2024 MATERIAL PARA INSTALAçãO DE DIVISóRIAS</t>
+  </si>
+  <si>
+    <t>08/2024</t>
+  </si>
+  <si>
+    <t>02/03/2024</t>
+  </si>
+  <si>
+    <t>ID CONTRATAçãO PNCP: 10733319000180-1-000002/2024 - AQUISIçãO MATERIAL PARA INSTALAçãO DE DIVISóRIAS, DESTINADOS A DIVERSOS SETORES DA DEFENSORIA PúBLICA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N° 10/2024 REGISTRO DE PONTO</t>
+  </si>
+  <si>
+    <t>10/2024</t>
+  </si>
+  <si>
+    <t>05/03/2024</t>
+  </si>
+  <si>
+    <t>ID CONTRATAçãO PNCP: 10733319000180-1-000016/2024 - CONTRATAçãO E IMPLEMENTAçãO DE SISTEMA DE PONTO ONLINE APRIMORADO</t>
+  </si>
+  <si>
+    <t>DISPENSA N° 12/2024 PAPEL HIGIENICO</t>
+  </si>
+  <si>
+    <t>12/2024</t>
+  </si>
+  <si>
+    <t>ID CONTRATAçãO PNCP: 10733319000180-1-000004/2024 - AQUISIçãO DE MATERIAL DE LIMPEZA PARA ATENDER A DEMANDA DE TODA DEFENSORIA PúBLICA DA PARAIBA</t>
+  </si>
+  <si>
+    <t>DISPENSA N° 14/2024 EMPRESA ESPECIALZADA  RASTREAMENTO VIA SATéLITE</t>
+  </si>
+  <si>
+    <t>14/2024</t>
+  </si>
+  <si>
+    <t>02/04/2024</t>
+  </si>
+  <si>
+    <t>ID CONTRATAçãO PNCP: 10733319000180-1-000007/2024 - CONTRATAçãO DE EMPRESA ESPECIALIZADA PARA PRESTAçãO DE SERVIçOS DE RASTREAMENTO DE VEíCULOS VIA SATéLITE POR GPS/GSM/GPRS, COMPREENDENDO A INSTALAçãO DE MóDULOS RASTREADORES EM COMODATO E A DISPONIBILIZAçãO DE SOFTWARE DE GERENCIAMENTO COM ACESSO VIA WEB PRóPRIO, E OS RESPECTIVOS SERVIçOS DE INSTALAçãO, CONFIGURAçãO, CAPACITAçãO, SUPORTE TéCNICO E GARANTIA DE FUNCIONAMENTO, PARA GESTãO DOS 26 (VINTE E SEIS) VEíCULOS QUE COMPõE A FROTA DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA,</t>
+  </si>
+  <si>
+    <t>DISPENSA N° 05/2024 AQUISIçãO NOBREAK</t>
+  </si>
+  <si>
+    <t>05/2024</t>
+  </si>
+  <si>
+    <t>22/01/2024</t>
+  </si>
+  <si>
+    <t>AQUISIçãO DE PEçAS PARA REPARO DE NOBREAK VISANDO AUMENTAR A CAPACIDADE DE AUTONOMIA DE ENERGIA ELéTRICA DOS EQUIPAMENTOS DE INFORMáTICA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N° 13/2024 PROJETO EDITORIAL</t>
+  </si>
+  <si>
+    <t>13/2024</t>
+  </si>
+  <si>
+    <t>08/03/2024</t>
+  </si>
+  <si>
+    <t>ID CONTRATAçãO PNCP: 10733319000180-1-000013/2024 - CONTRATAçãO DE PROJETO EDITORIAL DE OBRA INDIVIDUAL, COM PREVISãO DE ATé 200 PáGINAS EM WORD, NOS FORMATO IMPRESSO E EBOOK, COM DIAGRAMAçãO, REGISTRO DA OBRA NA CâMARA BRASILEIRA DO LIVRO, ENTREGA DE ARQUIVO EM FORMATO PDF E INSERçãO DA OBRA NA BIBLIOTECA VIRTUAL DA AMAZON NO SISTEMA KDP E INSERçãO DA OBRA EM SITES DE VENDA DE LIVROS, ALéM DA IMPRESSãO SOB DEMANDA DE 50 EXEMPLARES.</t>
+  </si>
+  <si>
+    <t>DISPENSA N° 18/2024 METALON</t>
+  </si>
+  <si>
+    <t>18/2024</t>
+  </si>
+  <si>
+    <t>15/04/2024</t>
+  </si>
+  <si>
+    <t>ID CONTRATAçãO PNCP: 10733319000180-1-000014/2024 - AQUISIçãO DE TUBOS DE METALON A SEREM UTILIZADOS EM CERCA DE FECHAMENTO DA ENTRADA DESTA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N° 11/2024 CAFÉ E AÇÚCAR</t>
+  </si>
+  <si>
+    <t>11/2024</t>
+  </si>
+  <si>
+    <t>ID CONTRATAçãO PNCP: 10733319000180-1-000003/2024 -  A AQUISIçãO DE GêNEROS ALIMENTíCIOS – CAFé E AçúCAR, DESTINADOS A DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE  N° 001/2024 CONTRATO DE LOCAÇÃO</t>
+  </si>
+  <si>
+    <t>15/03/2024</t>
+  </si>
+  <si>
+    <t>OBJETO DA PRESENTE DEMANDA NãO SE TRATA DE QUALQUER  CONTRATAçãO, ONDE QUALQUER IMóVEL LOCADO SATISFARIA AS NECESSIDADES DA  DEFENSORIA PúBLICA</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 002/2024 CONTRATAÇÃO JORNALISTA PALESTRANTE</t>
+  </si>
+  <si>
+    <t>002/2024</t>
+  </si>
+  <si>
+    <t>01/04/2024</t>
+  </si>
+  <si>
+    <t>ID CONTRATAçãO PNCP: 10733319000180-1-000009/2024 - CONTRATAÇÃO DO JORNALISTA  PALESTRANTE PARA O EVENTO "DEFENSORIA PÚBLICA : 65 ANOS DE ACESSO GRATUÍTO à JUSTIÇA NA PARAÍBA". A PALESTRA INTITULADA "JORNALISMO E GARANTIA DA DIREITOS"! COM DATA NO DIA 18 DE ABRIL DE 2024, NO AUDITÓRIO DA DEFENSORIA PÚBICA DA PARAÍBA.</t>
+  </si>
+  <si>
+    <t>PE Nº 003/2024-GERENCIAMENTO DE OFICINAS MECÂNICAS</t>
+  </si>
+  <si>
+    <t>24/04/2024</t>
+  </si>
+  <si>
+    <t>ID CONTRATAçãO PNCP: 10733319000180-1-000015/2024 - SERVIçOS, DE FORMA CONTíNUA, POR MEIO DE SISTEMA INFORMATIZADO, DE ADMINISTRAçãO E GERENCIAMENTO DE MANUTENçãO PREVENTIVA E CORRETIVA DOS VEíCULOS DA FROTA DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA, COM FORNECIMENTO DE PEçAS, PNEUS, ACESSóRIOS, COMPONENTES E MATERIAIS RECOMENDADOS PELOS FABRICANTES, ALéM DE REBOQUE POR GUINCHO.</t>
+  </si>
+  <si>
+    <t>II CONCURSO PÚBLICO PARA INGRESSO NA CLASSE INICIAL DA CARREIRA DE DEFENSOR(A)  PÚBLICO(A) DA DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA</t>
+  </si>
+  <si>
+    <t>26/01/2022</t>
+  </si>
+  <si>
+    <t>O CONSELHO SUPERIOR DA DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA - CSDPE-PB, NO USO DAS ATRIBUIçõES LEGAIS, TENDO EM rnVISTA O DISPOSTO NO ART, 134, $1º, DA CONSTITUIçãO FEDERAL, NO ART. 140, PARáGRAFO úNICO, DA CONSTITUIçãO ESTADUAL DA PARAíBA, E NOS ARTS. 18, XXXI, 26, rnXIL, 55, 56, 57, 58, 59, 71, PARáGRAFO úNICO, E 159, TODOS DA LEI COMPLEMENTAR ESTADUAL Nº 104, DE 23 DE MAIO DE 2012 COM REDAçãO ALTERADA PELA LEI rnCOMPLEMENTAR Nº. 169/2021, BEM COMO O QUE PRESCREVE A DELIBERAçãO CS/DPPB Nº 003/ 2021 - TORNA PúBLICA A ABERTURA DE INSCRIçõES PARA A rnREALIZAçãO DO IL CONCURSO PúBLICO PARA O PROVIMENTO DE CARGOS DA CARREIRA DE DEFENSOR(A) PúBLICO(A) DO ESTADO DA PARAíBA, O QUAL SERá REGIDO DE rnACORDO COM AS INSTRUçõES DESTE EDITAL.</t>
+  </si>
+  <si>
+    <t>DISPENSA N° 21/2024 MATERIAL DE LIMPEZA E HIGIêNE</t>
+  </si>
+  <si>
+    <t>21/2024</t>
+  </si>
+  <si>
+    <t>06/06/2024</t>
+  </si>
+  <si>
+    <t>ID CONTRATAçãO PNCP: 10733319000180-1-000021/2024 - AQUISIÇÃO  DA MATERIAL DE HIGIENE E  LIMPEZA PARA A DEFENSORIA  PUBLICA DO ESTADO DA PARAÍBA-DPPB E DEMAIS COMARCAS.</t>
+  </si>
+  <si>
+    <t>DISPENSA N° 22/2024 MATERIAL DE EXPEDIENTE</t>
+  </si>
+  <si>
+    <t>22/2024</t>
+  </si>
+  <si>
+    <t>ID CONTRATAçãO PNCP: 10733319000180-1-000022/2024 - AQUISIÇÃO DE MATERIAL DE EXPEDIENTE PARA DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA-DPPB E DEMAIS COMARCAS.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE N° 003/2024 PLATAFORMA DE PESQUISA JURIDICA</t>
+  </si>
+  <si>
+    <t>07/05/2024</t>
+  </si>
+  <si>
+    <t>ID CONTRATAçãO PNCP: 10733319000180-1-000018/2024 CONTRATAçãO DE SERVIçO ESPECIALIZADO, VISANDO O ACESSO ILIMITADO A TODO O CONTEúDO DA PLATAFORMA, A EXEMPLO DE CONSULTAS, A CóPIA DE DECISõES JUDICIAS (SENTENçA / ACóRDãO), DOWNLOAD DE JURISPRUDêNCIA, DIáRIOS OFICIAIS, MODELOS E PEçAS, LEITURA DE REVISTA DOS TRIBUNAIS, BUSCA POR CONTEúDO DENTRO DAS OBRAS, ALéM DE ACOMPANHAMENTO E CONSULTAS PARA SUPRIR AS NECESSIDADES DA DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE N°06/2024 CONGRESSO</t>
+  </si>
+  <si>
+    <t>06/2024</t>
+  </si>
+  <si>
+    <t>28/05/2024</t>
+  </si>
+  <si>
+    <t>ID CONTRATAçãO PNCP: 10733319000180-1-000025/2024 - XVIII INSCRIÇÃO PARA O CONGRESSO BRASILEIRO DOS ASSESSORES DE COMUNICAÇÃO DO SISTEMA DE JUSTIÇA(CONBRASCON).</t>
+  </si>
+  <si>
+    <t>DISPENSA  N°19/2024 RECARGA DE EXTINTORES</t>
+  </si>
+  <si>
+    <t>19/2024</t>
+  </si>
+  <si>
+    <t>ID CONTRATAçãO PNCP: 10733319000180-1-000019/2024 - CONTRATAçãO DE EMPRESA ESPECIALIZADA NA MANUTENçãO, RECARGA, SUBSTITUIçãO, INSTALAçãO E SINALIZAçãO DE EXTINTORES, EM ATENDIMENTO AS NECESSIDADES DEMANDADAS PELA SEDE E DEMAIS UNIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA – DPPB.</t>
+  </si>
+  <si>
+    <t>DISPENSA N° 20/2024 AQUISIçãO DE EXTINTOR</t>
+  </si>
+  <si>
+    <t>20/2024</t>
+  </si>
+  <si>
+    <t>ID CONTRATAçãO PNCP: 10733319000180-1-000020/2024 - AQUISIçãO DE EXTINTORES, EM ATENDIMENTO AS NECESSIDADES DEMANDADAS PELA SEDE E DEMAIS UNIDADES DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA – DPPB.</t>
+  </si>
+  <si>
+    <t>DISPENSA N° 23/2024 AQUISIÇÃO DE CADEIRAS-FUNDO DA DPPB</t>
+  </si>
+  <si>
+    <t>23/2024</t>
+  </si>
+  <si>
+    <t>ID CONTRATAçãO PNCP: 10733319000180-1-000023/2024 -  AQUISIçãO DE CADEIRAS DE PLáSTICO PARA UTILIZAçãO EM EVENTOS E AçõES SOCIAIS DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N° 24/2024 SERVIçO DE SEGURANçA ELETRONICA</t>
+  </si>
+  <si>
+    <t>24/2024</t>
+  </si>
+  <si>
+    <t>13/06/2024</t>
+  </si>
+  <si>
+    <t>ID CONTRATAçãO PNCP: 10733319000180-1-000026/2024 - CONTRATAçãO DE EMPRESA ESPECIALIZADA NO SERVIçOS DE SEGURANçA ELETRôNICA E VIDEOMONITORAMENTO PARA ATENDER àS NECESSIDADES DO NúCLEO E SEDE ADMINISTRATIVA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA (DPPB),</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 005/2024 CURSO CAPACITAÇÃO</t>
+  </si>
+  <si>
+    <t>005/2024</t>
+  </si>
+  <si>
+    <t>03/06/2024</t>
+  </si>
+  <si>
+    <t>ID CONTRATAçãO PNCP: 10733319000180-1-000024/2024 - CONTRATAçãO DE EMPRESA TENDO EM VISTA CURSO DE ELABORAçãO DOS INSTRUMENTOS DE PLANEJAMENTO DA CONTRATAçãO PERíODO 03 A 05 DE JUNHO DO CORRENTE ANO.</t>
+  </si>
+  <si>
+    <t>DISPENSA N° 01/2024 AQUISICAO DE RADIO COMUNICADOR-FUNDO DA DPPB</t>
+  </si>
+  <si>
+    <t>ID CONTRATAçãO PNCP: 10733319000180-1-000027/2024 -AQUISIçãO DE RADIO COMUNICADOR PARA SUPRIR AS NECESSIDADES DA DEFENSORIA PúBLICA DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N° 15/2024 SERVIÇO MAESTRO CORALISTA-FUNDO DA DPPB</t>
+  </si>
+  <si>
+    <t>15/2024</t>
+  </si>
+  <si>
+    <t>25/03/2024</t>
+  </si>
+  <si>
+    <t>ID CONTRATAçãO PNCP: 10733319000180-1-000010/2024-  CONTRATAçãO DE EMPRESA ESPECIALIZADA PARA DISPONIBILIZAçãO DE UM REGENTE CORALISTA.</t>
+  </si>
+  <si>
+    <t>ID CONTRATAçãO PNCP: 10733319000180-1-000010/2024- CONTRATAçãO DE EMPRESA ESPECIALIZADA PARA DISPONIBILIZAçãO DE UM REGENTE CORALISTA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N° 26/2024 AQUISIçãO DE PLACAS DE TOMBAMENTO</t>
+  </si>
+  <si>
+    <t>26/2024</t>
+  </si>
+  <si>
+    <t>08/07/2024</t>
+  </si>
+  <si>
+    <t>ID CONTRATAçãO PNCP: 10733319000180-1-000032/2024 - AQUISIçãO DE PLACAS DE IDENTIFICAçãO PARA TOMBAMENTO DE BENS PERMANENTES PERTENCENTES A DEFENSORIA PúBLICA DO ESTADO DA PARAíBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N° 02/2024 AQUISIÇÃO DE VENTILADORES DE PAREDE-FUNDO DA DPPB</t>
+  </si>
+  <si>
+    <t>02/2024</t>
+  </si>
+  <si>
+    <t>ID CONTRATAçãO PNCP: 10733319000180-1-000030/2024 - AQUISIçãO DE MáQUINAS, UTENSíLIOS E EQUIPAMENTOS DIVERSOS (VENTILADORES DE PAREDE 60CM).</t>
+  </si>
+  <si>
+    <t>DISPENSA N° 03/2024 AQUISIÇÃO DE BEBEDOUROS-FUNDO DA DPPB</t>
+  </si>
+  <si>
+    <t>ID CONTRATAçãO PNCP: 10733319000180-1-000031/2024 - AQUISIçãO DE BEBEDOUROS PARA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA – DPPB.</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE Nº 003/2024 LOCAÇÃO DE IMOVEL DE PICUI</t>
+  </si>
+  <si>
+    <t>12/07/2024</t>
+  </si>
+  <si>
+    <t>ID CONTRATAçãO PNCP: 10733319000180-1-000033/2024- LOCAÇÃO DE IMOVÉL PARA FUNCIONAMENTO DO NÚCLEO DE ATENDIMENTO DA DEFENSORIA PÚBLIDA EM PICUÍ/PB.</t>
+  </si>
+  <si>
+    <t>DISPENSA N°28/2024 AQUISIÇÃO DE MATERIAL DE PROTEÇÃO E SEGURANÇA</t>
+  </si>
+  <si>
+    <t>28/2024</t>
+  </si>
+  <si>
+    <t>17/07/2024</t>
+  </si>
+  <si>
+    <t>ID CONTRATAçãO PNCP: 10733319000180-1-000034/2024-  AQUISIçãO DE MATERIAL DE PROTEçãO E SEGURANçA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N°27/2024 AQUISIçãO DE MATERIAL DE CONSTRUçãO-FERRAMENTAS</t>
+  </si>
+  <si>
+    <t>27/2024</t>
+  </si>
+  <si>
+    <t>18/07/2024</t>
+  </si>
+  <si>
+    <t>ID CONTRATAçãO PNCP: 10733319000180-1-000035/2024-  AQUISIçãO DE MATERIAL DE CONSTRUçãO - FERRAMENTAS.</t>
+  </si>
+  <si>
+    <t>DISPENSA N°04/2024  AQUISIçãO DE MATERIAL DE CONSTRUÇÃO - MÁQUINAS, UTENSÍLIOS E EQUIPAMENTOS DIVERSOS.</t>
+  </si>
+  <si>
+    <t>04/2024</t>
+  </si>
+  <si>
+    <t>ID CONTRATAçãO PNCP: 10733319000180-1-000036/2024- AQUISIçãO DE MATERIAL DE CONSTRUÇÃO - MÁQUINAS, UTENSÍLIOS E EQUIPAMENTOS DIVERSOS.</t>
+  </si>
+  <si>
+    <t>MANUTENçAO DE VEíCULOS</t>
+  </si>
+  <si>
+    <t>ID CONTRATAçãO PNCP: 10733319000180-1-000015/2024-rnCONTRATAçãO DE SERVIçOS, DE FORMA CONTíNUA, POR MEIO DE SISTEMA INFORMATIZADO, DE ADMINISTRAçãO E GERENCIAMENTO DE MANUTENçãO PREVENTIVA E CORRETIVA DOS VEíCULOS DA FROTA DA DEFENSORIA PúBLICA DO ESTADO DA PARAíBA, COM FORNECIMENTO DE PEçAS, PNEUS, ACESSóRIOS, COMPONENTES E MATERIAIS RECOMENDADOS PELOS FABRICANTES, ALéM DE REBOQUE POR GUINCHO.</t>
+  </si>
+  <si>
+    <t>DISPENSA N ° 29 AQUISIÇÃO DE MATERIAL DE COZINHA</t>
+  </si>
+  <si>
+    <t>29/07/2024</t>
+  </si>
+  <si>
+    <t>ID CONTRATAçãO PNCP: 10733319000180-1-000037/2024- AQUISIÇÃO DE MATERIAL DE COZINHARNRN</t>
+  </si>
+  <si>
+    <t>DISPENSA N° 25 AQUISIÇÃO DE MATERIAL DE CONSTRUÇÃO</t>
+  </si>
+  <si>
+    <t>30/07/2024</t>
+  </si>
+  <si>
+    <t>ID CONTRATAçãO PNCP: 10733319000180-1-000038/2024-RNAQUISIçãO DE MATERIAL DE CONSTRUçãO PARA SUPRIR AS NECESSIDADES DA DEFENSORIA PUBLICA DA PARAÍBA.</t>
+  </si>
+  <si>
+    <t>DISPENSA N° 16/2024 CONTRATAçãO MESTRE DE CERIMONIA</t>
+  </si>
+  <si>
+    <t>16/2024</t>
+  </si>
+  <si>
+    <t>ID CONTRATAçãO PNCP: 10733319000180-1-000011/2024-CONTRATAçãO DO MESTRE DE CERIMôNIA, ESPECIALISTA EM EVENTOS, PARA CONDUçãO DE SOLENIDADE DE POSSE DE DEFENSORAS E DEFENSORES PúBLICOS CONCURSADOS DO ESTADO DA PARAíBA.RNRN</t>
+  </si>
+  <si>
+    <t>DISPENSA N° 30/2024 SERVIçO DE VIGILâNCIA ELETRôNICA - PATOS</t>
+  </si>
+  <si>
+    <t>30/2024</t>
+  </si>
+  <si>
+    <t>07/08/2024</t>
+  </si>
+  <si>
+    <t>ID CONTRATAçãO PNCP: 10733319000180-1-000039/2024-RNCONTRATAçãO DE EMPRESA ESPECIALIZADA EM SERVIçOS DE SEGURANçA ELETRôNICA PATOS.</t>
+  </si>
+  <si>
+    <t>ADESAO ARP N° 01/2024 AQUISICAO DE COMPUTADOR BASICO</t>
+  </si>
+  <si>
+    <t>09/08/2024</t>
+  </si>
+  <si>
+    <t>ADESAO ARP N° 01/2024 AQUISICAO DE VENTILADORES</t>
+  </si>
+  <si>
+    <t>ADESAO ARP N° 02/2024 AQUISICAO DE MONITORES</t>
+  </si>
+  <si>
+    <t>15/09/2024</t>
+  </si>
+  <si>
+    <t>07/09/2024</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE MICROCOMPUTADOR DESKTOP.</t>
+  </si>
+  <si>
+    <t>ADESAO ARP N° 02/2024 AQUISICAO DE MONITOR</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE MONITOR 23,8 LG.</t>
+  </si>
+  <si>
+    <t>ADESAO ARP N° 03/2024 AQUISICAO DE NOTEBOOK</t>
+  </si>
+  <si>
+    <t>15/08/2024</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE NOTEBOOK BÁSICO LENOVO.</t>
+  </si>
+  <si>
+    <t>DISPEBSA N º 34/2024 CONTRATAçãO DE SERVIÇOS ADMINISTRATIVO</t>
+  </si>
+  <si>
+    <t>34/2024</t>
+  </si>
+  <si>
+    <t>07/11/2024</t>
+  </si>
+  <si>
+    <t>CONTRATAçãO DE PESSOA JURíDICA PARA EXECUçãO DE SERVIçO DE PREPARAçãO DE DOCUMENTOS E SERVIçOS ESPECIALIZADOS DE APOIO ADMINISTRATIVO. RNID CONTRATAçãO PNCP: 10733319000180-1-000048/2024RN</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -798,51 +6873,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J28"/>
+  <dimension ref="A1:J673"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1700,50 +7775,16130 @@
         <v>137</v>
       </c>
       <c r="C28" t="s">
         <v>138</v>
       </c>
       <c r="D28" t="s">
         <v>128</v>
       </c>
       <c r="E28" t="s">
         <v>14</v>
       </c>
       <c r="F28" t="s">
         <v>15</v>
       </c>
       <c r="G28" t="s">
         <v>16</v>
       </c>
       <c r="H28" t="s">
         <v>51</v>
       </c>
       <c r="I28" t="s">
         <v>139</v>
       </c>
       <c r="J28" t="s">
         <v>130</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10">
+      <c r="A29" t="s">
+        <v>140</v>
+      </c>
+      <c r="B29" t="s">
+        <v>141</v>
+      </c>
+      <c r="C29" t="s">
+        <v>142</v>
+      </c>
+      <c r="D29" t="s">
+        <v>143</v>
+      </c>
+      <c r="E29" t="s">
+        <v>31</v>
+      </c>
+      <c r="H29" t="s">
+        <v>51</v>
+      </c>
+      <c r="I29" t="s">
+        <v>144</v>
+      </c>
+      <c r="J29" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10">
+      <c r="A30" t="s">
+        <v>140</v>
+      </c>
+      <c r="B30" t="s">
+        <v>146</v>
+      </c>
+      <c r="C30" t="s">
+        <v>147</v>
+      </c>
+      <c r="D30" t="s">
+        <v>148</v>
+      </c>
+      <c r="E30" t="s">
+        <v>31</v>
+      </c>
+      <c r="H30" t="s">
+        <v>51</v>
+      </c>
+      <c r="I30" t="s">
+        <v>149</v>
+      </c>
+      <c r="J30" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10">
+      <c r="A31" t="s">
+        <v>140</v>
+      </c>
+      <c r="H31" t="s">
+        <v>51</v>
+      </c>
+      <c r="J31" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10">
+      <c r="A32" t="s">
+        <v>140</v>
+      </c>
+      <c r="B32" t="s">
+        <v>150</v>
+      </c>
+      <c r="C32" t="s">
+        <v>151</v>
+      </c>
+      <c r="D32" t="s">
+        <v>152</v>
+      </c>
+      <c r="E32" t="s">
+        <v>31</v>
+      </c>
+      <c r="H32" t="s">
+        <v>51</v>
+      </c>
+      <c r="I32" t="s">
+        <v>153</v>
+      </c>
+      <c r="J32" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10">
+      <c r="A33" t="s">
+        <v>140</v>
+      </c>
+      <c r="D33" t="s">
+        <v>154</v>
+      </c>
+      <c r="H33" t="s">
+        <v>51</v>
+      </c>
+      <c r="J33" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="34" spans="1:10">
+      <c r="A34" t="s">
+        <v>140</v>
+      </c>
+      <c r="B34" t="s">
+        <v>155</v>
+      </c>
+      <c r="C34" t="s">
+        <v>156</v>
+      </c>
+      <c r="D34" t="s">
+        <v>157</v>
+      </c>
+      <c r="E34" t="s">
+        <v>31</v>
+      </c>
+      <c r="H34" t="s">
+        <v>51</v>
+      </c>
+      <c r="I34" t="s">
+        <v>158</v>
+      </c>
+      <c r="J34" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="35" spans="1:10">
+      <c r="A35" t="s">
+        <v>140</v>
+      </c>
+      <c r="B35" t="s">
+        <v>159</v>
+      </c>
+      <c r="C35" t="s">
+        <v>160</v>
+      </c>
+      <c r="D35" t="s">
+        <v>161</v>
+      </c>
+      <c r="H35" t="s">
+        <v>51</v>
+      </c>
+      <c r="I35" t="s">
+        <v>162</v>
+      </c>
+      <c r="J35" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="36" spans="1:10">
+      <c r="A36" t="s">
+        <v>140</v>
+      </c>
+      <c r="B36" t="s">
+        <v>163</v>
+      </c>
+      <c r="C36" t="s">
+        <v>164</v>
+      </c>
+      <c r="D36" t="s">
+        <v>165</v>
+      </c>
+      <c r="H36" t="s">
+        <v>51</v>
+      </c>
+      <c r="I36" t="s">
+        <v>166</v>
+      </c>
+      <c r="J36" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10">
+      <c r="A37" t="s">
+        <v>140</v>
+      </c>
+      <c r="B37" t="s">
+        <v>167</v>
+      </c>
+      <c r="C37" t="s">
+        <v>168</v>
+      </c>
+      <c r="D37" t="s">
+        <v>169</v>
+      </c>
+      <c r="H37" t="s">
+        <v>51</v>
+      </c>
+      <c r="I37" t="s">
+        <v>170</v>
+      </c>
+      <c r="J37" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="38" spans="1:10">
+      <c r="A38" t="s">
+        <v>140</v>
+      </c>
+      <c r="B38" t="s">
+        <v>171</v>
+      </c>
+      <c r="C38" t="s">
+        <v>160</v>
+      </c>
+      <c r="D38" t="s">
+        <v>161</v>
+      </c>
+      <c r="E38" t="s">
+        <v>31</v>
+      </c>
+      <c r="H38" t="s">
+        <v>51</v>
+      </c>
+      <c r="I38" t="s">
+        <v>172</v>
+      </c>
+      <c r="J38" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="39" spans="1:10">
+      <c r="A39" t="s">
+        <v>140</v>
+      </c>
+      <c r="B39" t="s">
+        <v>173</v>
+      </c>
+      <c r="C39" t="s">
+        <v>174</v>
+      </c>
+      <c r="D39" t="s">
+        <v>175</v>
+      </c>
+      <c r="E39" t="s">
+        <v>31</v>
+      </c>
+      <c r="H39" t="s">
+        <v>51</v>
+      </c>
+      <c r="I39" t="s">
+        <v>176</v>
+      </c>
+      <c r="J39" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="40" spans="1:10">
+      <c r="A40" t="s">
+        <v>140</v>
+      </c>
+      <c r="B40" t="s">
+        <v>177</v>
+      </c>
+      <c r="C40" t="s">
+        <v>178</v>
+      </c>
+      <c r="D40" t="s">
+        <v>179</v>
+      </c>
+      <c r="E40" t="s">
+        <v>31</v>
+      </c>
+      <c r="H40" t="s">
+        <v>51</v>
+      </c>
+      <c r="I40" t="s">
+        <v>180</v>
+      </c>
+      <c r="J40" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="41" spans="1:10">
+      <c r="A41" t="s">
+        <v>140</v>
+      </c>
+      <c r="B41" t="s">
+        <v>181</v>
+      </c>
+      <c r="C41" t="s">
+        <v>147</v>
+      </c>
+      <c r="D41" t="s">
+        <v>148</v>
+      </c>
+      <c r="E41" t="s">
+        <v>31</v>
+      </c>
+      <c r="H41" t="s">
+        <v>51</v>
+      </c>
+      <c r="I41" t="s">
+        <v>182</v>
+      </c>
+      <c r="J41" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="42" spans="1:10">
+      <c r="A42" t="s">
+        <v>140</v>
+      </c>
+      <c r="B42" t="s">
+        <v>183</v>
+      </c>
+      <c r="C42" t="s">
+        <v>142</v>
+      </c>
+      <c r="D42" t="s">
+        <v>184</v>
+      </c>
+      <c r="H42" t="s">
+        <v>51</v>
+      </c>
+      <c r="I42" t="s">
+        <v>185</v>
+      </c>
+      <c r="J42" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="43" spans="1:10">
+      <c r="A43" t="s">
+        <v>140</v>
+      </c>
+      <c r="B43" t="s">
+        <v>186</v>
+      </c>
+      <c r="C43" t="s">
+        <v>142</v>
+      </c>
+      <c r="D43" t="s">
+        <v>143</v>
+      </c>
+      <c r="E43" t="s">
+        <v>187</v>
+      </c>
+      <c r="H43" t="s">
+        <v>51</v>
+      </c>
+      <c r="I43" t="s">
+        <v>188</v>
+      </c>
+      <c r="J43" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="44" spans="1:10">
+      <c r="A44" t="s">
+        <v>140</v>
+      </c>
+      <c r="B44" t="s">
+        <v>159</v>
+      </c>
+      <c r="C44" t="s">
+        <v>160</v>
+      </c>
+      <c r="D44" t="s">
+        <v>189</v>
+      </c>
+      <c r="H44" t="s">
+        <v>51</v>
+      </c>
+      <c r="I44" t="s">
+        <v>190</v>
+      </c>
+      <c r="J44" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="45" spans="1:10">
+      <c r="A45" t="s">
+        <v>140</v>
+      </c>
+      <c r="B45" t="s">
+        <v>191</v>
+      </c>
+      <c r="C45" t="s">
+        <v>192</v>
+      </c>
+      <c r="D45" t="s">
+        <v>193</v>
+      </c>
+      <c r="H45" t="s">
+        <v>51</v>
+      </c>
+      <c r="I45" t="s">
+        <v>194</v>
+      </c>
+      <c r="J45" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="46" spans="1:10">
+      <c r="A46" t="s">
+        <v>140</v>
+      </c>
+      <c r="B46" t="s">
+        <v>195</v>
+      </c>
+      <c r="C46" t="s">
+        <v>151</v>
+      </c>
+      <c r="D46" t="s">
+        <v>152</v>
+      </c>
+      <c r="E46" t="s">
+        <v>31</v>
+      </c>
+      <c r="H46" t="s">
+        <v>51</v>
+      </c>
+      <c r="I46" t="s">
+        <v>196</v>
+      </c>
+      <c r="J46" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="47" spans="1:10">
+      <c r="A47" t="s">
+        <v>140</v>
+      </c>
+      <c r="B47" t="s">
+        <v>197</v>
+      </c>
+      <c r="C47" t="s">
+        <v>198</v>
+      </c>
+      <c r="D47" t="s">
+        <v>199</v>
+      </c>
+      <c r="H47" t="s">
+        <v>51</v>
+      </c>
+      <c r="I47" t="s">
+        <v>200</v>
+      </c>
+      <c r="J47" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="48" spans="1:10">
+      <c r="A48" t="s">
+        <v>140</v>
+      </c>
+      <c r="B48" t="s">
+        <v>201</v>
+      </c>
+      <c r="C48" t="s">
+        <v>202</v>
+      </c>
+      <c r="D48" t="s">
+        <v>203</v>
+      </c>
+      <c r="H48" t="s">
+        <v>51</v>
+      </c>
+      <c r="I48" t="s">
+        <v>204</v>
+      </c>
+      <c r="J48" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10">
+      <c r="A49" t="s">
+        <v>140</v>
+      </c>
+      <c r="B49" t="s">
+        <v>205</v>
+      </c>
+      <c r="C49" t="s">
+        <v>206</v>
+      </c>
+      <c r="D49" t="s">
+        <v>207</v>
+      </c>
+      <c r="E49" t="s">
+        <v>31</v>
+      </c>
+      <c r="H49" t="s">
+        <v>51</v>
+      </c>
+      <c r="I49" t="s">
+        <v>208</v>
+      </c>
+      <c r="J49" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10">
+      <c r="A50" t="s">
+        <v>140</v>
+      </c>
+      <c r="B50" t="s">
+        <v>209</v>
+      </c>
+      <c r="C50" t="s">
+        <v>210</v>
+      </c>
+      <c r="D50" t="s">
+        <v>211</v>
+      </c>
+      <c r="E50" t="s">
+        <v>31</v>
+      </c>
+      <c r="H50" t="s">
+        <v>51</v>
+      </c>
+      <c r="I50" t="s">
+        <v>212</v>
+      </c>
+      <c r="J50" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10">
+      <c r="A51" t="s">
+        <v>140</v>
+      </c>
+      <c r="B51" t="s">
+        <v>213</v>
+      </c>
+      <c r="C51" t="s">
+        <v>214</v>
+      </c>
+      <c r="D51" t="s">
+        <v>215</v>
+      </c>
+      <c r="E51" t="s">
+        <v>31</v>
+      </c>
+      <c r="H51" t="s">
+        <v>51</v>
+      </c>
+      <c r="I51" t="s">
+        <v>216</v>
+      </c>
+      <c r="J51" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="52" spans="1:10">
+      <c r="A52" t="s">
+        <v>140</v>
+      </c>
+      <c r="B52" t="s">
+        <v>217</v>
+      </c>
+      <c r="C52" t="s">
+        <v>168</v>
+      </c>
+      <c r="D52" t="s">
+        <v>169</v>
+      </c>
+      <c r="E52" t="s">
+        <v>31</v>
+      </c>
+      <c r="H52" t="s">
+        <v>51</v>
+      </c>
+      <c r="I52" t="s">
+        <v>218</v>
+      </c>
+      <c r="J52" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10">
+      <c r="A53" t="s">
+        <v>140</v>
+      </c>
+      <c r="B53" t="s">
+        <v>219</v>
+      </c>
+      <c r="C53" t="s">
+        <v>164</v>
+      </c>
+      <c r="D53" t="s">
+        <v>165</v>
+      </c>
+      <c r="E53" t="s">
+        <v>31</v>
+      </c>
+      <c r="H53" t="s">
+        <v>51</v>
+      </c>
+      <c r="I53" t="s">
+        <v>220</v>
+      </c>
+      <c r="J53" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="54" spans="1:10">
+      <c r="A54" t="s">
+        <v>140</v>
+      </c>
+      <c r="B54" t="s">
+        <v>221</v>
+      </c>
+      <c r="C54" t="s">
+        <v>202</v>
+      </c>
+      <c r="D54" t="s">
+        <v>203</v>
+      </c>
+      <c r="E54" t="s">
+        <v>31</v>
+      </c>
+      <c r="H54" t="s">
+        <v>51</v>
+      </c>
+      <c r="I54" t="s">
+        <v>222</v>
+      </c>
+      <c r="J54" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="55" spans="1:10">
+      <c r="A55" t="s">
+        <v>140</v>
+      </c>
+      <c r="B55" t="s">
+        <v>223</v>
+      </c>
+      <c r="C55" t="s">
+        <v>224</v>
+      </c>
+      <c r="D55" t="s">
+        <v>225</v>
+      </c>
+      <c r="E55" t="s">
+        <v>31</v>
+      </c>
+      <c r="H55" t="s">
+        <v>51</v>
+      </c>
+      <c r="I55" t="s">
+        <v>226</v>
+      </c>
+      <c r="J55" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="56" spans="1:10">
+      <c r="A56" t="s">
+        <v>140</v>
+      </c>
+      <c r="B56" t="s">
+        <v>227</v>
+      </c>
+      <c r="C56" t="s">
+        <v>228</v>
+      </c>
+      <c r="D56" t="s">
+        <v>229</v>
+      </c>
+      <c r="E56" t="s">
+        <v>31</v>
+      </c>
+      <c r="H56" t="s">
+        <v>51</v>
+      </c>
+      <c r="I56" t="s">
+        <v>230</v>
+      </c>
+      <c r="J56" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="57" spans="1:10">
+      <c r="A57" t="s">
+        <v>140</v>
+      </c>
+      <c r="B57" t="s">
+        <v>231</v>
+      </c>
+      <c r="C57" t="s">
+        <v>232</v>
+      </c>
+      <c r="D57" t="s">
+        <v>233</v>
+      </c>
+      <c r="E57" t="s">
+        <v>31</v>
+      </c>
+      <c r="H57" t="s">
+        <v>51</v>
+      </c>
+      <c r="I57" t="s">
+        <v>234</v>
+      </c>
+      <c r="J57" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="58" spans="1:10">
+      <c r="A58" t="s">
+        <v>140</v>
+      </c>
+      <c r="B58" t="s">
+        <v>235</v>
+      </c>
+      <c r="C58" t="s">
+        <v>174</v>
+      </c>
+      <c r="D58" t="s">
+        <v>175</v>
+      </c>
+      <c r="H58" t="s">
+        <v>51</v>
+      </c>
+      <c r="I58" t="s">
+        <v>236</v>
+      </c>
+      <c r="J58" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="59" spans="1:10">
+      <c r="A59" t="s">
+        <v>140</v>
+      </c>
+      <c r="B59" t="s">
+        <v>237</v>
+      </c>
+      <c r="C59" t="s">
+        <v>192</v>
+      </c>
+      <c r="D59" t="s">
+        <v>193</v>
+      </c>
+      <c r="E59" t="s">
+        <v>31</v>
+      </c>
+      <c r="H59" t="s">
+        <v>51</v>
+      </c>
+      <c r="I59" t="s">
+        <v>238</v>
+      </c>
+      <c r="J59" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="60" spans="1:10">
+      <c r="A60" t="s">
+        <v>140</v>
+      </c>
+      <c r="B60" t="s">
+        <v>239</v>
+      </c>
+      <c r="C60" t="s">
+        <v>240</v>
+      </c>
+      <c r="D60" t="s">
+        <v>241</v>
+      </c>
+      <c r="E60" t="s">
+        <v>31</v>
+      </c>
+      <c r="H60" t="s">
+        <v>51</v>
+      </c>
+      <c r="I60" t="s">
+        <v>242</v>
+      </c>
+      <c r="J60" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10">
+      <c r="A61" t="s">
+        <v>140</v>
+      </c>
+      <c r="B61" t="s">
+        <v>243</v>
+      </c>
+      <c r="C61" t="s">
+        <v>198</v>
+      </c>
+      <c r="D61" t="s">
+        <v>199</v>
+      </c>
+      <c r="E61" t="s">
+        <v>31</v>
+      </c>
+      <c r="H61" t="s">
+        <v>51</v>
+      </c>
+      <c r="I61" t="s">
+        <v>244</v>
+      </c>
+      <c r="J61" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="62" spans="1:10">
+      <c r="A62" t="s">
+        <v>140</v>
+      </c>
+      <c r="B62" t="s">
+        <v>245</v>
+      </c>
+      <c r="D62" t="s">
+        <v>246</v>
+      </c>
+      <c r="H62" t="s">
+        <v>51</v>
+      </c>
+      <c r="I62" t="s">
+        <v>247</v>
+      </c>
+      <c r="J62" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="63" spans="1:10">
+      <c r="A63" t="s">
+        <v>140</v>
+      </c>
+      <c r="B63" t="s">
+        <v>248</v>
+      </c>
+      <c r="C63" t="s">
+        <v>249</v>
+      </c>
+      <c r="D63" t="s">
+        <v>250</v>
+      </c>
+      <c r="E63" t="s">
+        <v>31</v>
+      </c>
+      <c r="H63" t="s">
+        <v>51</v>
+      </c>
+      <c r="I63" t="s">
+        <v>251</v>
+      </c>
+      <c r="J63" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="64" spans="1:10">
+      <c r="A64" t="s">
+        <v>140</v>
+      </c>
+      <c r="B64" t="s">
+        <v>252</v>
+      </c>
+      <c r="C64" t="s">
+        <v>178</v>
+      </c>
+      <c r="D64" t="s">
+        <v>179</v>
+      </c>
+      <c r="E64" t="s">
+        <v>31</v>
+      </c>
+      <c r="H64" t="s">
+        <v>51</v>
+      </c>
+      <c r="I64" t="s">
+        <v>253</v>
+      </c>
+      <c r="J64" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="65" spans="1:10">
+      <c r="A65" t="s">
+        <v>140</v>
+      </c>
+      <c r="B65" t="s">
+        <v>254</v>
+      </c>
+      <c r="D65" t="s">
+        <v>255</v>
+      </c>
+      <c r="H65" t="s">
+        <v>51</v>
+      </c>
+      <c r="I65" t="s">
+        <v>256</v>
+      </c>
+      <c r="J65" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="66" spans="1:10">
+      <c r="A66" t="s">
+        <v>140</v>
+      </c>
+      <c r="B66" t="s">
+        <v>257</v>
+      </c>
+      <c r="D66" t="s">
+        <v>258</v>
+      </c>
+      <c r="H66" t="s">
+        <v>51</v>
+      </c>
+      <c r="I66" t="s">
+        <v>259</v>
+      </c>
+      <c r="J66" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="67" spans="1:10">
+      <c r="A67" t="s">
+        <v>140</v>
+      </c>
+      <c r="B67" t="s">
+        <v>260</v>
+      </c>
+      <c r="C67" t="s">
+        <v>261</v>
+      </c>
+      <c r="D67" t="s">
+        <v>262</v>
+      </c>
+      <c r="E67" t="s">
+        <v>31</v>
+      </c>
+      <c r="H67" t="s">
+        <v>51</v>
+      </c>
+      <c r="I67" t="s">
+        <v>263</v>
+      </c>
+      <c r="J67" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="68" spans="1:10">
+      <c r="A68" t="s">
+        <v>140</v>
+      </c>
+      <c r="B68" t="s">
+        <v>264</v>
+      </c>
+      <c r="C68" t="s">
+        <v>265</v>
+      </c>
+      <c r="D68" t="s">
+        <v>266</v>
+      </c>
+      <c r="E68" t="s">
+        <v>31</v>
+      </c>
+      <c r="H68" t="s">
+        <v>51</v>
+      </c>
+      <c r="I68" t="s">
+        <v>267</v>
+      </c>
+      <c r="J68" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="69" spans="1:10">
+      <c r="A69" t="s">
+        <v>140</v>
+      </c>
+      <c r="B69" t="s">
+        <v>268</v>
+      </c>
+      <c r="C69" t="s">
+        <v>269</v>
+      </c>
+      <c r="D69" t="s">
+        <v>270</v>
+      </c>
+      <c r="E69" t="s">
+        <v>31</v>
+      </c>
+      <c r="H69" t="s">
+        <v>51</v>
+      </c>
+      <c r="I69" t="s">
+        <v>271</v>
+      </c>
+      <c r="J69" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="70" spans="1:10">
+      <c r="A70" t="s">
+        <v>140</v>
+      </c>
+      <c r="B70" t="s">
+        <v>272</v>
+      </c>
+      <c r="C70" t="s">
+        <v>156</v>
+      </c>
+      <c r="D70" t="s">
+        <v>157</v>
+      </c>
+      <c r="E70" t="s">
+        <v>273</v>
+      </c>
+      <c r="H70" t="s">
+        <v>51</v>
+      </c>
+      <c r="I70" t="s">
+        <v>274</v>
+      </c>
+      <c r="J70" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="71" spans="1:10">
+      <c r="A71" t="s">
+        <v>140</v>
+      </c>
+      <c r="B71" t="s">
+        <v>275</v>
+      </c>
+      <c r="C71" t="s">
+        <v>261</v>
+      </c>
+      <c r="D71" t="s">
+        <v>262</v>
+      </c>
+      <c r="E71" t="s">
+        <v>31</v>
+      </c>
+      <c r="H71" t="s">
+        <v>51</v>
+      </c>
+      <c r="I71" t="s">
+        <v>276</v>
+      </c>
+      <c r="J71" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="72" spans="1:10">
+      <c r="A72" t="s">
+        <v>140</v>
+      </c>
+      <c r="B72" t="s">
+        <v>277</v>
+      </c>
+      <c r="C72" t="s">
+        <v>269</v>
+      </c>
+      <c r="D72" t="s">
+        <v>270</v>
+      </c>
+      <c r="E72" t="s">
+        <v>273</v>
+      </c>
+      <c r="H72" t="s">
+        <v>51</v>
+      </c>
+      <c r="I72" t="s">
+        <v>276</v>
+      </c>
+      <c r="J72" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="73" spans="1:10">
+      <c r="A73" t="s">
+        <v>140</v>
+      </c>
+      <c r="B73" t="s">
+        <v>278</v>
+      </c>
+      <c r="C73" t="s">
+        <v>142</v>
+      </c>
+      <c r="D73" t="s">
+        <v>143</v>
+      </c>
+      <c r="E73" t="s">
+        <v>31</v>
+      </c>
+      <c r="H73" t="s">
+        <v>51</v>
+      </c>
+      <c r="I73" t="s">
+        <v>279</v>
+      </c>
+      <c r="J73" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="74" spans="1:10">
+      <c r="A74" t="s">
+        <v>140</v>
+      </c>
+      <c r="B74" t="s">
+        <v>280</v>
+      </c>
+      <c r="C74" t="s">
+        <v>174</v>
+      </c>
+      <c r="D74" t="s">
+        <v>281</v>
+      </c>
+      <c r="E74" t="s">
+        <v>31</v>
+      </c>
+      <c r="H74" t="s">
+        <v>51</v>
+      </c>
+      <c r="I74" t="s">
+        <v>282</v>
+      </c>
+      <c r="J74" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="75" spans="1:10">
+      <c r="A75" t="s">
+        <v>140</v>
+      </c>
+      <c r="B75" t="s">
+        <v>283</v>
+      </c>
+      <c r="C75" t="s">
+        <v>284</v>
+      </c>
+      <c r="D75" t="s">
+        <v>285</v>
+      </c>
+      <c r="E75" t="s">
+        <v>31</v>
+      </c>
+      <c r="H75" t="s">
+        <v>51</v>
+      </c>
+      <c r="I75" t="s">
+        <v>286</v>
+      </c>
+      <c r="J75" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="76" spans="1:10">
+      <c r="A76" t="s">
+        <v>140</v>
+      </c>
+      <c r="B76" t="s">
+        <v>287</v>
+      </c>
+      <c r="C76" t="s">
+        <v>288</v>
+      </c>
+      <c r="D76" t="s">
+        <v>289</v>
+      </c>
+      <c r="E76" t="s">
+        <v>31</v>
+      </c>
+      <c r="H76" t="s">
+        <v>51</v>
+      </c>
+      <c r="I76" t="s">
+        <v>290</v>
+      </c>
+      <c r="J76" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="77" spans="1:10">
+      <c r="A77" t="s">
+        <v>140</v>
+      </c>
+      <c r="B77" t="s">
+        <v>291</v>
+      </c>
+      <c r="C77" t="s">
+        <v>156</v>
+      </c>
+      <c r="D77" t="s">
+        <v>157</v>
+      </c>
+      <c r="E77" t="s">
+        <v>31</v>
+      </c>
+      <c r="H77" t="s">
+        <v>51</v>
+      </c>
+      <c r="I77" t="s">
+        <v>292</v>
+      </c>
+      <c r="J77" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="78" spans="1:10">
+      <c r="A78" t="s">
+        <v>140</v>
+      </c>
+      <c r="B78" t="s">
+        <v>293</v>
+      </c>
+      <c r="D78" t="s">
+        <v>294</v>
+      </c>
+      <c r="E78" t="s">
+        <v>31</v>
+      </c>
+      <c r="H78" t="s">
+        <v>51</v>
+      </c>
+      <c r="I78" t="s">
+        <v>295</v>
+      </c>
+      <c r="J78" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="79" spans="1:10">
+      <c r="A79" t="s">
+        <v>140</v>
+      </c>
+      <c r="B79" t="s">
+        <v>296</v>
+      </c>
+      <c r="C79" t="s">
+        <v>142</v>
+      </c>
+      <c r="D79" t="s">
+        <v>143</v>
+      </c>
+      <c r="E79" t="s">
+        <v>31</v>
+      </c>
+      <c r="H79" t="s">
+        <v>51</v>
+      </c>
+      <c r="I79" t="s">
+        <v>297</v>
+      </c>
+      <c r="J79" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="80" spans="1:10">
+      <c r="A80" t="s">
+        <v>140</v>
+      </c>
+      <c r="B80" t="s">
+        <v>298</v>
+      </c>
+      <c r="C80" t="s">
+        <v>299</v>
+      </c>
+      <c r="D80" t="s">
+        <v>300</v>
+      </c>
+      <c r="E80" t="s">
+        <v>31</v>
+      </c>
+      <c r="H80" t="s">
+        <v>51</v>
+      </c>
+      <c r="I80" t="s">
+        <v>301</v>
+      </c>
+      <c r="J80" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="81" spans="1:10">
+      <c r="A81" t="s">
+        <v>140</v>
+      </c>
+      <c r="B81" t="s">
+        <v>302</v>
+      </c>
+      <c r="C81" t="s">
+        <v>151</v>
+      </c>
+      <c r="D81" t="s">
+        <v>152</v>
+      </c>
+      <c r="E81" t="s">
+        <v>31</v>
+      </c>
+      <c r="H81" t="s">
+        <v>51</v>
+      </c>
+      <c r="I81" t="s">
+        <v>303</v>
+      </c>
+      <c r="J81" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="82" spans="1:10">
+      <c r="A82" t="s">
+        <v>140</v>
+      </c>
+      <c r="B82" t="s">
+        <v>304</v>
+      </c>
+      <c r="C82" t="s">
+        <v>305</v>
+      </c>
+      <c r="D82" t="s">
+        <v>306</v>
+      </c>
+      <c r="E82" t="s">
+        <v>273</v>
+      </c>
+      <c r="H82" t="s">
+        <v>51</v>
+      </c>
+      <c r="I82" t="s">
+        <v>307</v>
+      </c>
+      <c r="J82" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="83" spans="1:10">
+      <c r="A83" t="s">
+        <v>140</v>
+      </c>
+      <c r="B83" t="s">
+        <v>308</v>
+      </c>
+      <c r="C83" t="s">
+        <v>309</v>
+      </c>
+      <c r="D83" t="s">
+        <v>310</v>
+      </c>
+      <c r="E83" t="s">
+        <v>14</v>
+      </c>
+      <c r="H83" t="s">
+        <v>51</v>
+      </c>
+      <c r="I83" t="s">
+        <v>311</v>
+      </c>
+      <c r="J83" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="84" spans="1:10">
+      <c r="A84" t="s">
+        <v>140</v>
+      </c>
+      <c r="B84" t="s">
+        <v>312</v>
+      </c>
+      <c r="C84" t="s">
+        <v>299</v>
+      </c>
+      <c r="D84" t="s">
+        <v>300</v>
+      </c>
+      <c r="E84" t="s">
+        <v>273</v>
+      </c>
+      <c r="H84" t="s">
+        <v>51</v>
+      </c>
+      <c r="I84" t="s">
+        <v>313</v>
+      </c>
+      <c r="J84" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="85" spans="1:10">
+      <c r="A85" t="s">
+        <v>140</v>
+      </c>
+      <c r="B85" t="s">
+        <v>314</v>
+      </c>
+      <c r="C85" t="s">
+        <v>315</v>
+      </c>
+      <c r="D85" t="s">
+        <v>316</v>
+      </c>
+      <c r="E85" t="s">
+        <v>31</v>
+      </c>
+      <c r="H85" t="s">
+        <v>51</v>
+      </c>
+      <c r="I85" t="s">
+        <v>317</v>
+      </c>
+      <c r="J85" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="86" spans="1:10">
+      <c r="A86" t="s">
+        <v>140</v>
+      </c>
+      <c r="B86" t="s">
+        <v>318</v>
+      </c>
+      <c r="C86" t="s">
+        <v>147</v>
+      </c>
+      <c r="D86" t="s">
+        <v>148</v>
+      </c>
+      <c r="E86" t="s">
+        <v>273</v>
+      </c>
+      <c r="H86" t="s">
+        <v>51</v>
+      </c>
+      <c r="I86" t="s">
+        <v>319</v>
+      </c>
+      <c r="J86" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="87" spans="1:10">
+      <c r="A87" t="s">
+        <v>140</v>
+      </c>
+      <c r="B87" t="s">
+        <v>320</v>
+      </c>
+      <c r="C87" t="s">
+        <v>305</v>
+      </c>
+      <c r="D87" t="s">
+        <v>306</v>
+      </c>
+      <c r="E87" t="s">
+        <v>31</v>
+      </c>
+      <c r="H87" t="s">
+        <v>51</v>
+      </c>
+      <c r="I87" t="s">
+        <v>321</v>
+      </c>
+      <c r="J87" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="88" spans="1:10">
+      <c r="A88" t="s">
+        <v>140</v>
+      </c>
+      <c r="B88" t="s">
+        <v>322</v>
+      </c>
+      <c r="C88" t="s">
+        <v>323</v>
+      </c>
+      <c r="D88" t="s">
+        <v>324</v>
+      </c>
+      <c r="E88" t="s">
+        <v>31</v>
+      </c>
+      <c r="H88" t="s">
+        <v>51</v>
+      </c>
+      <c r="I88" t="s">
+        <v>325</v>
+      </c>
+      <c r="J88" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="89" spans="1:10">
+      <c r="A89" t="s">
+        <v>140</v>
+      </c>
+      <c r="B89" t="s">
+        <v>326</v>
+      </c>
+      <c r="C89" t="s">
+        <v>327</v>
+      </c>
+      <c r="D89" t="s">
+        <v>328</v>
+      </c>
+      <c r="E89" t="s">
+        <v>273</v>
+      </c>
+      <c r="H89" t="s">
+        <v>51</v>
+      </c>
+      <c r="I89" t="s">
+        <v>329</v>
+      </c>
+      <c r="J89" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="90" spans="1:10">
+      <c r="A90" t="s">
+        <v>140</v>
+      </c>
+      <c r="B90" t="s">
+        <v>330</v>
+      </c>
+      <c r="C90" t="s">
+        <v>331</v>
+      </c>
+      <c r="D90" t="s">
+        <v>332</v>
+      </c>
+      <c r="E90" t="s">
+        <v>273</v>
+      </c>
+      <c r="H90" t="s">
+        <v>51</v>
+      </c>
+      <c r="I90" t="s">
+        <v>311</v>
+      </c>
+      <c r="J90" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="91" spans="1:10">
+      <c r="A91" t="s">
+        <v>140</v>
+      </c>
+      <c r="B91" t="s">
+        <v>333</v>
+      </c>
+      <c r="C91" t="s">
+        <v>284</v>
+      </c>
+      <c r="D91" t="s">
+        <v>285</v>
+      </c>
+      <c r="E91" t="s">
+        <v>31</v>
+      </c>
+      <c r="H91" t="s">
+        <v>51</v>
+      </c>
+      <c r="I91" t="s">
+        <v>334</v>
+      </c>
+      <c r="J91" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="92" spans="1:10">
+      <c r="A92" t="s">
+        <v>140</v>
+      </c>
+      <c r="B92" t="s">
+        <v>335</v>
+      </c>
+      <c r="C92" t="s">
+        <v>288</v>
+      </c>
+      <c r="D92" t="s">
+        <v>289</v>
+      </c>
+      <c r="E92" t="s">
+        <v>31</v>
+      </c>
+      <c r="H92" t="s">
+        <v>51</v>
+      </c>
+      <c r="I92" t="s">
+        <v>336</v>
+      </c>
+      <c r="J92" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="93" spans="1:10">
+      <c r="A93" t="s">
+        <v>140</v>
+      </c>
+      <c r="B93" t="s">
+        <v>337</v>
+      </c>
+      <c r="C93" t="s">
+        <v>309</v>
+      </c>
+      <c r="D93" t="s">
+        <v>310</v>
+      </c>
+      <c r="E93" t="s">
+        <v>31</v>
+      </c>
+      <c r="H93" t="s">
+        <v>51</v>
+      </c>
+      <c r="I93" t="s">
+        <v>338</v>
+      </c>
+      <c r="J93" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="94" spans="1:10">
+      <c r="A94" t="s">
+        <v>140</v>
+      </c>
+      <c r="B94" t="s">
+        <v>339</v>
+      </c>
+      <c r="C94" t="s">
+        <v>299</v>
+      </c>
+      <c r="D94" t="s">
+        <v>300</v>
+      </c>
+      <c r="E94" t="s">
+        <v>31</v>
+      </c>
+      <c r="H94" t="s">
+        <v>51</v>
+      </c>
+      <c r="I94" t="s">
+        <v>340</v>
+      </c>
+      <c r="J94" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="95" spans="1:10">
+      <c r="A95" t="s">
+        <v>140</v>
+      </c>
+      <c r="B95" t="s">
+        <v>341</v>
+      </c>
+      <c r="C95" t="s">
+        <v>342</v>
+      </c>
+      <c r="D95" t="s">
+        <v>343</v>
+      </c>
+      <c r="E95" t="s">
+        <v>273</v>
+      </c>
+      <c r="H95" t="s">
+        <v>51</v>
+      </c>
+      <c r="I95" t="s">
+        <v>344</v>
+      </c>
+      <c r="J95" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="96" spans="1:10">
+      <c r="A96" t="s">
+        <v>140</v>
+      </c>
+      <c r="B96" t="s">
+        <v>345</v>
+      </c>
+      <c r="C96" t="s">
+        <v>261</v>
+      </c>
+      <c r="D96" t="s">
+        <v>262</v>
+      </c>
+      <c r="E96" t="s">
+        <v>31</v>
+      </c>
+      <c r="H96" t="s">
+        <v>51</v>
+      </c>
+      <c r="I96" t="s">
+        <v>346</v>
+      </c>
+      <c r="J96" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="97" spans="1:10">
+      <c r="A97" t="s">
+        <v>140</v>
+      </c>
+      <c r="B97" t="s">
+        <v>347</v>
+      </c>
+      <c r="C97" t="s">
+        <v>269</v>
+      </c>
+      <c r="D97" t="s">
+        <v>270</v>
+      </c>
+      <c r="E97" t="s">
+        <v>31</v>
+      </c>
+      <c r="H97" t="s">
+        <v>51</v>
+      </c>
+      <c r="I97" t="s">
+        <v>348</v>
+      </c>
+      <c r="J97" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="98" spans="1:10">
+      <c r="A98" t="s">
+        <v>140</v>
+      </c>
+      <c r="B98" t="s">
+        <v>349</v>
+      </c>
+      <c r="C98" t="s">
+        <v>284</v>
+      </c>
+      <c r="D98" t="s">
+        <v>285</v>
+      </c>
+      <c r="E98" t="s">
+        <v>31</v>
+      </c>
+      <c r="H98" t="s">
+        <v>51</v>
+      </c>
+      <c r="I98" t="s">
+        <v>350</v>
+      </c>
+      <c r="J98" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="99" spans="1:10">
+      <c r="A99" t="s">
+        <v>140</v>
+      </c>
+      <c r="B99" t="s">
+        <v>351</v>
+      </c>
+      <c r="C99" t="s">
+        <v>288</v>
+      </c>
+      <c r="D99" t="s">
+        <v>289</v>
+      </c>
+      <c r="E99" t="s">
+        <v>31</v>
+      </c>
+      <c r="H99" t="s">
+        <v>51</v>
+      </c>
+      <c r="I99" t="s">
+        <v>352</v>
+      </c>
+      <c r="J99" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="100" spans="1:10">
+      <c r="A100" t="s">
+        <v>140</v>
+      </c>
+      <c r="B100" t="s">
+        <v>353</v>
+      </c>
+      <c r="C100" t="s">
+        <v>309</v>
+      </c>
+      <c r="D100" t="s">
+        <v>310</v>
+      </c>
+      <c r="E100" t="s">
+        <v>31</v>
+      </c>
+      <c r="H100" t="s">
+        <v>51</v>
+      </c>
+      <c r="I100" t="s">
+        <v>354</v>
+      </c>
+      <c r="J100" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="101" spans="1:10">
+      <c r="A101" t="s">
+        <v>140</v>
+      </c>
+      <c r="B101" t="s">
+        <v>355</v>
+      </c>
+      <c r="C101" t="s">
+        <v>356</v>
+      </c>
+      <c r="D101" t="s">
+        <v>357</v>
+      </c>
+      <c r="E101" t="s">
+        <v>31</v>
+      </c>
+      <c r="H101" t="s">
+        <v>51</v>
+      </c>
+      <c r="I101" t="s">
+        <v>358</v>
+      </c>
+      <c r="J101" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="102" spans="1:10">
+      <c r="A102" t="s">
+        <v>140</v>
+      </c>
+      <c r="B102" t="s">
+        <v>359</v>
+      </c>
+      <c r="C102" t="s">
+        <v>142</v>
+      </c>
+      <c r="D102" t="s">
+        <v>143</v>
+      </c>
+      <c r="E102" t="s">
+        <v>31</v>
+      </c>
+      <c r="H102" t="s">
+        <v>51</v>
+      </c>
+      <c r="I102" t="s">
+        <v>360</v>
+      </c>
+      <c r="J102" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="103" spans="1:10">
+      <c r="A103" t="s">
+        <v>140</v>
+      </c>
+      <c r="B103" t="s">
+        <v>361</v>
+      </c>
+      <c r="C103" t="s">
+        <v>151</v>
+      </c>
+      <c r="D103" t="s">
+        <v>152</v>
+      </c>
+      <c r="E103" t="s">
+        <v>31</v>
+      </c>
+      <c r="H103" t="s">
+        <v>51</v>
+      </c>
+      <c r="I103" t="s">
+        <v>362</v>
+      </c>
+      <c r="J103" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="104" spans="1:10">
+      <c r="A104" t="s">
+        <v>140</v>
+      </c>
+      <c r="B104" t="s">
+        <v>363</v>
+      </c>
+      <c r="C104" t="s">
+        <v>156</v>
+      </c>
+      <c r="D104" t="s">
+        <v>157</v>
+      </c>
+      <c r="E104" t="s">
+        <v>31</v>
+      </c>
+      <c r="H104" t="s">
+        <v>51</v>
+      </c>
+      <c r="I104" t="s">
+        <v>364</v>
+      </c>
+      <c r="J104" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="105" spans="1:10">
+      <c r="A105" t="s">
+        <v>140</v>
+      </c>
+      <c r="B105" t="s">
+        <v>365</v>
+      </c>
+      <c r="C105" t="s">
+        <v>261</v>
+      </c>
+      <c r="D105" t="s">
+        <v>262</v>
+      </c>
+      <c r="E105" t="s">
+        <v>31</v>
+      </c>
+      <c r="H105" t="s">
+        <v>51</v>
+      </c>
+      <c r="I105" t="s">
+        <v>366</v>
+      </c>
+      <c r="J105" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="106" spans="1:10">
+      <c r="A106" t="s">
+        <v>140</v>
+      </c>
+      <c r="B106" t="s">
+        <v>367</v>
+      </c>
+      <c r="C106" t="s">
+        <v>269</v>
+      </c>
+      <c r="D106" t="s">
+        <v>270</v>
+      </c>
+      <c r="E106" t="s">
+        <v>31</v>
+      </c>
+      <c r="H106" t="s">
+        <v>51</v>
+      </c>
+      <c r="I106" t="s">
+        <v>368</v>
+      </c>
+      <c r="J106" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="107" spans="1:10">
+      <c r="A107" t="s">
+        <v>140</v>
+      </c>
+      <c r="B107" t="s">
+        <v>369</v>
+      </c>
+      <c r="C107" t="s">
+        <v>284</v>
+      </c>
+      <c r="D107" t="s">
+        <v>285</v>
+      </c>
+      <c r="E107" t="s">
+        <v>31</v>
+      </c>
+      <c r="H107" t="s">
+        <v>51</v>
+      </c>
+      <c r="I107" t="s">
+        <v>370</v>
+      </c>
+      <c r="J107" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="108" spans="1:10">
+      <c r="A108" t="s">
+        <v>140</v>
+      </c>
+      <c r="B108" t="s">
+        <v>371</v>
+      </c>
+      <c r="C108" t="s">
+        <v>288</v>
+      </c>
+      <c r="D108" t="s">
+        <v>289</v>
+      </c>
+      <c r="E108" t="s">
+        <v>31</v>
+      </c>
+      <c r="H108" t="s">
+        <v>51</v>
+      </c>
+      <c r="I108" t="s">
+        <v>372</v>
+      </c>
+      <c r="J108" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="109" spans="1:10">
+      <c r="A109" t="s">
+        <v>140</v>
+      </c>
+      <c r="B109" t="s">
+        <v>373</v>
+      </c>
+      <c r="C109" t="s">
+        <v>309</v>
+      </c>
+      <c r="D109" t="s">
+        <v>310</v>
+      </c>
+      <c r="E109" t="s">
+        <v>31</v>
+      </c>
+      <c r="H109" t="s">
+        <v>51</v>
+      </c>
+      <c r="I109" t="s">
+        <v>374</v>
+      </c>
+      <c r="J109" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="110" spans="1:10">
+      <c r="A110" t="s">
+        <v>140</v>
+      </c>
+      <c r="B110" t="s">
+        <v>375</v>
+      </c>
+      <c r="C110" t="s">
+        <v>299</v>
+      </c>
+      <c r="D110" t="s">
+        <v>300</v>
+      </c>
+      <c r="E110" t="s">
+        <v>31</v>
+      </c>
+      <c r="H110" t="s">
+        <v>51</v>
+      </c>
+      <c r="I110" t="s">
+        <v>376</v>
+      </c>
+      <c r="J110" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="111" spans="1:10">
+      <c r="A111" t="s">
+        <v>140</v>
+      </c>
+      <c r="B111" t="s">
+        <v>377</v>
+      </c>
+      <c r="C111" t="s">
+        <v>305</v>
+      </c>
+      <c r="D111" t="s">
+        <v>306</v>
+      </c>
+      <c r="E111" t="s">
+        <v>31</v>
+      </c>
+      <c r="H111" t="s">
+        <v>51</v>
+      </c>
+      <c r="I111" t="s">
+        <v>378</v>
+      </c>
+      <c r="J111" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="112" spans="1:10">
+      <c r="A112" t="s">
+        <v>140</v>
+      </c>
+      <c r="B112" t="s">
+        <v>379</v>
+      </c>
+      <c r="C112" t="s">
+        <v>315</v>
+      </c>
+      <c r="D112" t="s">
+        <v>316</v>
+      </c>
+      <c r="E112" t="s">
+        <v>31</v>
+      </c>
+      <c r="H112" t="s">
+        <v>51</v>
+      </c>
+      <c r="I112" t="s">
+        <v>380</v>
+      </c>
+      <c r="J112" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="113" spans="1:10">
+      <c r="A113" t="s">
+        <v>140</v>
+      </c>
+      <c r="B113" t="s">
+        <v>381</v>
+      </c>
+      <c r="C113" t="s">
+        <v>315</v>
+      </c>
+      <c r="D113" t="s">
+        <v>316</v>
+      </c>
+      <c r="E113" t="s">
+        <v>31</v>
+      </c>
+      <c r="H113" t="s">
+        <v>51</v>
+      </c>
+      <c r="I113" t="s">
+        <v>382</v>
+      </c>
+      <c r="J113" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="114" spans="1:10">
+      <c r="A114" t="s">
+        <v>140</v>
+      </c>
+      <c r="B114" t="s">
+        <v>383</v>
+      </c>
+      <c r="C114" t="s">
+        <v>384</v>
+      </c>
+      <c r="D114" t="s">
+        <v>385</v>
+      </c>
+      <c r="E114" t="s">
+        <v>31</v>
+      </c>
+      <c r="H114" t="s">
+        <v>51</v>
+      </c>
+      <c r="I114" t="s">
+        <v>386</v>
+      </c>
+      <c r="J114" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="115" spans="1:10">
+      <c r="A115" t="s">
+        <v>140</v>
+      </c>
+      <c r="B115" t="s">
+        <v>387</v>
+      </c>
+      <c r="C115" t="s">
+        <v>388</v>
+      </c>
+      <c r="D115" t="s">
+        <v>389</v>
+      </c>
+      <c r="E115" t="s">
+        <v>31</v>
+      </c>
+      <c r="H115" t="s">
+        <v>51</v>
+      </c>
+      <c r="I115" t="s">
+        <v>390</v>
+      </c>
+      <c r="J115" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="116" spans="1:10">
+      <c r="A116" t="s">
+        <v>140</v>
+      </c>
+      <c r="B116" t="s">
+        <v>391</v>
+      </c>
+      <c r="C116" t="s">
+        <v>305</v>
+      </c>
+      <c r="D116" t="s">
+        <v>306</v>
+      </c>
+      <c r="E116" t="s">
+        <v>273</v>
+      </c>
+      <c r="H116" t="s">
+        <v>51</v>
+      </c>
+      <c r="I116" t="s">
+        <v>392</v>
+      </c>
+      <c r="J116" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="117" spans="1:10">
+      <c r="A117" t="s">
+        <v>140</v>
+      </c>
+      <c r="B117" t="s">
+        <v>393</v>
+      </c>
+      <c r="C117" t="s">
+        <v>315</v>
+      </c>
+      <c r="D117" t="s">
+        <v>394</v>
+      </c>
+      <c r="E117" t="s">
+        <v>273</v>
+      </c>
+      <c r="H117" t="s">
+        <v>51</v>
+      </c>
+      <c r="I117" t="s">
+        <v>395</v>
+      </c>
+      <c r="J117" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="118" spans="1:10">
+      <c r="A118" t="s">
+        <v>140</v>
+      </c>
+      <c r="B118" t="s">
+        <v>396</v>
+      </c>
+      <c r="C118" t="s">
+        <v>397</v>
+      </c>
+      <c r="D118" t="s">
+        <v>398</v>
+      </c>
+      <c r="E118" t="s">
+        <v>31</v>
+      </c>
+      <c r="H118" t="s">
+        <v>51</v>
+      </c>
+      <c r="I118" t="s">
+        <v>399</v>
+      </c>
+      <c r="J118" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="119" spans="1:10">
+      <c r="A119" t="s">
+        <v>140</v>
+      </c>
+      <c r="B119" t="s">
+        <v>400</v>
+      </c>
+      <c r="C119" t="s">
+        <v>356</v>
+      </c>
+      <c r="D119" t="s">
+        <v>357</v>
+      </c>
+      <c r="E119" t="s">
+        <v>273</v>
+      </c>
+      <c r="H119" t="s">
+        <v>51</v>
+      </c>
+      <c r="I119" t="s">
+        <v>401</v>
+      </c>
+      <c r="J119" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="120" spans="1:10">
+      <c r="A120" t="s">
+        <v>140</v>
+      </c>
+      <c r="B120" t="s">
+        <v>402</v>
+      </c>
+      <c r="C120" t="s">
+        <v>384</v>
+      </c>
+      <c r="D120" t="s">
+        <v>403</v>
+      </c>
+      <c r="E120" t="s">
+        <v>31</v>
+      </c>
+      <c r="H120" t="s">
+        <v>51</v>
+      </c>
+      <c r="I120" t="s">
+        <v>404</v>
+      </c>
+      <c r="J120" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="121" spans="1:10">
+      <c r="A121" t="s">
+        <v>140</v>
+      </c>
+      <c r="B121" t="s">
+        <v>405</v>
+      </c>
+      <c r="C121" t="s">
+        <v>323</v>
+      </c>
+      <c r="D121" t="s">
+        <v>324</v>
+      </c>
+      <c r="E121" t="s">
+        <v>31</v>
+      </c>
+      <c r="H121" t="s">
+        <v>51</v>
+      </c>
+      <c r="I121" t="s">
+        <v>406</v>
+      </c>
+      <c r="J121" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="122" spans="1:10">
+      <c r="A122" t="s">
+        <v>140</v>
+      </c>
+      <c r="B122" t="s">
+        <v>407</v>
+      </c>
+      <c r="C122" t="s">
+        <v>356</v>
+      </c>
+      <c r="D122" t="s">
+        <v>357</v>
+      </c>
+      <c r="E122" t="s">
+        <v>31</v>
+      </c>
+      <c r="H122" t="s">
+        <v>51</v>
+      </c>
+      <c r="I122" t="s">
+        <v>408</v>
+      </c>
+      <c r="J122" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="123" spans="1:10">
+      <c r="A123" t="s">
+        <v>140</v>
+      </c>
+      <c r="B123" t="s">
+        <v>409</v>
+      </c>
+      <c r="C123" t="s">
+        <v>142</v>
+      </c>
+      <c r="D123" t="s">
+        <v>410</v>
+      </c>
+      <c r="E123" t="s">
+        <v>31</v>
+      </c>
+      <c r="H123" t="s">
+        <v>51</v>
+      </c>
+      <c r="I123" t="s">
+        <v>411</v>
+      </c>
+      <c r="J123" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="124" spans="1:10">
+      <c r="A124" t="s">
+        <v>140</v>
+      </c>
+      <c r="B124" t="s">
+        <v>412</v>
+      </c>
+      <c r="C124" t="s">
+        <v>147</v>
+      </c>
+      <c r="D124" t="s">
+        <v>148</v>
+      </c>
+      <c r="E124" t="s">
+        <v>31</v>
+      </c>
+      <c r="H124" t="s">
+        <v>51</v>
+      </c>
+      <c r="I124" t="s">
+        <v>413</v>
+      </c>
+      <c r="J124" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="125" spans="1:10">
+      <c r="A125" t="s">
+        <v>140</v>
+      </c>
+      <c r="B125" t="s">
+        <v>414</v>
+      </c>
+      <c r="C125" t="s">
+        <v>415</v>
+      </c>
+      <c r="D125" t="s">
+        <v>416</v>
+      </c>
+      <c r="E125" t="s">
+        <v>273</v>
+      </c>
+      <c r="H125" t="s">
+        <v>51</v>
+      </c>
+      <c r="I125" t="s">
+        <v>417</v>
+      </c>
+      <c r="J125" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="126" spans="1:10">
+      <c r="A126" t="s">
+        <v>140</v>
+      </c>
+      <c r="B126" t="s">
+        <v>418</v>
+      </c>
+      <c r="C126" t="s">
+        <v>147</v>
+      </c>
+      <c r="D126" t="s">
+        <v>148</v>
+      </c>
+      <c r="H126" t="s">
+        <v>51</v>
+      </c>
+      <c r="I126" t="s">
+        <v>419</v>
+      </c>
+      <c r="J126" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="127" spans="1:10">
+      <c r="A127" t="s">
+        <v>140</v>
+      </c>
+      <c r="B127" t="s">
+        <v>420</v>
+      </c>
+      <c r="C127" t="s">
+        <v>415</v>
+      </c>
+      <c r="D127" t="s">
+        <v>416</v>
+      </c>
+      <c r="E127" t="s">
+        <v>31</v>
+      </c>
+      <c r="H127" t="s">
+        <v>51</v>
+      </c>
+      <c r="I127" t="s">
+        <v>421</v>
+      </c>
+      <c r="J127" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="128" spans="1:10">
+      <c r="A128" t="s">
+        <v>140</v>
+      </c>
+      <c r="B128" t="s">
+        <v>422</v>
+      </c>
+      <c r="C128" t="s">
+        <v>423</v>
+      </c>
+      <c r="D128" t="s">
+        <v>424</v>
+      </c>
+      <c r="E128" t="s">
+        <v>31</v>
+      </c>
+      <c r="H128" t="s">
+        <v>51</v>
+      </c>
+      <c r="I128" t="s">
+        <v>417</v>
+      </c>
+      <c r="J128" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="129" spans="1:10">
+      <c r="A129" t="s">
+        <v>140</v>
+      </c>
+      <c r="B129" t="s">
+        <v>425</v>
+      </c>
+      <c r="C129" t="s">
+        <v>426</v>
+      </c>
+      <c r="D129" t="s">
+        <v>427</v>
+      </c>
+      <c r="E129" t="s">
+        <v>273</v>
+      </c>
+      <c r="H129" t="s">
+        <v>51</v>
+      </c>
+      <c r="I129" t="s">
+        <v>428</v>
+      </c>
+      <c r="J129" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="130" spans="1:10">
+      <c r="A130" t="s">
+        <v>140</v>
+      </c>
+      <c r="B130" t="s">
+        <v>429</v>
+      </c>
+      <c r="C130" t="s">
+        <v>397</v>
+      </c>
+      <c r="D130" t="s">
+        <v>430</v>
+      </c>
+      <c r="E130" t="s">
+        <v>31</v>
+      </c>
+      <c r="H130" t="s">
+        <v>51</v>
+      </c>
+      <c r="I130" t="s">
+        <v>431</v>
+      </c>
+      <c r="J130" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="131" spans="1:10">
+      <c r="A131" t="s">
+        <v>140</v>
+      </c>
+      <c r="B131" t="s">
+        <v>432</v>
+      </c>
+      <c r="C131" t="s">
+        <v>384</v>
+      </c>
+      <c r="D131" t="s">
+        <v>385</v>
+      </c>
+      <c r="E131" t="s">
+        <v>31</v>
+      </c>
+      <c r="H131" t="s">
+        <v>51</v>
+      </c>
+      <c r="I131" t="s">
+        <v>433</v>
+      </c>
+      <c r="J131" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="132" spans="1:10">
+      <c r="A132" t="s">
+        <v>140</v>
+      </c>
+      <c r="B132" t="s">
+        <v>434</v>
+      </c>
+      <c r="C132" t="s">
+        <v>388</v>
+      </c>
+      <c r="D132" t="s">
+        <v>435</v>
+      </c>
+      <c r="E132" t="s">
+        <v>31</v>
+      </c>
+      <c r="H132" t="s">
+        <v>51</v>
+      </c>
+      <c r="I132" t="s">
+        <v>436</v>
+      </c>
+      <c r="J132" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="133" spans="1:10">
+      <c r="A133" t="s">
+        <v>140</v>
+      </c>
+      <c r="B133" t="s">
+        <v>437</v>
+      </c>
+      <c r="C133" t="s">
+        <v>388</v>
+      </c>
+      <c r="D133" t="s">
+        <v>389</v>
+      </c>
+      <c r="E133" t="s">
+        <v>31</v>
+      </c>
+      <c r="H133" t="s">
+        <v>51</v>
+      </c>
+      <c r="I133" t="s">
+        <v>438</v>
+      </c>
+      <c r="J133" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="134" spans="1:10">
+      <c r="A134" t="s">
+        <v>140</v>
+      </c>
+      <c r="B134" t="s">
+        <v>439</v>
+      </c>
+      <c r="C134" t="s">
+        <v>397</v>
+      </c>
+      <c r="D134" t="s">
+        <v>440</v>
+      </c>
+      <c r="E134" t="s">
+        <v>31</v>
+      </c>
+      <c r="H134" t="s">
+        <v>51</v>
+      </c>
+      <c r="I134" t="s">
+        <v>441</v>
+      </c>
+      <c r="J134" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="135" spans="1:10">
+      <c r="A135" t="s">
+        <v>140</v>
+      </c>
+      <c r="B135" t="s">
+        <v>442</v>
+      </c>
+      <c r="C135" t="s">
+        <v>423</v>
+      </c>
+      <c r="D135" t="s">
+        <v>443</v>
+      </c>
+      <c r="E135" t="s">
+        <v>31</v>
+      </c>
+      <c r="H135" t="s">
+        <v>51</v>
+      </c>
+      <c r="I135" t="s">
+        <v>444</v>
+      </c>
+      <c r="J135" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="136" spans="1:10">
+      <c r="A136" t="s">
+        <v>140</v>
+      </c>
+      <c r="B136" t="s">
+        <v>445</v>
+      </c>
+      <c r="C136" t="s">
+        <v>446</v>
+      </c>
+      <c r="D136" t="s">
+        <v>447</v>
+      </c>
+      <c r="E136" t="s">
+        <v>273</v>
+      </c>
+      <c r="H136" t="s">
+        <v>51</v>
+      </c>
+      <c r="I136" t="s">
+        <v>448</v>
+      </c>
+      <c r="J136" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="137" spans="1:10">
+      <c r="A137" t="s">
+        <v>140</v>
+      </c>
+      <c r="B137" t="s">
+        <v>449</v>
+      </c>
+      <c r="C137" t="s">
+        <v>415</v>
+      </c>
+      <c r="D137" t="s">
+        <v>450</v>
+      </c>
+      <c r="E137" t="s">
+        <v>273</v>
+      </c>
+      <c r="H137" t="s">
+        <v>51</v>
+      </c>
+      <c r="I137" t="s">
+        <v>451</v>
+      </c>
+      <c r="J137" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="138" spans="1:10">
+      <c r="A138" t="s">
+        <v>140</v>
+      </c>
+      <c r="B138" t="s">
+        <v>452</v>
+      </c>
+      <c r="C138" t="s">
+        <v>423</v>
+      </c>
+      <c r="D138" t="s">
+        <v>453</v>
+      </c>
+      <c r="E138" t="s">
+        <v>273</v>
+      </c>
+      <c r="H138" t="s">
+        <v>51</v>
+      </c>
+      <c r="I138" t="s">
+        <v>454</v>
+      </c>
+      <c r="J138" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="139" spans="1:10">
+      <c r="A139" t="s">
+        <v>140</v>
+      </c>
+      <c r="B139" t="s">
+        <v>455</v>
+      </c>
+      <c r="C139" t="s">
+        <v>426</v>
+      </c>
+      <c r="D139" t="s">
+        <v>456</v>
+      </c>
+      <c r="E139" t="s">
+        <v>273</v>
+      </c>
+      <c r="H139" t="s">
+        <v>51</v>
+      </c>
+      <c r="I139" t="s">
+        <v>457</v>
+      </c>
+      <c r="J139" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="140" spans="1:10">
+      <c r="A140" t="s">
+        <v>140</v>
+      </c>
+      <c r="B140" t="s">
+        <v>458</v>
+      </c>
+      <c r="C140" t="s">
+        <v>459</v>
+      </c>
+      <c r="D140" t="s">
+        <v>460</v>
+      </c>
+      <c r="E140" t="s">
+        <v>31</v>
+      </c>
+      <c r="H140" t="s">
+        <v>51</v>
+      </c>
+      <c r="I140" t="s">
+        <v>461</v>
+      </c>
+      <c r="J140" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="141" spans="1:10">
+      <c r="A141" t="s">
+        <v>140</v>
+      </c>
+      <c r="B141" t="s">
+        <v>462</v>
+      </c>
+      <c r="C141" t="s">
+        <v>463</v>
+      </c>
+      <c r="D141" t="s">
+        <v>464</v>
+      </c>
+      <c r="E141" t="s">
+        <v>31</v>
+      </c>
+      <c r="H141" t="s">
+        <v>51</v>
+      </c>
+      <c r="I141" t="s">
+        <v>465</v>
+      </c>
+      <c r="J141" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="142" spans="1:10">
+      <c r="A142" t="s">
+        <v>140</v>
+      </c>
+      <c r="B142" t="s">
+        <v>466</v>
+      </c>
+      <c r="C142" t="s">
+        <v>467</v>
+      </c>
+      <c r="D142" t="s">
+        <v>468</v>
+      </c>
+      <c r="H142" t="s">
+        <v>51</v>
+      </c>
+      <c r="I142" t="s">
+        <v>469</v>
+      </c>
+      <c r="J142" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="143" spans="1:10">
+      <c r="A143" t="s">
+        <v>140</v>
+      </c>
+      <c r="B143" t="s">
+        <v>470</v>
+      </c>
+      <c r="C143" t="s">
+        <v>426</v>
+      </c>
+      <c r="D143" t="s">
+        <v>471</v>
+      </c>
+      <c r="E143" t="s">
+        <v>31</v>
+      </c>
+      <c r="H143" t="s">
+        <v>51</v>
+      </c>
+      <c r="I143" t="s">
+        <v>472</v>
+      </c>
+      <c r="J143" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="144" spans="1:10">
+      <c r="A144" t="s">
+        <v>140</v>
+      </c>
+      <c r="B144" t="s">
+        <v>473</v>
+      </c>
+      <c r="C144" t="s">
+        <v>446</v>
+      </c>
+      <c r="D144" t="s">
+        <v>474</v>
+      </c>
+      <c r="E144" t="s">
+        <v>31</v>
+      </c>
+      <c r="H144" t="s">
+        <v>51</v>
+      </c>
+      <c r="I144" t="s">
+        <v>475</v>
+      </c>
+      <c r="J144" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="145" spans="1:10">
+      <c r="A145" t="s">
+        <v>140</v>
+      </c>
+      <c r="B145" t="s">
+        <v>476</v>
+      </c>
+      <c r="C145" t="s">
+        <v>459</v>
+      </c>
+      <c r="D145" t="s">
+        <v>477</v>
+      </c>
+      <c r="E145" t="s">
+        <v>31</v>
+      </c>
+      <c r="H145" t="s">
+        <v>51</v>
+      </c>
+      <c r="I145" t="s">
+        <v>478</v>
+      </c>
+      <c r="J145" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="146" spans="1:10">
+      <c r="A146" t="s">
+        <v>140</v>
+      </c>
+      <c r="B146" t="s">
+        <v>479</v>
+      </c>
+      <c r="C146" t="s">
+        <v>463</v>
+      </c>
+      <c r="D146" t="s">
+        <v>480</v>
+      </c>
+      <c r="E146" t="s">
+        <v>31</v>
+      </c>
+      <c r="H146" t="s">
+        <v>51</v>
+      </c>
+      <c r="I146" t="s">
+        <v>481</v>
+      </c>
+      <c r="J146" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="147" spans="1:10">
+      <c r="A147" t="s">
+        <v>140</v>
+      </c>
+      <c r="B147" t="s">
+        <v>482</v>
+      </c>
+      <c r="C147" t="s">
+        <v>483</v>
+      </c>
+      <c r="D147" t="s">
+        <v>484</v>
+      </c>
+      <c r="E147" t="s">
+        <v>31</v>
+      </c>
+      <c r="H147" t="s">
+        <v>51</v>
+      </c>
+      <c r="I147" t="s">
+        <v>485</v>
+      </c>
+      <c r="J147" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="148" spans="1:10">
+      <c r="A148" t="s">
+        <v>140</v>
+      </c>
+      <c r="B148" t="s">
+        <v>466</v>
+      </c>
+      <c r="C148" t="s">
+        <v>467</v>
+      </c>
+      <c r="D148" t="s">
+        <v>486</v>
+      </c>
+      <c r="E148" t="s">
+        <v>31</v>
+      </c>
+      <c r="H148" t="s">
+        <v>51</v>
+      </c>
+      <c r="I148" t="s">
+        <v>487</v>
+      </c>
+      <c r="J148" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="149" spans="1:10">
+      <c r="A149" t="s">
+        <v>140</v>
+      </c>
+      <c r="B149" t="s">
+        <v>488</v>
+      </c>
+      <c r="C149" t="s">
+        <v>483</v>
+      </c>
+      <c r="D149" t="s">
+        <v>489</v>
+      </c>
+      <c r="E149" t="s">
+        <v>31</v>
+      </c>
+      <c r="H149" t="s">
+        <v>51</v>
+      </c>
+      <c r="I149" t="s">
+        <v>490</v>
+      </c>
+      <c r="J149" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="150" spans="1:10">
+      <c r="A150" t="s">
+        <v>140</v>
+      </c>
+      <c r="B150" t="s">
+        <v>491</v>
+      </c>
+      <c r="C150" t="s">
+        <v>467</v>
+      </c>
+      <c r="D150" t="s">
+        <v>492</v>
+      </c>
+      <c r="E150" t="s">
+        <v>31</v>
+      </c>
+      <c r="H150" t="s">
+        <v>51</v>
+      </c>
+      <c r="I150" t="s">
+        <v>493</v>
+      </c>
+      <c r="J150" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="151" spans="1:10">
+      <c r="A151" t="s">
+        <v>140</v>
+      </c>
+      <c r="B151" t="s">
+        <v>494</v>
+      </c>
+      <c r="C151" t="s">
+        <v>495</v>
+      </c>
+      <c r="D151" t="s">
+        <v>496</v>
+      </c>
+      <c r="E151" t="s">
+        <v>31</v>
+      </c>
+      <c r="H151" t="s">
+        <v>51</v>
+      </c>
+      <c r="I151" t="s">
+        <v>497</v>
+      </c>
+      <c r="J151" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="152" spans="1:10">
+      <c r="A152" t="s">
+        <v>140</v>
+      </c>
+      <c r="B152" t="s">
+        <v>498</v>
+      </c>
+      <c r="C152" t="s">
+        <v>495</v>
+      </c>
+      <c r="D152" t="s">
+        <v>499</v>
+      </c>
+      <c r="E152" t="s">
+        <v>31</v>
+      </c>
+      <c r="H152" t="s">
+        <v>51</v>
+      </c>
+      <c r="I152" t="s">
+        <v>500</v>
+      </c>
+      <c r="J152" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="153" spans="1:10">
+      <c r="A153" t="s">
+        <v>140</v>
+      </c>
+      <c r="B153" t="s">
+        <v>501</v>
+      </c>
+      <c r="C153" t="s">
+        <v>502</v>
+      </c>
+      <c r="D153" t="s">
+        <v>503</v>
+      </c>
+      <c r="E153" t="s">
+        <v>31</v>
+      </c>
+      <c r="H153" t="s">
+        <v>51</v>
+      </c>
+      <c r="I153" t="s">
+        <v>504</v>
+      </c>
+      <c r="J153" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="154" spans="1:10">
+      <c r="A154" t="s">
+        <v>140</v>
+      </c>
+      <c r="B154" t="s">
+        <v>505</v>
+      </c>
+      <c r="C154" t="s">
+        <v>506</v>
+      </c>
+      <c r="D154" t="s">
+        <v>507</v>
+      </c>
+      <c r="E154" t="s">
+        <v>31</v>
+      </c>
+      <c r="H154" t="s">
+        <v>51</v>
+      </c>
+      <c r="I154" t="s">
+        <v>508</v>
+      </c>
+      <c r="J154" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="155" spans="1:10">
+      <c r="A155" t="s">
+        <v>140</v>
+      </c>
+      <c r="B155" t="s">
+        <v>509</v>
+      </c>
+      <c r="C155" t="s">
+        <v>510</v>
+      </c>
+      <c r="D155" t="s">
+        <v>511</v>
+      </c>
+      <c r="E155" t="s">
+        <v>31</v>
+      </c>
+      <c r="H155" t="s">
+        <v>51</v>
+      </c>
+      <c r="I155" t="s">
+        <v>512</v>
+      </c>
+      <c r="J155" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="156" spans="1:10">
+      <c r="A156" t="s">
+        <v>140</v>
+      </c>
+      <c r="B156" t="s">
+        <v>513</v>
+      </c>
+      <c r="C156" t="s">
+        <v>502</v>
+      </c>
+      <c r="D156" t="s">
+        <v>514</v>
+      </c>
+      <c r="E156" t="s">
+        <v>31</v>
+      </c>
+      <c r="H156" t="s">
+        <v>51</v>
+      </c>
+      <c r="I156" t="s">
+        <v>515</v>
+      </c>
+      <c r="J156" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="157" spans="1:10">
+      <c r="A157" t="s">
+        <v>140</v>
+      </c>
+      <c r="B157" t="s">
+        <v>516</v>
+      </c>
+      <c r="C157" t="s">
+        <v>426</v>
+      </c>
+      <c r="D157" t="s">
+        <v>517</v>
+      </c>
+      <c r="E157" t="s">
+        <v>518</v>
+      </c>
+      <c r="H157" t="s">
+        <v>51</v>
+      </c>
+      <c r="I157" t="s">
+        <v>519</v>
+      </c>
+      <c r="J157" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="158" spans="1:10">
+      <c r="A158" t="s">
+        <v>140</v>
+      </c>
+      <c r="B158" t="s">
+        <v>520</v>
+      </c>
+      <c r="C158" t="s">
+        <v>521</v>
+      </c>
+      <c r="D158" t="s">
+        <v>522</v>
+      </c>
+      <c r="E158" t="s">
+        <v>31</v>
+      </c>
+      <c r="H158" t="s">
+        <v>51</v>
+      </c>
+      <c r="I158" t="s">
+        <v>523</v>
+      </c>
+      <c r="J158" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="159" spans="1:10">
+      <c r="A159" t="s">
+        <v>140</v>
+      </c>
+      <c r="B159" t="s">
+        <v>524</v>
+      </c>
+      <c r="C159" t="s">
+        <v>525</v>
+      </c>
+      <c r="D159" t="s">
+        <v>526</v>
+      </c>
+      <c r="E159" t="s">
+        <v>273</v>
+      </c>
+      <c r="H159" t="s">
+        <v>51</v>
+      </c>
+      <c r="I159" t="s">
+        <v>527</v>
+      </c>
+      <c r="J159" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="160" spans="1:10">
+      <c r="A160" t="s">
+        <v>140</v>
+      </c>
+      <c r="B160" t="s">
+        <v>528</v>
+      </c>
+      <c r="C160" t="s">
+        <v>529</v>
+      </c>
+      <c r="D160" t="s">
+        <v>530</v>
+      </c>
+      <c r="E160" t="s">
+        <v>31</v>
+      </c>
+      <c r="H160" t="s">
+        <v>51</v>
+      </c>
+      <c r="I160" t="s">
+        <v>531</v>
+      </c>
+      <c r="J160" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="161" spans="1:10">
+      <c r="A161" t="s">
+        <v>140</v>
+      </c>
+      <c r="B161" t="s">
+        <v>532</v>
+      </c>
+      <c r="C161" t="s">
+        <v>533</v>
+      </c>
+      <c r="D161" t="s">
+        <v>534</v>
+      </c>
+      <c r="E161" t="s">
+        <v>31</v>
+      </c>
+      <c r="H161" t="s">
+        <v>51</v>
+      </c>
+      <c r="I161" t="s">
+        <v>535</v>
+      </c>
+      <c r="J161" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="162" spans="1:10">
+      <c r="A162" t="s">
+        <v>140</v>
+      </c>
+      <c r="B162" t="s">
+        <v>536</v>
+      </c>
+      <c r="C162" t="s">
+        <v>537</v>
+      </c>
+      <c r="D162" t="s">
+        <v>538</v>
+      </c>
+      <c r="E162" t="s">
+        <v>31</v>
+      </c>
+      <c r="H162" t="s">
+        <v>51</v>
+      </c>
+      <c r="I162" t="s">
+        <v>539</v>
+      </c>
+      <c r="J162" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="163" spans="1:10">
+      <c r="A163" t="s">
+        <v>140</v>
+      </c>
+      <c r="B163" t="s">
+        <v>540</v>
+      </c>
+      <c r="C163" t="s">
+        <v>541</v>
+      </c>
+      <c r="D163" t="s">
+        <v>542</v>
+      </c>
+      <c r="E163" t="s">
+        <v>31</v>
+      </c>
+      <c r="H163" t="s">
+        <v>51</v>
+      </c>
+      <c r="I163" t="s">
+        <v>454</v>
+      </c>
+      <c r="J163" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="164" spans="1:10">
+      <c r="A164" t="s">
+        <v>140</v>
+      </c>
+      <c r="B164" t="s">
+        <v>543</v>
+      </c>
+      <c r="C164" t="s">
+        <v>510</v>
+      </c>
+      <c r="D164" t="s">
+        <v>530</v>
+      </c>
+      <c r="E164" t="s">
+        <v>31</v>
+      </c>
+      <c r="H164" t="s">
+        <v>51</v>
+      </c>
+      <c r="I164" t="s">
+        <v>544</v>
+      </c>
+      <c r="J164" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="165" spans="1:10">
+      <c r="A165" t="s">
+        <v>140</v>
+      </c>
+      <c r="B165" t="s">
+        <v>545</v>
+      </c>
+      <c r="C165" t="s">
+        <v>446</v>
+      </c>
+      <c r="D165" t="s">
+        <v>546</v>
+      </c>
+      <c r="E165" t="s">
+        <v>31</v>
+      </c>
+      <c r="H165" t="s">
+        <v>51</v>
+      </c>
+      <c r="I165" t="s">
+        <v>547</v>
+      </c>
+      <c r="J165" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="166" spans="1:10">
+      <c r="A166" t="s">
+        <v>140</v>
+      </c>
+      <c r="B166" t="s">
+        <v>548</v>
+      </c>
+      <c r="C166" t="s">
+        <v>549</v>
+      </c>
+      <c r="D166" t="s">
+        <v>550</v>
+      </c>
+      <c r="E166" t="s">
+        <v>31</v>
+      </c>
+      <c r="H166" t="s">
+        <v>51</v>
+      </c>
+      <c r="I166" t="s">
+        <v>551</v>
+      </c>
+      <c r="J166" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="167" spans="1:10">
+      <c r="A167" t="s">
+        <v>140</v>
+      </c>
+      <c r="B167" t="s">
+        <v>552</v>
+      </c>
+      <c r="C167" t="s">
+        <v>459</v>
+      </c>
+      <c r="D167" t="s">
+        <v>553</v>
+      </c>
+      <c r="E167" t="s">
+        <v>31</v>
+      </c>
+      <c r="H167" t="s">
+        <v>51</v>
+      </c>
+      <c r="I167" t="s">
+        <v>554</v>
+      </c>
+      <c r="J167" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="168" spans="1:10">
+      <c r="A168" t="s">
+        <v>140</v>
+      </c>
+      <c r="B168" t="s">
+        <v>555</v>
+      </c>
+      <c r="C168" t="s">
+        <v>463</v>
+      </c>
+      <c r="D168" t="s">
+        <v>556</v>
+      </c>
+      <c r="E168" t="s">
+        <v>31</v>
+      </c>
+      <c r="H168" t="s">
+        <v>51</v>
+      </c>
+      <c r="I168" t="s">
+        <v>557</v>
+      </c>
+      <c r="J168" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="169" spans="1:10">
+      <c r="A169" t="s">
+        <v>140</v>
+      </c>
+      <c r="B169" t="s">
+        <v>558</v>
+      </c>
+      <c r="C169" t="s">
+        <v>384</v>
+      </c>
+      <c r="D169" t="s">
+        <v>556</v>
+      </c>
+      <c r="E169" t="s">
+        <v>518</v>
+      </c>
+      <c r="H169" t="s">
+        <v>51</v>
+      </c>
+      <c r="I169" t="s">
+        <v>559</v>
+      </c>
+      <c r="J169" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="170" spans="1:10">
+      <c r="A170" t="s">
+        <v>140</v>
+      </c>
+      <c r="B170" t="s">
+        <v>560</v>
+      </c>
+      <c r="C170" t="s">
+        <v>506</v>
+      </c>
+      <c r="D170" t="s">
+        <v>534</v>
+      </c>
+      <c r="E170" t="s">
+        <v>31</v>
+      </c>
+      <c r="H170" t="s">
+        <v>51</v>
+      </c>
+      <c r="I170" t="s">
+        <v>561</v>
+      </c>
+      <c r="J170" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="171" spans="1:10">
+      <c r="A171" t="s">
+        <v>140</v>
+      </c>
+      <c r="B171" t="s">
+        <v>562</v>
+      </c>
+      <c r="C171" t="s">
+        <v>563</v>
+      </c>
+      <c r="D171" t="s">
+        <v>564</v>
+      </c>
+      <c r="E171" t="s">
+        <v>31</v>
+      </c>
+      <c r="H171" t="s">
+        <v>51</v>
+      </c>
+      <c r="I171" t="s">
+        <v>565</v>
+      </c>
+      <c r="J171" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="172" spans="1:10">
+      <c r="A172" t="s">
+        <v>140</v>
+      </c>
+      <c r="B172" t="s">
+        <v>566</v>
+      </c>
+      <c r="C172" t="s">
+        <v>567</v>
+      </c>
+      <c r="D172" t="s">
+        <v>568</v>
+      </c>
+      <c r="E172" t="s">
+        <v>31</v>
+      </c>
+      <c r="H172" t="s">
+        <v>51</v>
+      </c>
+      <c r="I172" t="s">
+        <v>569</v>
+      </c>
+      <c r="J172" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="173" spans="1:10">
+      <c r="A173" t="s">
+        <v>140</v>
+      </c>
+      <c r="B173" t="s">
+        <v>570</v>
+      </c>
+      <c r="C173" t="s">
+        <v>571</v>
+      </c>
+      <c r="D173" t="s">
+        <v>572</v>
+      </c>
+      <c r="E173" t="s">
+        <v>31</v>
+      </c>
+      <c r="H173" t="s">
+        <v>51</v>
+      </c>
+      <c r="I173" t="s">
+        <v>573</v>
+      </c>
+      <c r="J173" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="174" spans="1:10">
+      <c r="A174" t="s">
+        <v>140</v>
+      </c>
+      <c r="B174" t="s">
+        <v>574</v>
+      </c>
+      <c r="C174" t="s">
+        <v>575</v>
+      </c>
+      <c r="D174" t="s">
+        <v>576</v>
+      </c>
+      <c r="E174" t="s">
+        <v>31</v>
+      </c>
+      <c r="H174" t="s">
+        <v>51</v>
+      </c>
+      <c r="I174" t="s">
+        <v>577</v>
+      </c>
+      <c r="J174" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="175" spans="1:10">
+      <c r="A175" t="s">
+        <v>140</v>
+      </c>
+      <c r="B175" t="s">
+        <v>578</v>
+      </c>
+      <c r="C175" t="s">
+        <v>521</v>
+      </c>
+      <c r="D175" t="s">
+        <v>538</v>
+      </c>
+      <c r="E175" t="s">
+        <v>31</v>
+      </c>
+      <c r="H175" t="s">
+        <v>51</v>
+      </c>
+      <c r="I175" t="s">
+        <v>579</v>
+      </c>
+      <c r="J175" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="176" spans="1:10">
+      <c r="A176" t="s">
+        <v>140</v>
+      </c>
+      <c r="B176" t="s">
+        <v>580</v>
+      </c>
+      <c r="C176" t="s">
+        <v>581</v>
+      </c>
+      <c r="D176" t="s">
+        <v>582</v>
+      </c>
+      <c r="E176" t="s">
+        <v>31</v>
+      </c>
+      <c r="H176" t="s">
+        <v>51</v>
+      </c>
+      <c r="I176" t="s">
+        <v>583</v>
+      </c>
+      <c r="J176" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="177" spans="1:10">
+      <c r="A177" t="s">
+        <v>140</v>
+      </c>
+      <c r="B177" t="s">
+        <v>584</v>
+      </c>
+      <c r="C177" t="s">
+        <v>585</v>
+      </c>
+      <c r="D177" t="s">
+        <v>586</v>
+      </c>
+      <c r="E177" t="s">
+        <v>518</v>
+      </c>
+      <c r="H177" t="s">
+        <v>51</v>
+      </c>
+      <c r="I177" t="s">
+        <v>587</v>
+      </c>
+      <c r="J177" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="178" spans="1:10">
+      <c r="A178" t="s">
+        <v>140</v>
+      </c>
+      <c r="B178" t="s">
+        <v>588</v>
+      </c>
+      <c r="C178" t="s">
+        <v>589</v>
+      </c>
+      <c r="D178" t="s">
+        <v>590</v>
+      </c>
+      <c r="E178" t="s">
+        <v>31</v>
+      </c>
+      <c r="H178" t="s">
+        <v>51</v>
+      </c>
+      <c r="I178" t="s">
+        <v>591</v>
+      </c>
+      <c r="J178" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="179" spans="1:10">
+      <c r="A179" t="s">
+        <v>140</v>
+      </c>
+      <c r="B179" t="s">
+        <v>592</v>
+      </c>
+      <c r="C179" t="s">
+        <v>593</v>
+      </c>
+      <c r="D179" t="s">
+        <v>517</v>
+      </c>
+      <c r="E179" t="s">
+        <v>31</v>
+      </c>
+      <c r="H179" t="s">
+        <v>51</v>
+      </c>
+      <c r="I179" t="s">
+        <v>594</v>
+      </c>
+      <c r="J179" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="180" spans="1:10">
+      <c r="A180" t="s">
+        <v>140</v>
+      </c>
+      <c r="B180" t="s">
+        <v>595</v>
+      </c>
+      <c r="C180" t="s">
+        <v>596</v>
+      </c>
+      <c r="D180" t="s">
+        <v>597</v>
+      </c>
+      <c r="E180" t="s">
+        <v>31</v>
+      </c>
+      <c r="H180" t="s">
+        <v>51</v>
+      </c>
+      <c r="I180" t="s">
+        <v>598</v>
+      </c>
+      <c r="J180" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="181" spans="1:10">
+      <c r="A181" t="s">
+        <v>140</v>
+      </c>
+      <c r="B181" t="s">
+        <v>599</v>
+      </c>
+      <c r="C181" t="s">
+        <v>600</v>
+      </c>
+      <c r="D181" t="s">
+        <v>601</v>
+      </c>
+      <c r="E181" t="s">
+        <v>31</v>
+      </c>
+      <c r="H181" t="s">
+        <v>51</v>
+      </c>
+      <c r="I181" t="s">
+        <v>504</v>
+      </c>
+      <c r="J181" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="182" spans="1:10">
+      <c r="A182" t="s">
+        <v>140</v>
+      </c>
+      <c r="B182" t="s">
+        <v>602</v>
+      </c>
+      <c r="C182" t="s">
+        <v>525</v>
+      </c>
+      <c r="D182" t="s">
+        <v>542</v>
+      </c>
+      <c r="E182" t="s">
+        <v>31</v>
+      </c>
+      <c r="H182" t="s">
+        <v>51</v>
+      </c>
+      <c r="I182" t="s">
+        <v>603</v>
+      </c>
+      <c r="J182" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="183" spans="1:10">
+      <c r="A183" t="s">
+        <v>140</v>
+      </c>
+      <c r="B183" t="s">
+        <v>604</v>
+      </c>
+      <c r="C183" t="s">
+        <v>529</v>
+      </c>
+      <c r="D183" t="s">
+        <v>550</v>
+      </c>
+      <c r="E183" t="s">
+        <v>31</v>
+      </c>
+      <c r="H183" t="s">
+        <v>51</v>
+      </c>
+      <c r="I183" t="s">
+        <v>605</v>
+      </c>
+      <c r="J183" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="184" spans="1:10">
+      <c r="A184" t="s">
+        <v>140</v>
+      </c>
+      <c r="B184" t="s">
+        <v>606</v>
+      </c>
+      <c r="C184" t="s">
+        <v>537</v>
+      </c>
+      <c r="D184" t="s">
+        <v>568</v>
+      </c>
+      <c r="E184" t="s">
+        <v>31</v>
+      </c>
+      <c r="H184" t="s">
+        <v>51</v>
+      </c>
+      <c r="I184" t="s">
+        <v>607</v>
+      </c>
+      <c r="J184" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="185" spans="1:10">
+      <c r="A185" t="s">
+        <v>140</v>
+      </c>
+      <c r="B185" t="s">
+        <v>608</v>
+      </c>
+      <c r="C185" t="s">
+        <v>609</v>
+      </c>
+      <c r="D185" t="s">
+        <v>610</v>
+      </c>
+      <c r="E185" t="s">
+        <v>31</v>
+      </c>
+      <c r="H185" t="s">
+        <v>51</v>
+      </c>
+      <c r="I185" t="s">
+        <v>611</v>
+      </c>
+      <c r="J185" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="186" spans="1:10">
+      <c r="A186" t="s">
+        <v>140</v>
+      </c>
+      <c r="B186" t="s">
+        <v>612</v>
+      </c>
+      <c r="C186" t="s">
+        <v>533</v>
+      </c>
+      <c r="D186" t="s">
+        <v>564</v>
+      </c>
+      <c r="E186" t="s">
+        <v>31</v>
+      </c>
+      <c r="H186" t="s">
+        <v>51</v>
+      </c>
+      <c r="I186" t="s">
+        <v>613</v>
+      </c>
+      <c r="J186" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="187" spans="1:10">
+      <c r="A187" t="s">
+        <v>140</v>
+      </c>
+      <c r="B187" t="s">
+        <v>614</v>
+      </c>
+      <c r="C187" t="s">
+        <v>615</v>
+      </c>
+      <c r="D187" t="s">
+        <v>616</v>
+      </c>
+      <c r="E187" t="s">
+        <v>31</v>
+      </c>
+      <c r="H187" t="s">
+        <v>51</v>
+      </c>
+      <c r="I187" t="s">
+        <v>617</v>
+      </c>
+      <c r="J187" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="188" spans="1:10">
+      <c r="A188" t="s">
+        <v>140</v>
+      </c>
+      <c r="B188" t="s">
+        <v>618</v>
+      </c>
+      <c r="C188" t="s">
+        <v>619</v>
+      </c>
+      <c r="D188" t="s">
+        <v>620</v>
+      </c>
+      <c r="E188" t="s">
+        <v>31</v>
+      </c>
+      <c r="H188" t="s">
+        <v>51</v>
+      </c>
+      <c r="I188" t="s">
+        <v>611</v>
+      </c>
+      <c r="J188" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="189" spans="1:10">
+      <c r="A189" t="s">
+        <v>140</v>
+      </c>
+      <c r="B189" t="s">
+        <v>621</v>
+      </c>
+      <c r="C189" t="s">
+        <v>541</v>
+      </c>
+      <c r="D189" t="s">
+        <v>572</v>
+      </c>
+      <c r="E189" t="s">
+        <v>31</v>
+      </c>
+      <c r="H189" t="s">
+        <v>51</v>
+      </c>
+      <c r="I189" t="s">
+        <v>622</v>
+      </c>
+      <c r="J189" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="190" spans="1:10">
+      <c r="A190" t="s">
+        <v>140</v>
+      </c>
+      <c r="B190" t="s">
+        <v>623</v>
+      </c>
+      <c r="C190" t="s">
+        <v>624</v>
+      </c>
+      <c r="D190" t="s">
+        <v>625</v>
+      </c>
+      <c r="E190" t="s">
+        <v>31</v>
+      </c>
+      <c r="H190" t="s">
+        <v>51</v>
+      </c>
+      <c r="I190" t="s">
+        <v>626</v>
+      </c>
+      <c r="J190" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="191" spans="1:10">
+      <c r="A191" t="s">
+        <v>140</v>
+      </c>
+      <c r="B191" t="s">
+        <v>627</v>
+      </c>
+      <c r="C191" t="s">
+        <v>628</v>
+      </c>
+      <c r="D191" t="s">
+        <v>629</v>
+      </c>
+      <c r="E191" t="s">
+        <v>31</v>
+      </c>
+      <c r="H191" t="s">
+        <v>51</v>
+      </c>
+      <c r="I191" t="s">
+        <v>630</v>
+      </c>
+      <c r="J191" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="192" spans="1:10">
+      <c r="A192" t="s">
+        <v>140</v>
+      </c>
+      <c r="B192" t="s">
+        <v>631</v>
+      </c>
+      <c r="C192" t="s">
+        <v>632</v>
+      </c>
+      <c r="D192" t="s">
+        <v>633</v>
+      </c>
+      <c r="E192" t="s">
+        <v>31</v>
+      </c>
+      <c r="H192" t="s">
+        <v>51</v>
+      </c>
+      <c r="I192" t="s">
+        <v>634</v>
+      </c>
+      <c r="J192" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="193" spans="1:10">
+      <c r="A193" t="s">
+        <v>140</v>
+      </c>
+      <c r="B193" t="s">
+        <v>635</v>
+      </c>
+      <c r="C193" t="s">
+        <v>636</v>
+      </c>
+      <c r="D193" t="s">
+        <v>637</v>
+      </c>
+      <c r="E193" t="s">
+        <v>31</v>
+      </c>
+      <c r="H193" t="s">
+        <v>51</v>
+      </c>
+      <c r="I193" t="s">
+        <v>638</v>
+      </c>
+      <c r="J193" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="194" spans="1:10">
+      <c r="A194" t="s">
+        <v>140</v>
+      </c>
+      <c r="B194" t="s">
+        <v>639</v>
+      </c>
+      <c r="C194" t="s">
+        <v>624</v>
+      </c>
+      <c r="D194" t="s">
+        <v>625</v>
+      </c>
+      <c r="E194" t="s">
+        <v>31</v>
+      </c>
+      <c r="H194" t="s">
+        <v>51</v>
+      </c>
+      <c r="I194" t="s">
+        <v>640</v>
+      </c>
+      <c r="J194" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="195" spans="1:10">
+      <c r="A195" t="s">
+        <v>140</v>
+      </c>
+      <c r="B195" t="s">
+        <v>641</v>
+      </c>
+      <c r="C195" t="s">
+        <v>628</v>
+      </c>
+      <c r="D195" t="s">
+        <v>642</v>
+      </c>
+      <c r="E195" t="s">
+        <v>31</v>
+      </c>
+      <c r="H195" t="s">
+        <v>51</v>
+      </c>
+      <c r="I195" t="s">
+        <v>643</v>
+      </c>
+      <c r="J195" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="196" spans="1:10">
+      <c r="A196" t="s">
+        <v>140</v>
+      </c>
+      <c r="B196" t="s">
+        <v>644</v>
+      </c>
+      <c r="C196" t="s">
+        <v>632</v>
+      </c>
+      <c r="D196" t="s">
+        <v>645</v>
+      </c>
+      <c r="E196" t="s">
+        <v>31</v>
+      </c>
+      <c r="H196" t="s">
+        <v>51</v>
+      </c>
+      <c r="I196" t="s">
+        <v>646</v>
+      </c>
+      <c r="J196" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="197" spans="1:10">
+      <c r="A197" t="s">
+        <v>140</v>
+      </c>
+      <c r="B197" t="s">
+        <v>647</v>
+      </c>
+      <c r="C197" t="s">
+        <v>636</v>
+      </c>
+      <c r="D197" t="s">
+        <v>648</v>
+      </c>
+      <c r="E197" t="s">
+        <v>31</v>
+      </c>
+      <c r="H197" t="s">
+        <v>51</v>
+      </c>
+      <c r="I197" t="s">
+        <v>649</v>
+      </c>
+      <c r="J197" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="198" spans="1:10">
+      <c r="A198" t="s">
+        <v>140</v>
+      </c>
+      <c r="B198" t="s">
+        <v>650</v>
+      </c>
+      <c r="C198" t="s">
+        <v>624</v>
+      </c>
+      <c r="D198" t="s">
+        <v>651</v>
+      </c>
+      <c r="H198" t="s">
+        <v>51</v>
+      </c>
+      <c r="I198" t="s">
+        <v>652</v>
+      </c>
+      <c r="J198" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="199" spans="1:10">
+      <c r="A199" t="s">
+        <v>140</v>
+      </c>
+      <c r="B199" t="s">
+        <v>653</v>
+      </c>
+      <c r="C199" t="s">
+        <v>624</v>
+      </c>
+      <c r="D199" t="s">
+        <v>651</v>
+      </c>
+      <c r="E199" t="s">
+        <v>518</v>
+      </c>
+      <c r="H199" t="s">
+        <v>51</v>
+      </c>
+      <c r="I199" t="s">
+        <v>654</v>
+      </c>
+      <c r="J199" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="200" spans="1:10">
+      <c r="A200" t="s">
+        <v>140</v>
+      </c>
+      <c r="B200" t="s">
+        <v>655</v>
+      </c>
+      <c r="C200" t="s">
+        <v>656</v>
+      </c>
+      <c r="D200" t="s">
+        <v>657</v>
+      </c>
+      <c r="E200" t="s">
+        <v>31</v>
+      </c>
+      <c r="H200" t="s">
+        <v>51</v>
+      </c>
+      <c r="I200" t="s">
+        <v>658</v>
+      </c>
+      <c r="J200" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="201" spans="1:10">
+      <c r="A201" t="s">
+        <v>140</v>
+      </c>
+      <c r="B201" t="s">
+        <v>659</v>
+      </c>
+      <c r="C201" t="s">
+        <v>660</v>
+      </c>
+      <c r="D201" t="s">
+        <v>661</v>
+      </c>
+      <c r="E201" t="s">
+        <v>31</v>
+      </c>
+      <c r="H201" t="s">
+        <v>51</v>
+      </c>
+      <c r="I201" t="s">
+        <v>662</v>
+      </c>
+      <c r="J201" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="202" spans="1:10">
+      <c r="A202" t="s">
+        <v>140</v>
+      </c>
+      <c r="B202" t="s">
+        <v>663</v>
+      </c>
+      <c r="C202" t="s">
+        <v>664</v>
+      </c>
+      <c r="D202" t="s">
+        <v>651</v>
+      </c>
+      <c r="E202" t="s">
+        <v>31</v>
+      </c>
+      <c r="H202" t="s">
+        <v>51</v>
+      </c>
+      <c r="I202" t="s">
+        <v>665</v>
+      </c>
+      <c r="J202" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="203" spans="1:10">
+      <c r="A203" t="s">
+        <v>140</v>
+      </c>
+      <c r="B203" t="s">
+        <v>666</v>
+      </c>
+      <c r="C203" t="s">
+        <v>656</v>
+      </c>
+      <c r="D203" t="s">
+        <v>667</v>
+      </c>
+      <c r="E203" t="s">
+        <v>31</v>
+      </c>
+      <c r="H203" t="s">
+        <v>51</v>
+      </c>
+      <c r="I203" t="s">
+        <v>668</v>
+      </c>
+      <c r="J203" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="204" spans="1:10">
+      <c r="A204" t="s">
+        <v>140</v>
+      </c>
+      <c r="B204" t="s">
+        <v>669</v>
+      </c>
+      <c r="C204" t="s">
+        <v>670</v>
+      </c>
+      <c r="D204" t="s">
+        <v>671</v>
+      </c>
+      <c r="E204" t="s">
+        <v>31</v>
+      </c>
+      <c r="H204" t="s">
+        <v>51</v>
+      </c>
+      <c r="I204" t="s">
+        <v>672</v>
+      </c>
+      <c r="J204" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="205" spans="1:10">
+      <c r="A205" t="s">
+        <v>140</v>
+      </c>
+      <c r="B205" t="s">
+        <v>673</v>
+      </c>
+      <c r="C205" t="s">
+        <v>674</v>
+      </c>
+      <c r="D205" t="s">
+        <v>675</v>
+      </c>
+      <c r="E205" t="s">
+        <v>31</v>
+      </c>
+      <c r="H205" t="s">
+        <v>51</v>
+      </c>
+      <c r="I205" t="s">
+        <v>676</v>
+      </c>
+      <c r="J205" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="206" spans="1:10">
+      <c r="A206" t="s">
+        <v>140</v>
+      </c>
+      <c r="B206" t="s">
+        <v>677</v>
+      </c>
+      <c r="C206" t="s">
+        <v>678</v>
+      </c>
+      <c r="D206" t="s">
+        <v>679</v>
+      </c>
+      <c r="E206" t="s">
+        <v>31</v>
+      </c>
+      <c r="H206" t="s">
+        <v>51</v>
+      </c>
+      <c r="I206" t="s">
+        <v>680</v>
+      </c>
+      <c r="J206" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="207" spans="1:10">
+      <c r="A207" t="s">
+        <v>140</v>
+      </c>
+      <c r="B207" t="s">
+        <v>681</v>
+      </c>
+      <c r="C207" t="s">
+        <v>660</v>
+      </c>
+      <c r="D207" t="s">
+        <v>682</v>
+      </c>
+      <c r="E207" t="s">
+        <v>31</v>
+      </c>
+      <c r="H207" t="s">
+        <v>51</v>
+      </c>
+      <c r="I207" t="s">
+        <v>683</v>
+      </c>
+      <c r="J207" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="208" spans="1:10">
+      <c r="A208" t="s">
+        <v>140</v>
+      </c>
+      <c r="B208" t="s">
+        <v>684</v>
+      </c>
+      <c r="C208" t="s">
+        <v>685</v>
+      </c>
+      <c r="D208" t="s">
+        <v>686</v>
+      </c>
+      <c r="E208" t="s">
+        <v>31</v>
+      </c>
+      <c r="H208" t="s">
+        <v>51</v>
+      </c>
+      <c r="I208" t="s">
+        <v>687</v>
+      </c>
+      <c r="J208" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="209" spans="1:10">
+      <c r="A209" t="s">
+        <v>140</v>
+      </c>
+      <c r="B209" t="s">
+        <v>688</v>
+      </c>
+      <c r="C209" t="s">
+        <v>689</v>
+      </c>
+      <c r="D209" t="s">
+        <v>690</v>
+      </c>
+      <c r="E209" t="s">
+        <v>31</v>
+      </c>
+      <c r="H209" t="s">
+        <v>51</v>
+      </c>
+      <c r="I209" t="s">
+        <v>691</v>
+      </c>
+      <c r="J209" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="210" spans="1:10">
+      <c r="A210" t="s">
+        <v>140</v>
+      </c>
+      <c r="B210" t="s">
+        <v>692</v>
+      </c>
+      <c r="C210" t="s">
+        <v>693</v>
+      </c>
+      <c r="D210" t="s">
+        <v>694</v>
+      </c>
+      <c r="E210" t="s">
+        <v>31</v>
+      </c>
+      <c r="H210" t="s">
+        <v>51</v>
+      </c>
+      <c r="I210" t="s">
+        <v>695</v>
+      </c>
+      <c r="J210" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="211" spans="1:10">
+      <c r="A211" t="s">
+        <v>140</v>
+      </c>
+      <c r="B211" t="s">
+        <v>696</v>
+      </c>
+      <c r="C211" t="s">
+        <v>697</v>
+      </c>
+      <c r="D211" t="s">
+        <v>698</v>
+      </c>
+      <c r="E211" t="s">
+        <v>31</v>
+      </c>
+      <c r="H211" t="s">
+        <v>51</v>
+      </c>
+      <c r="I211" t="s">
+        <v>392</v>
+      </c>
+      <c r="J211" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="212" spans="1:10">
+      <c r="A212" t="s">
+        <v>140</v>
+      </c>
+      <c r="B212" t="s">
+        <v>699</v>
+      </c>
+      <c r="C212" t="s">
+        <v>700</v>
+      </c>
+      <c r="D212" t="s">
+        <v>701</v>
+      </c>
+      <c r="E212" t="s">
+        <v>31</v>
+      </c>
+      <c r="H212" t="s">
+        <v>51</v>
+      </c>
+      <c r="I212" t="s">
+        <v>702</v>
+      </c>
+      <c r="J212" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="213" spans="1:10">
+      <c r="A213" t="s">
+        <v>140</v>
+      </c>
+      <c r="B213" t="s">
+        <v>703</v>
+      </c>
+      <c r="C213" t="s">
+        <v>704</v>
+      </c>
+      <c r="D213" t="s">
+        <v>705</v>
+      </c>
+      <c r="E213" t="s">
+        <v>31</v>
+      </c>
+      <c r="H213" t="s">
+        <v>51</v>
+      </c>
+      <c r="I213" t="s">
+        <v>706</v>
+      </c>
+      <c r="J213" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="214" spans="1:10">
+      <c r="A214" t="s">
+        <v>140</v>
+      </c>
+      <c r="B214" t="s">
+        <v>707</v>
+      </c>
+      <c r="C214" t="s">
+        <v>708</v>
+      </c>
+      <c r="D214" t="s">
+        <v>709</v>
+      </c>
+      <c r="E214" t="s">
+        <v>31</v>
+      </c>
+      <c r="H214" t="s">
+        <v>51</v>
+      </c>
+      <c r="I214" t="s">
+        <v>710</v>
+      </c>
+      <c r="J214" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="215" spans="1:10">
+      <c r="A215" t="s">
+        <v>140</v>
+      </c>
+      <c r="B215" t="s">
+        <v>711</v>
+      </c>
+      <c r="C215" t="s">
+        <v>712</v>
+      </c>
+      <c r="D215" t="s">
+        <v>713</v>
+      </c>
+      <c r="E215" t="s">
+        <v>31</v>
+      </c>
+      <c r="H215" t="s">
+        <v>51</v>
+      </c>
+      <c r="I215" t="s">
+        <v>714</v>
+      </c>
+      <c r="J215" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="216" spans="1:10">
+      <c r="A216" t="s">
+        <v>140</v>
+      </c>
+      <c r="B216" t="s">
+        <v>715</v>
+      </c>
+      <c r="C216" t="s">
+        <v>628</v>
+      </c>
+      <c r="D216" t="s">
+        <v>716</v>
+      </c>
+      <c r="E216" t="s">
+        <v>31</v>
+      </c>
+      <c r="H216" t="s">
+        <v>51</v>
+      </c>
+      <c r="I216" t="s">
+        <v>717</v>
+      </c>
+      <c r="J216" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="217" spans="1:10">
+      <c r="A217" t="s">
+        <v>140</v>
+      </c>
+      <c r="B217" t="s">
+        <v>718</v>
+      </c>
+      <c r="C217" t="s">
+        <v>636</v>
+      </c>
+      <c r="D217" t="s">
+        <v>719</v>
+      </c>
+      <c r="E217" t="s">
+        <v>31</v>
+      </c>
+      <c r="H217" t="s">
+        <v>51</v>
+      </c>
+      <c r="I217" t="s">
+        <v>720</v>
+      </c>
+      <c r="J217" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="218" spans="1:10">
+      <c r="A218" t="s">
+        <v>140</v>
+      </c>
+      <c r="B218" t="s">
+        <v>721</v>
+      </c>
+      <c r="C218" t="s">
+        <v>632</v>
+      </c>
+      <c r="D218" t="s">
+        <v>722</v>
+      </c>
+      <c r="E218" t="s">
+        <v>31</v>
+      </c>
+      <c r="H218" t="s">
+        <v>51</v>
+      </c>
+      <c r="I218" t="s">
+        <v>723</v>
+      </c>
+      <c r="J218" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="219" spans="1:10">
+      <c r="A219" t="s">
+        <v>140</v>
+      </c>
+      <c r="B219" t="s">
+        <v>724</v>
+      </c>
+      <c r="C219" t="s">
+        <v>725</v>
+      </c>
+      <c r="D219" t="s">
+        <v>726</v>
+      </c>
+      <c r="E219" t="s">
+        <v>31</v>
+      </c>
+      <c r="H219" t="s">
+        <v>51</v>
+      </c>
+      <c r="I219" t="s">
+        <v>727</v>
+      </c>
+      <c r="J219" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="220" spans="1:10">
+      <c r="A220" t="s">
+        <v>140</v>
+      </c>
+      <c r="B220" t="s">
+        <v>728</v>
+      </c>
+      <c r="C220" t="s">
+        <v>729</v>
+      </c>
+      <c r="D220" t="s">
+        <v>730</v>
+      </c>
+      <c r="E220" t="s">
+        <v>31</v>
+      </c>
+      <c r="H220" t="s">
+        <v>51</v>
+      </c>
+      <c r="I220" t="s">
+        <v>731</v>
+      </c>
+      <c r="J220" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="221" spans="1:10">
+      <c r="A221" t="s">
+        <v>140</v>
+      </c>
+      <c r="B221" t="s">
+        <v>732</v>
+      </c>
+      <c r="C221" t="s">
+        <v>733</v>
+      </c>
+      <c r="D221" t="s">
+        <v>734</v>
+      </c>
+      <c r="E221" t="s">
+        <v>31</v>
+      </c>
+      <c r="H221" t="s">
+        <v>51</v>
+      </c>
+      <c r="I221" t="s">
+        <v>735</v>
+      </c>
+      <c r="J221" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="222" spans="1:10">
+      <c r="A222" t="s">
+        <v>140</v>
+      </c>
+      <c r="B222" t="s">
+        <v>736</v>
+      </c>
+      <c r="D222" t="s">
+        <v>737</v>
+      </c>
+      <c r="E222" t="s">
+        <v>31</v>
+      </c>
+      <c r="H222" t="s">
+        <v>51</v>
+      </c>
+      <c r="I222" t="s">
+        <v>738</v>
+      </c>
+      <c r="J222" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="223" spans="1:10">
+      <c r="A223" t="s">
+        <v>140</v>
+      </c>
+      <c r="B223" t="s">
+        <v>739</v>
+      </c>
+      <c r="C223" t="s">
+        <v>740</v>
+      </c>
+      <c r="D223" t="s">
+        <v>741</v>
+      </c>
+      <c r="E223" t="s">
+        <v>31</v>
+      </c>
+      <c r="H223" t="s">
+        <v>51</v>
+      </c>
+      <c r="I223" t="s">
+        <v>742</v>
+      </c>
+      <c r="J223" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="224" spans="1:10">
+      <c r="A224" t="s">
+        <v>140</v>
+      </c>
+      <c r="B224" t="s">
+        <v>743</v>
+      </c>
+      <c r="C224" t="s">
+        <v>664</v>
+      </c>
+      <c r="D224" t="s">
+        <v>744</v>
+      </c>
+      <c r="E224" t="s">
+        <v>31</v>
+      </c>
+      <c r="H224" t="s">
+        <v>51</v>
+      </c>
+      <c r="I224" t="s">
+        <v>745</v>
+      </c>
+      <c r="J224" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="225" spans="1:10">
+      <c r="A225" t="s">
+        <v>140</v>
+      </c>
+      <c r="B225" t="s">
+        <v>746</v>
+      </c>
+      <c r="C225" t="s">
+        <v>747</v>
+      </c>
+      <c r="D225" t="s">
+        <v>748</v>
+      </c>
+      <c r="E225" t="s">
+        <v>31</v>
+      </c>
+      <c r="H225" t="s">
+        <v>51</v>
+      </c>
+      <c r="I225" t="s">
+        <v>749</v>
+      </c>
+      <c r="J225" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="226" spans="1:10">
+      <c r="A226" t="s">
+        <v>140</v>
+      </c>
+      <c r="B226" t="s">
+        <v>750</v>
+      </c>
+      <c r="C226" t="s">
+        <v>751</v>
+      </c>
+      <c r="D226" t="s">
+        <v>752</v>
+      </c>
+      <c r="E226" t="s">
+        <v>31</v>
+      </c>
+      <c r="H226" t="s">
+        <v>51</v>
+      </c>
+      <c r="I226" t="s">
+        <v>753</v>
+      </c>
+      <c r="J226" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="227" spans="1:10">
+      <c r="A227" t="s">
+        <v>140</v>
+      </c>
+      <c r="B227" t="s">
+        <v>754</v>
+      </c>
+      <c r="C227" t="s">
+        <v>755</v>
+      </c>
+      <c r="D227" t="s">
+        <v>756</v>
+      </c>
+      <c r="E227" t="s">
+        <v>31</v>
+      </c>
+      <c r="H227" t="s">
+        <v>51</v>
+      </c>
+      <c r="I227" t="s">
+        <v>757</v>
+      </c>
+      <c r="J227" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="228" spans="1:10">
+      <c r="A228" t="s">
+        <v>140</v>
+      </c>
+      <c r="B228" t="s">
+        <v>758</v>
+      </c>
+      <c r="C228" t="s">
+        <v>759</v>
+      </c>
+      <c r="D228" t="s">
+        <v>760</v>
+      </c>
+      <c r="E228" t="s">
+        <v>31</v>
+      </c>
+      <c r="H228" t="s">
+        <v>51</v>
+      </c>
+      <c r="I228" t="s">
+        <v>761</v>
+      </c>
+      <c r="J228" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="229" spans="1:10">
+      <c r="A229" t="s">
+        <v>140</v>
+      </c>
+      <c r="B229" t="s">
+        <v>762</v>
+      </c>
+      <c r="C229" t="s">
+        <v>763</v>
+      </c>
+      <c r="D229" t="s">
+        <v>764</v>
+      </c>
+      <c r="E229" t="s">
+        <v>31</v>
+      </c>
+      <c r="H229" t="s">
+        <v>51</v>
+      </c>
+      <c r="I229" t="s">
+        <v>765</v>
+      </c>
+      <c r="J229" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="230" spans="1:10">
+      <c r="A230" t="s">
+        <v>140</v>
+      </c>
+      <c r="B230" t="s">
+        <v>766</v>
+      </c>
+      <c r="C230" t="s">
+        <v>674</v>
+      </c>
+      <c r="D230" t="s">
+        <v>767</v>
+      </c>
+      <c r="E230" t="s">
+        <v>31</v>
+      </c>
+      <c r="H230" t="s">
+        <v>51</v>
+      </c>
+      <c r="I230" t="s">
+        <v>768</v>
+      </c>
+      <c r="J230" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="231" spans="1:10">
+      <c r="A231" t="s">
+        <v>140</v>
+      </c>
+      <c r="B231" t="s">
+        <v>769</v>
+      </c>
+      <c r="C231" t="s">
+        <v>670</v>
+      </c>
+      <c r="D231" t="s">
+        <v>770</v>
+      </c>
+      <c r="E231" t="s">
+        <v>31</v>
+      </c>
+      <c r="H231" t="s">
+        <v>51</v>
+      </c>
+      <c r="I231" t="s">
+        <v>771</v>
+      </c>
+      <c r="J231" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="232" spans="1:10">
+      <c r="A232" t="s">
+        <v>140</v>
+      </c>
+      <c r="B232" t="s">
+        <v>772</v>
+      </c>
+      <c r="C232" t="s">
+        <v>773</v>
+      </c>
+      <c r="D232" t="s">
+        <v>774</v>
+      </c>
+      <c r="E232" t="s">
+        <v>31</v>
+      </c>
+      <c r="H232" t="s">
+        <v>51</v>
+      </c>
+      <c r="I232" t="s">
+        <v>775</v>
+      </c>
+      <c r="J232" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="233" spans="1:10">
+      <c r="A233" t="s">
+        <v>140</v>
+      </c>
+      <c r="B233" t="s">
+        <v>776</v>
+      </c>
+      <c r="C233" t="s">
+        <v>678</v>
+      </c>
+      <c r="D233" t="s">
+        <v>777</v>
+      </c>
+      <c r="E233" t="s">
+        <v>31</v>
+      </c>
+      <c r="H233" t="s">
+        <v>51</v>
+      </c>
+      <c r="I233" t="s">
+        <v>778</v>
+      </c>
+      <c r="J233" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="234" spans="1:10">
+      <c r="A234" t="s">
+        <v>140</v>
+      </c>
+      <c r="B234" t="s">
+        <v>779</v>
+      </c>
+      <c r="C234" t="s">
+        <v>780</v>
+      </c>
+      <c r="D234" t="s">
+        <v>781</v>
+      </c>
+      <c r="E234" t="s">
+        <v>31</v>
+      </c>
+      <c r="H234" t="s">
+        <v>51</v>
+      </c>
+      <c r="I234" t="s">
+        <v>782</v>
+      </c>
+      <c r="J234" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="235" spans="1:10">
+      <c r="A235" t="s">
+        <v>140</v>
+      </c>
+      <c r="B235" t="s">
+        <v>783</v>
+      </c>
+      <c r="C235" t="s">
+        <v>656</v>
+      </c>
+      <c r="D235" t="s">
+        <v>784</v>
+      </c>
+      <c r="E235" t="s">
+        <v>31</v>
+      </c>
+      <c r="H235" t="s">
+        <v>51</v>
+      </c>
+      <c r="I235" t="s">
+        <v>785</v>
+      </c>
+      <c r="J235" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="236" spans="1:10">
+      <c r="A236" t="s">
+        <v>140</v>
+      </c>
+      <c r="B236" t="s">
+        <v>786</v>
+      </c>
+      <c r="C236" t="s">
+        <v>660</v>
+      </c>
+      <c r="D236" t="s">
+        <v>784</v>
+      </c>
+      <c r="E236" t="s">
+        <v>787</v>
+      </c>
+      <c r="H236" t="s">
+        <v>51</v>
+      </c>
+      <c r="I236" t="s">
+        <v>788</v>
+      </c>
+      <c r="J236" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="237" spans="1:10">
+      <c r="A237" t="s">
+        <v>140</v>
+      </c>
+      <c r="B237" t="s">
+        <v>789</v>
+      </c>
+      <c r="C237" t="s">
+        <v>790</v>
+      </c>
+      <c r="D237" t="s">
+        <v>791</v>
+      </c>
+      <c r="E237" t="s">
+        <v>31</v>
+      </c>
+      <c r="H237" t="s">
+        <v>51</v>
+      </c>
+      <c r="I237" t="s">
+        <v>792</v>
+      </c>
+      <c r="J237" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="238" spans="1:10">
+      <c r="A238" t="s">
+        <v>140</v>
+      </c>
+      <c r="B238" t="s">
+        <v>793</v>
+      </c>
+      <c r="C238" t="s">
+        <v>794</v>
+      </c>
+      <c r="D238" t="s">
+        <v>795</v>
+      </c>
+      <c r="E238" t="s">
+        <v>31</v>
+      </c>
+      <c r="H238" t="s">
+        <v>51</v>
+      </c>
+      <c r="I238" t="s">
+        <v>796</v>
+      </c>
+      <c r="J238" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="239" spans="1:10">
+      <c r="A239" t="s">
+        <v>140</v>
+      </c>
+      <c r="B239" t="s">
+        <v>797</v>
+      </c>
+      <c r="C239" t="s">
+        <v>798</v>
+      </c>
+      <c r="D239" t="s">
+        <v>799</v>
+      </c>
+      <c r="E239" t="s">
+        <v>31</v>
+      </c>
+      <c r="H239" t="s">
+        <v>51</v>
+      </c>
+      <c r="I239" t="s">
+        <v>800</v>
+      </c>
+      <c r="J239" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="240" spans="1:10">
+      <c r="A240" t="s">
+        <v>140</v>
+      </c>
+      <c r="B240" t="s">
+        <v>801</v>
+      </c>
+      <c r="C240" t="s">
+        <v>664</v>
+      </c>
+      <c r="D240" t="s">
+        <v>802</v>
+      </c>
+      <c r="E240" t="s">
+        <v>31</v>
+      </c>
+      <c r="H240" t="s">
+        <v>51</v>
+      </c>
+      <c r="I240" t="s">
+        <v>803</v>
+      </c>
+      <c r="J240" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="241" spans="1:10">
+      <c r="A241" t="s">
+        <v>140</v>
+      </c>
+      <c r="B241" t="s">
+        <v>804</v>
+      </c>
+      <c r="C241" t="s">
+        <v>685</v>
+      </c>
+      <c r="D241" t="s">
+        <v>805</v>
+      </c>
+      <c r="E241" t="s">
+        <v>31</v>
+      </c>
+      <c r="H241" t="s">
+        <v>51</v>
+      </c>
+      <c r="I241" t="s">
+        <v>806</v>
+      </c>
+      <c r="J241" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="242" spans="1:10">
+      <c r="A242" t="s">
+        <v>140</v>
+      </c>
+      <c r="B242" t="s">
+        <v>807</v>
+      </c>
+      <c r="D242" t="s">
+        <v>808</v>
+      </c>
+      <c r="E242" t="s">
+        <v>31</v>
+      </c>
+      <c r="H242" t="s">
+        <v>51</v>
+      </c>
+      <c r="I242" t="s">
+        <v>809</v>
+      </c>
+      <c r="J242" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="243" spans="1:10">
+      <c r="A243" t="s">
+        <v>140</v>
+      </c>
+      <c r="B243" t="s">
+        <v>810</v>
+      </c>
+      <c r="D243" t="s">
+        <v>811</v>
+      </c>
+      <c r="E243" t="s">
+        <v>31</v>
+      </c>
+      <c r="H243" t="s">
+        <v>51</v>
+      </c>
+      <c r="I243" t="s">
+        <v>812</v>
+      </c>
+      <c r="J243" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="244" spans="1:10">
+      <c r="A244" t="s">
+        <v>140</v>
+      </c>
+      <c r="B244" t="s">
+        <v>813</v>
+      </c>
+      <c r="D244" t="s">
+        <v>814</v>
+      </c>
+      <c r="E244" t="s">
+        <v>31</v>
+      </c>
+      <c r="H244" t="s">
+        <v>51</v>
+      </c>
+      <c r="I244" t="s">
+        <v>815</v>
+      </c>
+      <c r="J244" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="245" spans="1:10">
+      <c r="A245" t="s">
+        <v>140</v>
+      </c>
+      <c r="B245" t="s">
+        <v>816</v>
+      </c>
+      <c r="D245" t="s">
+        <v>814</v>
+      </c>
+      <c r="E245" t="s">
+        <v>31</v>
+      </c>
+      <c r="H245" t="s">
+        <v>51</v>
+      </c>
+      <c r="I245" t="s">
+        <v>817</v>
+      </c>
+      <c r="J245" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="246" spans="1:10">
+      <c r="A246" t="s">
+        <v>140</v>
+      </c>
+      <c r="B246" t="s">
+        <v>818</v>
+      </c>
+      <c r="D246" t="s">
+        <v>819</v>
+      </c>
+      <c r="H246" t="s">
+        <v>51</v>
+      </c>
+      <c r="J246" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="247" spans="1:10">
+      <c r="A247" t="s">
+        <v>140</v>
+      </c>
+      <c r="B247" t="s">
+        <v>818</v>
+      </c>
+      <c r="D247" t="s">
+        <v>820</v>
+      </c>
+      <c r="E247" t="s">
+        <v>31</v>
+      </c>
+      <c r="H247" t="s">
+        <v>51</v>
+      </c>
+      <c r="J247" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="248" spans="1:10">
+      <c r="A248" t="s">
+        <v>140</v>
+      </c>
+      <c r="B248" t="s">
+        <v>821</v>
+      </c>
+      <c r="D248" t="s">
+        <v>820</v>
+      </c>
+      <c r="E248" t="s">
+        <v>31</v>
+      </c>
+      <c r="H248" t="s">
+        <v>51</v>
+      </c>
+      <c r="J248" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="249" spans="1:10">
+      <c r="A249" t="s">
+        <v>140</v>
+      </c>
+      <c r="B249" t="s">
+        <v>822</v>
+      </c>
+      <c r="D249" t="s">
+        <v>823</v>
+      </c>
+      <c r="E249" t="s">
+        <v>31</v>
+      </c>
+      <c r="H249" t="s">
+        <v>51</v>
+      </c>
+      <c r="I249" t="s">
+        <v>824</v>
+      </c>
+      <c r="J249" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="250" spans="1:10">
+      <c r="A250" t="s">
+        <v>140</v>
+      </c>
+      <c r="B250" t="s">
+        <v>825</v>
+      </c>
+      <c r="D250" t="s">
+        <v>823</v>
+      </c>
+      <c r="E250" t="s">
+        <v>31</v>
+      </c>
+      <c r="H250" t="s">
+        <v>51</v>
+      </c>
+      <c r="I250" t="s">
+        <v>826</v>
+      </c>
+      <c r="J250" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="251" spans="1:10">
+      <c r="A251" t="s">
+        <v>140</v>
+      </c>
+      <c r="B251" t="s">
+        <v>827</v>
+      </c>
+      <c r="D251" t="s">
+        <v>823</v>
+      </c>
+      <c r="E251" t="s">
+        <v>31</v>
+      </c>
+      <c r="H251" t="s">
+        <v>51</v>
+      </c>
+      <c r="I251" t="s">
+        <v>828</v>
+      </c>
+      <c r="J251" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="252" spans="1:10">
+      <c r="A252" t="s">
+        <v>140</v>
+      </c>
+      <c r="B252" t="s">
+        <v>829</v>
+      </c>
+      <c r="D252" t="s">
+        <v>823</v>
+      </c>
+      <c r="E252" t="s">
+        <v>31</v>
+      </c>
+      <c r="H252" t="s">
+        <v>51</v>
+      </c>
+      <c r="I252" t="s">
+        <v>830</v>
+      </c>
+      <c r="J252" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="253" spans="1:10">
+      <c r="A253" t="s">
+        <v>140</v>
+      </c>
+      <c r="B253" t="s">
+        <v>831</v>
+      </c>
+      <c r="D253" t="s">
+        <v>823</v>
+      </c>
+      <c r="E253" t="s">
+        <v>31</v>
+      </c>
+      <c r="H253" t="s">
+        <v>51</v>
+      </c>
+      <c r="I253" t="s">
+        <v>832</v>
+      </c>
+      <c r="J253" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="254" spans="1:10">
+      <c r="A254" t="s">
+        <v>140</v>
+      </c>
+      <c r="B254" t="s">
+        <v>833</v>
+      </c>
+      <c r="D254" t="s">
+        <v>823</v>
+      </c>
+      <c r="E254" t="s">
+        <v>31</v>
+      </c>
+      <c r="H254" t="s">
+        <v>51</v>
+      </c>
+      <c r="I254" t="s">
+        <v>834</v>
+      </c>
+      <c r="J254" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="255" spans="1:10">
+      <c r="A255" t="s">
+        <v>140</v>
+      </c>
+      <c r="B255" t="s">
+        <v>835</v>
+      </c>
+      <c r="D255" t="s">
+        <v>836</v>
+      </c>
+      <c r="E255" t="s">
+        <v>787</v>
+      </c>
+      <c r="H255" t="s">
+        <v>51</v>
+      </c>
+      <c r="I255" t="s">
+        <v>837</v>
+      </c>
+      <c r="J255" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="256" spans="1:10">
+      <c r="A256" t="s">
+        <v>140</v>
+      </c>
+      <c r="B256" t="s">
+        <v>838</v>
+      </c>
+      <c r="D256" t="s">
+        <v>839</v>
+      </c>
+      <c r="E256" t="s">
+        <v>31</v>
+      </c>
+      <c r="H256" t="s">
+        <v>51</v>
+      </c>
+      <c r="I256" t="s">
+        <v>840</v>
+      </c>
+      <c r="J256" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="257" spans="1:10">
+      <c r="A257" t="s">
+        <v>140</v>
+      </c>
+      <c r="B257" t="s">
+        <v>841</v>
+      </c>
+      <c r="D257" t="s">
+        <v>839</v>
+      </c>
+      <c r="E257" t="s">
+        <v>31</v>
+      </c>
+      <c r="H257" t="s">
+        <v>51</v>
+      </c>
+      <c r="J257" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="258" spans="1:10">
+      <c r="A258" t="s">
+        <v>140</v>
+      </c>
+      <c r="B258" t="s">
+        <v>842</v>
+      </c>
+      <c r="D258" t="s">
+        <v>839</v>
+      </c>
+      <c r="E258" t="s">
+        <v>31</v>
+      </c>
+      <c r="H258" t="s">
+        <v>51</v>
+      </c>
+      <c r="J258" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="259" spans="1:10">
+      <c r="A259" t="s">
+        <v>140</v>
+      </c>
+      <c r="B259" t="s">
+        <v>843</v>
+      </c>
+      <c r="D259" t="s">
+        <v>844</v>
+      </c>
+      <c r="E259" t="s">
+        <v>31</v>
+      </c>
+      <c r="H259" t="s">
+        <v>51</v>
+      </c>
+      <c r="I259" t="s">
+        <v>845</v>
+      </c>
+      <c r="J259" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="260" spans="1:10">
+      <c r="A260" t="s">
+        <v>140</v>
+      </c>
+      <c r="B260" t="s">
+        <v>846</v>
+      </c>
+      <c r="D260" t="s">
+        <v>844</v>
+      </c>
+      <c r="E260" t="s">
+        <v>31</v>
+      </c>
+      <c r="H260" t="s">
+        <v>51</v>
+      </c>
+      <c r="I260" t="s">
+        <v>847</v>
+      </c>
+      <c r="J260" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="261" spans="1:10">
+      <c r="A261" t="s">
+        <v>140</v>
+      </c>
+      <c r="B261" t="s">
+        <v>848</v>
+      </c>
+      <c r="D261" t="s">
+        <v>844</v>
+      </c>
+      <c r="E261" t="s">
+        <v>31</v>
+      </c>
+      <c r="H261" t="s">
+        <v>51</v>
+      </c>
+      <c r="I261" t="s">
+        <v>849</v>
+      </c>
+      <c r="J261" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="262" spans="1:10">
+      <c r="A262" t="s">
+        <v>140</v>
+      </c>
+      <c r="B262" t="s">
+        <v>850</v>
+      </c>
+      <c r="D262" t="s">
+        <v>844</v>
+      </c>
+      <c r="E262" t="s">
+        <v>31</v>
+      </c>
+      <c r="H262" t="s">
+        <v>51</v>
+      </c>
+      <c r="I262" t="s">
+        <v>851</v>
+      </c>
+      <c r="J262" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="263" spans="1:10">
+      <c r="A263" t="s">
+        <v>140</v>
+      </c>
+      <c r="B263" t="s">
+        <v>852</v>
+      </c>
+      <c r="D263" t="s">
+        <v>844</v>
+      </c>
+      <c r="E263" t="s">
+        <v>31</v>
+      </c>
+      <c r="H263" t="s">
+        <v>51</v>
+      </c>
+      <c r="I263" t="s">
+        <v>853</v>
+      </c>
+      <c r="J263" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="264" spans="1:10">
+      <c r="A264" t="s">
+        <v>140</v>
+      </c>
+      <c r="B264" t="s">
+        <v>854</v>
+      </c>
+      <c r="D264" t="s">
+        <v>844</v>
+      </c>
+      <c r="H264" t="s">
+        <v>51</v>
+      </c>
+      <c r="I264" t="s">
+        <v>855</v>
+      </c>
+      <c r="J264" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="265" spans="1:10">
+      <c r="A265" t="s">
+        <v>140</v>
+      </c>
+      <c r="B265" t="s">
+        <v>856</v>
+      </c>
+      <c r="D265" t="s">
+        <v>844</v>
+      </c>
+      <c r="H265" t="s">
+        <v>51</v>
+      </c>
+      <c r="I265" t="s">
+        <v>855</v>
+      </c>
+      <c r="J265" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="266" spans="1:10">
+      <c r="A266" t="s">
+        <v>140</v>
+      </c>
+      <c r="B266" t="s">
+        <v>857</v>
+      </c>
+      <c r="D266" t="s">
+        <v>844</v>
+      </c>
+      <c r="E266" t="s">
+        <v>31</v>
+      </c>
+      <c r="H266" t="s">
+        <v>51</v>
+      </c>
+      <c r="I266" t="s">
+        <v>855</v>
+      </c>
+      <c r="J266" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="267" spans="1:10">
+      <c r="A267" t="s">
+        <v>140</v>
+      </c>
+      <c r="B267" t="s">
+        <v>858</v>
+      </c>
+      <c r="D267" t="s">
+        <v>859</v>
+      </c>
+      <c r="E267" t="s">
+        <v>31</v>
+      </c>
+      <c r="H267" t="s">
+        <v>51</v>
+      </c>
+      <c r="I267" t="s">
+        <v>860</v>
+      </c>
+      <c r="J267" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="268" spans="1:10">
+      <c r="A268" t="s">
+        <v>140</v>
+      </c>
+      <c r="B268" t="s">
+        <v>861</v>
+      </c>
+      <c r="D268" t="s">
+        <v>859</v>
+      </c>
+      <c r="E268" t="s">
+        <v>31</v>
+      </c>
+      <c r="H268" t="s">
+        <v>51</v>
+      </c>
+      <c r="I268" t="s">
+        <v>862</v>
+      </c>
+      <c r="J268" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="269" spans="1:10">
+      <c r="A269" t="s">
+        <v>140</v>
+      </c>
+      <c r="B269" t="s">
+        <v>863</v>
+      </c>
+      <c r="D269" t="s">
+        <v>859</v>
+      </c>
+      <c r="E269" t="s">
+        <v>31</v>
+      </c>
+      <c r="H269" t="s">
+        <v>51</v>
+      </c>
+      <c r="I269" t="s">
+        <v>864</v>
+      </c>
+      <c r="J269" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="270" spans="1:10">
+      <c r="A270" t="s">
+        <v>140</v>
+      </c>
+      <c r="B270" t="s">
+        <v>865</v>
+      </c>
+      <c r="D270" t="s">
+        <v>859</v>
+      </c>
+      <c r="E270" t="s">
+        <v>31</v>
+      </c>
+      <c r="H270" t="s">
+        <v>51</v>
+      </c>
+      <c r="I270" t="s">
+        <v>866</v>
+      </c>
+      <c r="J270" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="271" spans="1:10">
+      <c r="A271" t="s">
+        <v>140</v>
+      </c>
+      <c r="B271" t="s">
+        <v>867</v>
+      </c>
+      <c r="D271" t="s">
+        <v>859</v>
+      </c>
+      <c r="E271" t="s">
+        <v>31</v>
+      </c>
+      <c r="H271" t="s">
+        <v>51</v>
+      </c>
+      <c r="I271" t="s">
+        <v>868</v>
+      </c>
+      <c r="J271" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="272" spans="1:10">
+      <c r="A272" t="s">
+        <v>140</v>
+      </c>
+      <c r="B272" t="s">
+        <v>869</v>
+      </c>
+      <c r="D272" t="s">
+        <v>859</v>
+      </c>
+      <c r="E272" t="s">
+        <v>31</v>
+      </c>
+      <c r="H272" t="s">
+        <v>51</v>
+      </c>
+      <c r="I272" t="s">
+        <v>870</v>
+      </c>
+      <c r="J272" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="273" spans="1:10">
+      <c r="A273" t="s">
+        <v>140</v>
+      </c>
+      <c r="B273" t="s">
+        <v>871</v>
+      </c>
+      <c r="D273" t="s">
+        <v>872</v>
+      </c>
+      <c r="E273" t="s">
+        <v>31</v>
+      </c>
+      <c r="H273" t="s">
+        <v>51</v>
+      </c>
+      <c r="I273" t="s">
+        <v>873</v>
+      </c>
+      <c r="J273" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="274" spans="1:10">
+      <c r="A274" t="s">
+        <v>140</v>
+      </c>
+      <c r="B274" t="s">
+        <v>874</v>
+      </c>
+      <c r="D274" t="s">
+        <v>875</v>
+      </c>
+      <c r="E274" t="s">
+        <v>876</v>
+      </c>
+      <c r="H274" t="s">
+        <v>51</v>
+      </c>
+      <c r="I274" t="s">
+        <v>877</v>
+      </c>
+      <c r="J274" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="275" spans="1:10">
+      <c r="A275" t="s">
+        <v>140</v>
+      </c>
+      <c r="B275" t="s">
+        <v>878</v>
+      </c>
+      <c r="D275" t="s">
+        <v>879</v>
+      </c>
+      <c r="H275" t="s">
+        <v>51</v>
+      </c>
+      <c r="I275" t="s">
+        <v>880</v>
+      </c>
+      <c r="J275" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="276" spans="1:10">
+      <c r="A276" t="s">
+        <v>140</v>
+      </c>
+      <c r="B276" t="s">
+        <v>881</v>
+      </c>
+      <c r="D276" t="s">
+        <v>879</v>
+      </c>
+      <c r="H276" t="s">
+        <v>51</v>
+      </c>
+      <c r="I276" t="s">
+        <v>882</v>
+      </c>
+      <c r="J276" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="277" spans="1:10">
+      <c r="A277" t="s">
+        <v>140</v>
+      </c>
+      <c r="B277" t="s">
+        <v>883</v>
+      </c>
+      <c r="D277" t="s">
+        <v>879</v>
+      </c>
+      <c r="H277" t="s">
+        <v>51</v>
+      </c>
+      <c r="I277" t="s">
+        <v>884</v>
+      </c>
+      <c r="J277" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="278" spans="1:10">
+      <c r="A278" t="s">
+        <v>140</v>
+      </c>
+      <c r="B278" t="s">
+        <v>878</v>
+      </c>
+      <c r="D278" t="s">
+        <v>885</v>
+      </c>
+      <c r="E278" t="s">
+        <v>14</v>
+      </c>
+      <c r="H278" t="s">
+        <v>51</v>
+      </c>
+      <c r="I278" t="s">
+        <v>886</v>
+      </c>
+      <c r="J278" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="279" spans="1:10">
+      <c r="A279" t="s">
+        <v>140</v>
+      </c>
+      <c r="B279" t="s">
+        <v>881</v>
+      </c>
+      <c r="D279" t="s">
+        <v>885</v>
+      </c>
+      <c r="E279" t="s">
+        <v>31</v>
+      </c>
+      <c r="H279" t="s">
+        <v>51</v>
+      </c>
+      <c r="I279" t="s">
+        <v>887</v>
+      </c>
+      <c r="J279" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="280" spans="1:10">
+      <c r="A280" t="s">
+        <v>140</v>
+      </c>
+      <c r="B280" t="s">
+        <v>883</v>
+      </c>
+      <c r="D280" t="s">
+        <v>885</v>
+      </c>
+      <c r="E280" t="s">
+        <v>518</v>
+      </c>
+      <c r="H280" t="s">
+        <v>51</v>
+      </c>
+      <c r="I280" t="s">
+        <v>884</v>
+      </c>
+      <c r="J280" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="281" spans="1:10">
+      <c r="A281" t="s">
+        <v>140</v>
+      </c>
+      <c r="B281" t="s">
+        <v>888</v>
+      </c>
+      <c r="D281" t="s">
+        <v>889</v>
+      </c>
+      <c r="E281" t="s">
+        <v>787</v>
+      </c>
+      <c r="H281" t="s">
+        <v>51</v>
+      </c>
+      <c r="I281" t="s">
+        <v>890</v>
+      </c>
+      <c r="J281" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="282" spans="1:10">
+      <c r="A282" t="s">
+        <v>140</v>
+      </c>
+      <c r="B282" t="s">
+        <v>891</v>
+      </c>
+      <c r="D282" t="s">
+        <v>892</v>
+      </c>
+      <c r="H282" t="s">
+        <v>51</v>
+      </c>
+      <c r="I282" t="s">
+        <v>893</v>
+      </c>
+      <c r="J282" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="283" spans="1:10">
+      <c r="A283" t="s">
+        <v>140</v>
+      </c>
+      <c r="B283" t="s">
+        <v>894</v>
+      </c>
+      <c r="D283" t="s">
+        <v>892</v>
+      </c>
+      <c r="H283" t="s">
+        <v>51</v>
+      </c>
+      <c r="I283" t="s">
+        <v>895</v>
+      </c>
+      <c r="J283" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="284" spans="1:10">
+      <c r="A284" t="s">
+        <v>140</v>
+      </c>
+      <c r="B284" t="s">
+        <v>896</v>
+      </c>
+      <c r="D284" t="s">
+        <v>892</v>
+      </c>
+      <c r="H284" t="s">
+        <v>51</v>
+      </c>
+      <c r="I284" t="s">
+        <v>897</v>
+      </c>
+      <c r="J284" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="285" spans="1:10">
+      <c r="A285" t="s">
+        <v>140</v>
+      </c>
+      <c r="B285" t="s">
+        <v>898</v>
+      </c>
+      <c r="D285" t="s">
+        <v>892</v>
+      </c>
+      <c r="H285" t="s">
+        <v>51</v>
+      </c>
+      <c r="I285" t="s">
+        <v>899</v>
+      </c>
+      <c r="J285" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="286" spans="1:10">
+      <c r="A286" t="s">
+        <v>140</v>
+      </c>
+      <c r="B286" t="s">
+        <v>900</v>
+      </c>
+      <c r="D286" t="s">
+        <v>892</v>
+      </c>
+      <c r="H286" t="s">
+        <v>51</v>
+      </c>
+      <c r="J286" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="287" spans="1:10">
+      <c r="A287" t="s">
+        <v>140</v>
+      </c>
+      <c r="B287" t="s">
+        <v>900</v>
+      </c>
+      <c r="D287" t="s">
+        <v>892</v>
+      </c>
+      <c r="E287" t="s">
+        <v>31</v>
+      </c>
+      <c r="H287" t="s">
+        <v>51</v>
+      </c>
+      <c r="I287" t="s">
+        <v>901</v>
+      </c>
+      <c r="J287" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="288" spans="1:10">
+      <c r="A288" t="s">
+        <v>140</v>
+      </c>
+      <c r="B288" t="s">
+        <v>898</v>
+      </c>
+      <c r="D288" t="s">
+        <v>892</v>
+      </c>
+      <c r="E288" t="s">
+        <v>31</v>
+      </c>
+      <c r="H288" t="s">
+        <v>51</v>
+      </c>
+      <c r="I288" t="s">
+        <v>899</v>
+      </c>
+      <c r="J288" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="289" spans="1:10">
+      <c r="A289" t="s">
+        <v>140</v>
+      </c>
+      <c r="B289" t="s">
+        <v>896</v>
+      </c>
+      <c r="D289" t="s">
+        <v>892</v>
+      </c>
+      <c r="E289" t="s">
+        <v>31</v>
+      </c>
+      <c r="H289" t="s">
+        <v>51</v>
+      </c>
+      <c r="I289" t="s">
+        <v>902</v>
+      </c>
+      <c r="J289" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="290" spans="1:10">
+      <c r="A290" t="s">
+        <v>140</v>
+      </c>
+      <c r="B290" t="s">
+        <v>894</v>
+      </c>
+      <c r="D290" t="s">
+        <v>892</v>
+      </c>
+      <c r="E290" t="s">
+        <v>31</v>
+      </c>
+      <c r="H290" t="s">
+        <v>51</v>
+      </c>
+      <c r="I290" t="s">
+        <v>903</v>
+      </c>
+      <c r="J290" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="291" spans="1:10">
+      <c r="A291" t="s">
+        <v>140</v>
+      </c>
+      <c r="B291" t="s">
+        <v>891</v>
+      </c>
+      <c r="D291" t="s">
+        <v>904</v>
+      </c>
+      <c r="E291" t="s">
+        <v>31</v>
+      </c>
+      <c r="H291" t="s">
+        <v>51</v>
+      </c>
+      <c r="I291" t="s">
+        <v>905</v>
+      </c>
+      <c r="J291" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="292" spans="1:10">
+      <c r="A292" t="s">
+        <v>140</v>
+      </c>
+      <c r="B292" t="s">
+        <v>906</v>
+      </c>
+      <c r="D292" t="s">
+        <v>907</v>
+      </c>
+      <c r="E292" t="s">
+        <v>31</v>
+      </c>
+      <c r="H292" t="s">
+        <v>51</v>
+      </c>
+      <c r="I292" t="s">
+        <v>908</v>
+      </c>
+      <c r="J292" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="293" spans="1:10">
+      <c r="A293" t="s">
+        <v>140</v>
+      </c>
+      <c r="B293" t="s">
+        <v>909</v>
+      </c>
+      <c r="D293" t="s">
+        <v>907</v>
+      </c>
+      <c r="E293" t="s">
+        <v>31</v>
+      </c>
+      <c r="H293" t="s">
+        <v>51</v>
+      </c>
+      <c r="I293" t="s">
+        <v>910</v>
+      </c>
+      <c r="J293" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="294" spans="1:10">
+      <c r="A294" t="s">
+        <v>140</v>
+      </c>
+      <c r="B294" t="s">
+        <v>911</v>
+      </c>
+      <c r="D294" t="s">
+        <v>912</v>
+      </c>
+      <c r="E294" t="s">
+        <v>31</v>
+      </c>
+      <c r="H294" t="s">
+        <v>51</v>
+      </c>
+      <c r="I294" t="s">
+        <v>913</v>
+      </c>
+      <c r="J294" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="295" spans="1:10">
+      <c r="A295" t="s">
+        <v>140</v>
+      </c>
+      <c r="B295" t="s">
+        <v>914</v>
+      </c>
+      <c r="D295" t="s">
+        <v>915</v>
+      </c>
+      <c r="E295" t="s">
+        <v>31</v>
+      </c>
+      <c r="H295" t="s">
+        <v>51</v>
+      </c>
+      <c r="I295" t="s">
+        <v>916</v>
+      </c>
+      <c r="J295" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="296" spans="1:10">
+      <c r="A296" t="s">
+        <v>140</v>
+      </c>
+      <c r="B296" t="s">
+        <v>917</v>
+      </c>
+      <c r="D296" t="s">
+        <v>918</v>
+      </c>
+      <c r="E296" t="s">
+        <v>31</v>
+      </c>
+      <c r="H296" t="s">
+        <v>51</v>
+      </c>
+      <c r="I296" t="s">
+        <v>919</v>
+      </c>
+      <c r="J296" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="297" spans="1:10">
+      <c r="A297" t="s">
+        <v>140</v>
+      </c>
+      <c r="B297" t="s">
+        <v>920</v>
+      </c>
+      <c r="D297" t="s">
+        <v>921</v>
+      </c>
+      <c r="E297" t="s">
+        <v>31</v>
+      </c>
+      <c r="H297" t="s">
+        <v>51</v>
+      </c>
+      <c r="I297" t="s">
+        <v>922</v>
+      </c>
+      <c r="J297" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="298" spans="1:10">
+      <c r="A298" t="s">
+        <v>140</v>
+      </c>
+      <c r="B298" t="s">
+        <v>923</v>
+      </c>
+      <c r="D298" t="s">
+        <v>924</v>
+      </c>
+      <c r="E298" t="s">
+        <v>31</v>
+      </c>
+      <c r="H298" t="s">
+        <v>51</v>
+      </c>
+      <c r="I298" t="s">
+        <v>925</v>
+      </c>
+      <c r="J298" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="299" spans="1:10">
+      <c r="A299" t="s">
+        <v>140</v>
+      </c>
+      <c r="B299" t="s">
+        <v>926</v>
+      </c>
+      <c r="D299" t="s">
+        <v>927</v>
+      </c>
+      <c r="E299" t="s">
+        <v>31</v>
+      </c>
+      <c r="H299" t="s">
+        <v>51</v>
+      </c>
+      <c r="I299" t="s">
+        <v>928</v>
+      </c>
+      <c r="J299" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="300" spans="1:10">
+      <c r="A300" t="s">
+        <v>140</v>
+      </c>
+      <c r="B300" t="s">
+        <v>929</v>
+      </c>
+      <c r="D300" t="s">
+        <v>930</v>
+      </c>
+      <c r="E300" t="s">
+        <v>31</v>
+      </c>
+      <c r="H300" t="s">
+        <v>51</v>
+      </c>
+      <c r="I300" t="s">
+        <v>931</v>
+      </c>
+      <c r="J300" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="301" spans="1:10">
+      <c r="A301" t="s">
+        <v>140</v>
+      </c>
+      <c r="B301" t="s">
+        <v>932</v>
+      </c>
+      <c r="D301" t="s">
+        <v>933</v>
+      </c>
+      <c r="E301" t="s">
+        <v>31</v>
+      </c>
+      <c r="H301" t="s">
+        <v>51</v>
+      </c>
+      <c r="I301" t="s">
+        <v>934</v>
+      </c>
+      <c r="J301" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="302" spans="1:10">
+      <c r="A302" t="s">
+        <v>140</v>
+      </c>
+      <c r="B302" t="s">
+        <v>935</v>
+      </c>
+      <c r="D302" t="s">
+        <v>936</v>
+      </c>
+      <c r="E302" t="s">
+        <v>31</v>
+      </c>
+      <c r="H302" t="s">
+        <v>51</v>
+      </c>
+      <c r="I302" t="s">
+        <v>937</v>
+      </c>
+      <c r="J302" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="303" spans="1:10">
+      <c r="A303" t="s">
+        <v>140</v>
+      </c>
+      <c r="B303" t="s">
+        <v>938</v>
+      </c>
+      <c r="D303" t="s">
+        <v>939</v>
+      </c>
+      <c r="E303" t="s">
+        <v>31</v>
+      </c>
+      <c r="H303" t="s">
+        <v>51</v>
+      </c>
+      <c r="I303" t="s">
+        <v>940</v>
+      </c>
+      <c r="J303" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="304" spans="1:10">
+      <c r="A304" t="s">
+        <v>140</v>
+      </c>
+      <c r="B304" t="s">
+        <v>941</v>
+      </c>
+      <c r="D304" t="s">
+        <v>939</v>
+      </c>
+      <c r="E304" t="s">
+        <v>31</v>
+      </c>
+      <c r="H304" t="s">
+        <v>51</v>
+      </c>
+      <c r="I304" t="s">
+        <v>942</v>
+      </c>
+      <c r="J304" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="305" spans="1:10">
+      <c r="A305" t="s">
+        <v>140</v>
+      </c>
+      <c r="B305" t="s">
+        <v>943</v>
+      </c>
+      <c r="D305" t="s">
+        <v>944</v>
+      </c>
+      <c r="E305" t="s">
+        <v>31</v>
+      </c>
+      <c r="H305" t="s">
+        <v>51</v>
+      </c>
+      <c r="I305" t="s">
+        <v>945</v>
+      </c>
+      <c r="J305" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="306" spans="1:10">
+      <c r="A306" t="s">
+        <v>140</v>
+      </c>
+      <c r="B306" t="s">
+        <v>946</v>
+      </c>
+      <c r="D306" t="s">
+        <v>944</v>
+      </c>
+      <c r="E306" t="s">
+        <v>14</v>
+      </c>
+      <c r="H306" t="s">
+        <v>51</v>
+      </c>
+      <c r="I306" t="s">
+        <v>947</v>
+      </c>
+      <c r="J306" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="307" spans="1:10">
+      <c r="A307" t="s">
+        <v>140</v>
+      </c>
+      <c r="B307" t="s">
+        <v>948</v>
+      </c>
+      <c r="D307" t="s">
+        <v>949</v>
+      </c>
+      <c r="E307" t="s">
+        <v>787</v>
+      </c>
+      <c r="H307" t="s">
+        <v>51</v>
+      </c>
+      <c r="I307" t="s">
+        <v>950</v>
+      </c>
+      <c r="J307" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="308" spans="1:10">
+      <c r="A308" t="s">
+        <v>140</v>
+      </c>
+      <c r="B308" t="s">
+        <v>951</v>
+      </c>
+      <c r="D308" t="s">
+        <v>952</v>
+      </c>
+      <c r="E308" t="s">
+        <v>787</v>
+      </c>
+      <c r="H308" t="s">
+        <v>51</v>
+      </c>
+      <c r="I308" t="s">
+        <v>953</v>
+      </c>
+      <c r="J308" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="309" spans="1:10">
+      <c r="A309" t="s">
+        <v>140</v>
+      </c>
+      <c r="B309" t="s">
+        <v>954</v>
+      </c>
+      <c r="D309" t="s">
+        <v>955</v>
+      </c>
+      <c r="E309" t="s">
+        <v>31</v>
+      </c>
+      <c r="H309" t="s">
+        <v>51</v>
+      </c>
+      <c r="I309" t="s">
+        <v>956</v>
+      </c>
+      <c r="J309" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="310" spans="1:10">
+      <c r="A310" t="s">
+        <v>140</v>
+      </c>
+      <c r="B310" t="s">
+        <v>957</v>
+      </c>
+      <c r="D310" t="s">
+        <v>955</v>
+      </c>
+      <c r="E310" t="s">
+        <v>31</v>
+      </c>
+      <c r="H310" t="s">
+        <v>51</v>
+      </c>
+      <c r="I310" t="s">
+        <v>958</v>
+      </c>
+      <c r="J310" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="311" spans="1:10">
+      <c r="A311" t="s">
+        <v>140</v>
+      </c>
+      <c r="B311" t="s">
+        <v>959</v>
+      </c>
+      <c r="D311" t="s">
+        <v>955</v>
+      </c>
+      <c r="E311" t="s">
+        <v>31</v>
+      </c>
+      <c r="H311" t="s">
+        <v>51</v>
+      </c>
+      <c r="I311" t="s">
+        <v>960</v>
+      </c>
+      <c r="J311" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="312" spans="1:10">
+      <c r="A312" t="s">
+        <v>140</v>
+      </c>
+      <c r="B312" t="s">
+        <v>961</v>
+      </c>
+      <c r="D312" t="s">
+        <v>962</v>
+      </c>
+      <c r="E312" t="s">
+        <v>31</v>
+      </c>
+      <c r="H312" t="s">
+        <v>51</v>
+      </c>
+      <c r="I312" t="s">
+        <v>963</v>
+      </c>
+      <c r="J312" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="313" spans="1:10">
+      <c r="A313" t="s">
+        <v>140</v>
+      </c>
+      <c r="B313" t="s">
+        <v>964</v>
+      </c>
+      <c r="D313" t="s">
+        <v>965</v>
+      </c>
+      <c r="E313" t="s">
+        <v>31</v>
+      </c>
+      <c r="H313" t="s">
+        <v>51</v>
+      </c>
+      <c r="J313" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="314" spans="1:10">
+      <c r="A314" t="s">
+        <v>140</v>
+      </c>
+      <c r="B314" t="s">
+        <v>966</v>
+      </c>
+      <c r="D314" t="s">
+        <v>967</v>
+      </c>
+      <c r="E314" t="s">
+        <v>31</v>
+      </c>
+      <c r="H314" t="s">
+        <v>51</v>
+      </c>
+      <c r="I314" t="s">
+        <v>968</v>
+      </c>
+      <c r="J314" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="315" spans="1:10">
+      <c r="A315" t="s">
+        <v>140</v>
+      </c>
+      <c r="B315" t="s">
+        <v>969</v>
+      </c>
+      <c r="D315" t="s">
+        <v>967</v>
+      </c>
+      <c r="E315" t="s">
+        <v>31</v>
+      </c>
+      <c r="H315" t="s">
+        <v>51</v>
+      </c>
+      <c r="I315" t="s">
+        <v>970</v>
+      </c>
+      <c r="J315" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="316" spans="1:10">
+      <c r="A316" t="s">
+        <v>140</v>
+      </c>
+      <c r="B316" t="s">
+        <v>971</v>
+      </c>
+      <c r="D316" t="s">
+        <v>972</v>
+      </c>
+      <c r="E316" t="s">
+        <v>31</v>
+      </c>
+      <c r="H316" t="s">
+        <v>51</v>
+      </c>
+      <c r="I316" t="s">
+        <v>973</v>
+      </c>
+      <c r="J316" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="317" spans="1:10">
+      <c r="A317" t="s">
+        <v>140</v>
+      </c>
+      <c r="B317" t="s">
+        <v>974</v>
+      </c>
+      <c r="D317" t="s">
+        <v>975</v>
+      </c>
+      <c r="E317" t="s">
+        <v>31</v>
+      </c>
+      <c r="H317" t="s">
+        <v>51</v>
+      </c>
+      <c r="J317" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="318" spans="1:10">
+      <c r="A318" t="s">
+        <v>140</v>
+      </c>
+      <c r="B318" t="s">
+        <v>976</v>
+      </c>
+      <c r="D318" t="s">
+        <v>977</v>
+      </c>
+      <c r="E318" t="s">
+        <v>31</v>
+      </c>
+      <c r="H318" t="s">
+        <v>51</v>
+      </c>
+      <c r="I318" t="s">
+        <v>978</v>
+      </c>
+      <c r="J318" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="319" spans="1:10">
+      <c r="A319" t="s">
+        <v>140</v>
+      </c>
+      <c r="B319" t="s">
+        <v>979</v>
+      </c>
+      <c r="D319" t="s">
+        <v>980</v>
+      </c>
+      <c r="E319" t="s">
+        <v>31</v>
+      </c>
+      <c r="H319" t="s">
+        <v>51</v>
+      </c>
+      <c r="I319" t="s">
+        <v>981</v>
+      </c>
+      <c r="J319" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="320" spans="1:10">
+      <c r="A320" t="s">
+        <v>140</v>
+      </c>
+      <c r="B320" t="s">
+        <v>982</v>
+      </c>
+      <c r="D320" t="s">
+        <v>983</v>
+      </c>
+      <c r="E320" t="s">
+        <v>31</v>
+      </c>
+      <c r="H320" t="s">
+        <v>51</v>
+      </c>
+      <c r="I320" t="s">
+        <v>984</v>
+      </c>
+      <c r="J320" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="321" spans="1:10">
+      <c r="A321" t="s">
+        <v>140</v>
+      </c>
+      <c r="B321" t="s">
+        <v>985</v>
+      </c>
+      <c r="D321" t="s">
+        <v>986</v>
+      </c>
+      <c r="E321" t="s">
+        <v>31</v>
+      </c>
+      <c r="H321" t="s">
+        <v>51</v>
+      </c>
+      <c r="I321" t="s">
+        <v>987</v>
+      </c>
+      <c r="J321" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="322" spans="1:10">
+      <c r="A322" t="s">
+        <v>140</v>
+      </c>
+      <c r="B322" t="s">
+        <v>988</v>
+      </c>
+      <c r="D322" t="s">
+        <v>989</v>
+      </c>
+      <c r="E322" t="s">
+        <v>31</v>
+      </c>
+      <c r="H322" t="s">
+        <v>51</v>
+      </c>
+      <c r="I322" t="s">
+        <v>990</v>
+      </c>
+      <c r="J322" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="323" spans="1:10">
+      <c r="A323" t="s">
+        <v>140</v>
+      </c>
+      <c r="B323" t="s">
+        <v>991</v>
+      </c>
+      <c r="D323" t="s">
+        <v>989</v>
+      </c>
+      <c r="H323" t="s">
+        <v>51</v>
+      </c>
+      <c r="J323" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="324" spans="1:10">
+      <c r="A324" t="s">
+        <v>140</v>
+      </c>
+      <c r="B324" t="s">
+        <v>992</v>
+      </c>
+      <c r="D324" t="s">
+        <v>993</v>
+      </c>
+      <c r="E324" t="s">
+        <v>31</v>
+      </c>
+      <c r="H324" t="s">
+        <v>51</v>
+      </c>
+      <c r="I324" t="s">
+        <v>994</v>
+      </c>
+      <c r="J324" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="325" spans="1:10">
+      <c r="A325" t="s">
+        <v>140</v>
+      </c>
+      <c r="B325" t="s">
+        <v>995</v>
+      </c>
+      <c r="D325" t="s">
+        <v>996</v>
+      </c>
+      <c r="E325" t="s">
+        <v>31</v>
+      </c>
+      <c r="H325" t="s">
+        <v>51</v>
+      </c>
+      <c r="I325" t="s">
+        <v>997</v>
+      </c>
+      <c r="J325" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="326" spans="1:10">
+      <c r="A326" t="s">
+        <v>140</v>
+      </c>
+      <c r="B326" t="s">
+        <v>998</v>
+      </c>
+      <c r="D326" t="s">
+        <v>907</v>
+      </c>
+      <c r="E326" t="s">
+        <v>31</v>
+      </c>
+      <c r="H326" t="s">
+        <v>51</v>
+      </c>
+      <c r="I326" t="s">
+        <v>999</v>
+      </c>
+      <c r="J326" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="327" spans="1:10">
+      <c r="A327" t="s">
+        <v>140</v>
+      </c>
+      <c r="B327" t="s">
+        <v>1000</v>
+      </c>
+      <c r="D327" t="s">
+        <v>1001</v>
+      </c>
+      <c r="E327" t="s">
+        <v>31</v>
+      </c>
+      <c r="H327" t="s">
+        <v>51</v>
+      </c>
+      <c r="I327" t="s">
+        <v>1002</v>
+      </c>
+      <c r="J327" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="328" spans="1:10">
+      <c r="A328" t="s">
+        <v>140</v>
+      </c>
+      <c r="B328" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D328" t="s">
+        <v>1001</v>
+      </c>
+      <c r="E328" t="s">
+        <v>31</v>
+      </c>
+      <c r="H328" t="s">
+        <v>51</v>
+      </c>
+      <c r="I328" t="s">
+        <v>1004</v>
+      </c>
+      <c r="J328" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="329" spans="1:10">
+      <c r="A329" t="s">
+        <v>140</v>
+      </c>
+      <c r="B329" t="s">
+        <v>1005</v>
+      </c>
+      <c r="D329" t="s">
+        <v>1006</v>
+      </c>
+      <c r="E329" t="s">
+        <v>31</v>
+      </c>
+      <c r="H329" t="s">
+        <v>51</v>
+      </c>
+      <c r="I329" t="s">
+        <v>1007</v>
+      </c>
+      <c r="J329" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="330" spans="1:10">
+      <c r="A330" t="s">
+        <v>140</v>
+      </c>
+      <c r="B330" t="s">
+        <v>1008</v>
+      </c>
+      <c r="D330" t="s">
+        <v>1009</v>
+      </c>
+      <c r="E330" t="s">
+        <v>31</v>
+      </c>
+      <c r="H330" t="s">
+        <v>51</v>
+      </c>
+      <c r="I330" t="s">
+        <v>1010</v>
+      </c>
+      <c r="J330" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="331" spans="1:10">
+      <c r="A331" t="s">
+        <v>140</v>
+      </c>
+      <c r="B331" t="s">
+        <v>1011</v>
+      </c>
+      <c r="D331" t="s">
+        <v>1012</v>
+      </c>
+      <c r="E331" t="s">
+        <v>31</v>
+      </c>
+      <c r="H331" t="s">
+        <v>51</v>
+      </c>
+      <c r="I331" t="s">
+        <v>1013</v>
+      </c>
+      <c r="J331" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="332" spans="1:10">
+      <c r="A332" t="s">
+        <v>140</v>
+      </c>
+      <c r="B332" t="s">
+        <v>1014</v>
+      </c>
+      <c r="D332" t="s">
+        <v>1015</v>
+      </c>
+      <c r="E332" t="s">
+        <v>518</v>
+      </c>
+      <c r="H332" t="s">
+        <v>51</v>
+      </c>
+      <c r="I332" t="s">
+        <v>1016</v>
+      </c>
+      <c r="J332" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="333" spans="1:10">
+      <c r="A333" t="s">
+        <v>140</v>
+      </c>
+      <c r="B333" t="s">
+        <v>1017</v>
+      </c>
+      <c r="D333" t="s">
+        <v>1018</v>
+      </c>
+      <c r="E333" t="s">
+        <v>31</v>
+      </c>
+      <c r="H333" t="s">
+        <v>51</v>
+      </c>
+      <c r="I333" t="s">
+        <v>1019</v>
+      </c>
+      <c r="J333" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="334" spans="1:10">
+      <c r="A334" t="s">
+        <v>140</v>
+      </c>
+      <c r="B334" t="s">
+        <v>1020</v>
+      </c>
+      <c r="D334" t="s">
+        <v>1021</v>
+      </c>
+      <c r="E334" t="s">
+        <v>31</v>
+      </c>
+      <c r="H334" t="s">
+        <v>51</v>
+      </c>
+      <c r="I334" t="s">
+        <v>1022</v>
+      </c>
+      <c r="J334" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="335" spans="1:10">
+      <c r="A335" t="s">
+        <v>140</v>
+      </c>
+      <c r="B335" t="s">
+        <v>1023</v>
+      </c>
+      <c r="D335" t="s">
+        <v>1021</v>
+      </c>
+      <c r="E335" t="s">
+        <v>14</v>
+      </c>
+      <c r="H335" t="s">
+        <v>51</v>
+      </c>
+      <c r="I335" t="s">
+        <v>1024</v>
+      </c>
+      <c r="J335" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="336" spans="1:10">
+      <c r="A336" t="s">
+        <v>140</v>
+      </c>
+      <c r="B336" t="s">
+        <v>1025</v>
+      </c>
+      <c r="D336" t="s">
+        <v>1026</v>
+      </c>
+      <c r="E336" t="s">
+        <v>14</v>
+      </c>
+      <c r="H336" t="s">
+        <v>51</v>
+      </c>
+      <c r="I336" t="s">
+        <v>1027</v>
+      </c>
+      <c r="J336" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="337" spans="1:10">
+      <c r="A337" t="s">
+        <v>140</v>
+      </c>
+      <c r="B337" t="s">
+        <v>1028</v>
+      </c>
+      <c r="C337" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D337" t="s">
+        <v>1030</v>
+      </c>
+      <c r="E337" t="s">
+        <v>31</v>
+      </c>
+      <c r="H337" t="s">
+        <v>51</v>
+      </c>
+      <c r="I337" t="s">
+        <v>1031</v>
+      </c>
+      <c r="J337" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="338" spans="1:10">
+      <c r="A338" t="s">
+        <v>140</v>
+      </c>
+      <c r="B338" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C338" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D338" t="s">
+        <v>1033</v>
+      </c>
+      <c r="E338" t="s">
+        <v>31</v>
+      </c>
+      <c r="H338" t="s">
+        <v>51</v>
+      </c>
+      <c r="I338" t="s">
+        <v>1034</v>
+      </c>
+      <c r="J338" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="339" spans="1:10">
+      <c r="A339" t="s">
+        <v>140</v>
+      </c>
+      <c r="B339" t="s">
+        <v>1035</v>
+      </c>
+      <c r="C339" t="s">
+        <v>1036</v>
+      </c>
+      <c r="D339" t="s">
+        <v>1037</v>
+      </c>
+      <c r="E339" t="s">
+        <v>31</v>
+      </c>
+      <c r="H339" t="s">
+        <v>51</v>
+      </c>
+      <c r="I339" t="s">
+        <v>1038</v>
+      </c>
+      <c r="J339" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="340" spans="1:10">
+      <c r="A340" t="s">
+        <v>140</v>
+      </c>
+      <c r="B340" t="s">
+        <v>1039</v>
+      </c>
+      <c r="C340" t="s">
+        <v>1040</v>
+      </c>
+      <c r="D340" t="s">
+        <v>1041</v>
+      </c>
+      <c r="E340" t="s">
+        <v>31</v>
+      </c>
+      <c r="H340" t="s">
+        <v>51</v>
+      </c>
+      <c r="I340" t="s">
+        <v>1042</v>
+      </c>
+      <c r="J340" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="341" spans="1:10">
+      <c r="A341" t="s">
+        <v>140</v>
+      </c>
+      <c r="B341" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C341" t="s">
+        <v>1044</v>
+      </c>
+      <c r="D341" t="s">
+        <v>1045</v>
+      </c>
+      <c r="E341" t="s">
+        <v>31</v>
+      </c>
+      <c r="H341" t="s">
+        <v>51</v>
+      </c>
+      <c r="I341" t="s">
+        <v>1046</v>
+      </c>
+      <c r="J341" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="342" spans="1:10">
+      <c r="A342" t="s">
+        <v>140</v>
+      </c>
+      <c r="B342" t="s">
+        <v>1047</v>
+      </c>
+      <c r="C342" t="s">
+        <v>1048</v>
+      </c>
+      <c r="D342" t="s">
+        <v>1045</v>
+      </c>
+      <c r="E342" t="s">
+        <v>31</v>
+      </c>
+      <c r="H342" t="s">
+        <v>51</v>
+      </c>
+      <c r="I342" t="s">
+        <v>1049</v>
+      </c>
+      <c r="J342" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="343" spans="1:10">
+      <c r="A343" t="s">
+        <v>140</v>
+      </c>
+      <c r="B343" t="s">
+        <v>1050</v>
+      </c>
+      <c r="C343" t="s">
+        <v>1051</v>
+      </c>
+      <c r="D343" t="s">
+        <v>1052</v>
+      </c>
+      <c r="E343" t="s">
+        <v>31</v>
+      </c>
+      <c r="H343" t="s">
+        <v>51</v>
+      </c>
+      <c r="I343" t="s">
+        <v>1053</v>
+      </c>
+      <c r="J343" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="344" spans="1:10">
+      <c r="A344" t="s">
+        <v>140</v>
+      </c>
+      <c r="B344" t="s">
+        <v>1054</v>
+      </c>
+      <c r="C344" t="s">
+        <v>1055</v>
+      </c>
+      <c r="D344" t="s">
+        <v>1056</v>
+      </c>
+      <c r="E344" t="s">
+        <v>31</v>
+      </c>
+      <c r="H344" t="s">
+        <v>51</v>
+      </c>
+      <c r="I344" t="s">
+        <v>1057</v>
+      </c>
+      <c r="J344" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="345" spans="1:10">
+      <c r="A345" t="s">
+        <v>140</v>
+      </c>
+      <c r="B345" t="s">
+        <v>1058</v>
+      </c>
+      <c r="C345" t="s">
+        <v>1059</v>
+      </c>
+      <c r="D345" t="s">
+        <v>1060</v>
+      </c>
+      <c r="E345" t="s">
+        <v>31</v>
+      </c>
+      <c r="H345" t="s">
+        <v>51</v>
+      </c>
+      <c r="I345" t="s">
+        <v>1061</v>
+      </c>
+      <c r="J345" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="346" spans="1:10">
+      <c r="A346" t="s">
+        <v>140</v>
+      </c>
+      <c r="B346" t="s">
+        <v>1062</v>
+      </c>
+      <c r="C346" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D346" t="s">
+        <v>1064</v>
+      </c>
+      <c r="E346" t="s">
+        <v>31</v>
+      </c>
+      <c r="H346" t="s">
+        <v>51</v>
+      </c>
+      <c r="I346" t="s">
+        <v>1065</v>
+      </c>
+      <c r="J346" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="347" spans="1:10">
+      <c r="A347" t="s">
+        <v>140</v>
+      </c>
+      <c r="B347" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C347" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D347" t="s">
+        <v>1068</v>
+      </c>
+      <c r="E347" t="s">
+        <v>31</v>
+      </c>
+      <c r="H347" t="s">
+        <v>51</v>
+      </c>
+      <c r="I347" t="s">
+        <v>1069</v>
+      </c>
+      <c r="J347" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="348" spans="1:10">
+      <c r="A348" t="s">
+        <v>140</v>
+      </c>
+      <c r="B348" t="s">
+        <v>1070</v>
+      </c>
+      <c r="C348" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D348" t="s">
+        <v>1064</v>
+      </c>
+      <c r="E348" t="s">
+        <v>31</v>
+      </c>
+      <c r="H348" t="s">
+        <v>51</v>
+      </c>
+      <c r="I348" t="s">
+        <v>1072</v>
+      </c>
+      <c r="J348" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="349" spans="1:10">
+      <c r="A349" t="s">
+        <v>140</v>
+      </c>
+      <c r="B349" t="s">
+        <v>1073</v>
+      </c>
+      <c r="C349" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D349" t="s">
+        <v>1075</v>
+      </c>
+      <c r="E349" t="s">
+        <v>31</v>
+      </c>
+      <c r="H349" t="s">
+        <v>51</v>
+      </c>
+      <c r="I349" t="s">
+        <v>1076</v>
+      </c>
+      <c r="J349" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="350" spans="1:10">
+      <c r="A350" t="s">
+        <v>140</v>
+      </c>
+      <c r="B350" t="s">
+        <v>1077</v>
+      </c>
+      <c r="C350" t="s">
+        <v>1078</v>
+      </c>
+      <c r="D350" t="s">
+        <v>1079</v>
+      </c>
+      <c r="E350" t="s">
+        <v>31</v>
+      </c>
+      <c r="H350" t="s">
+        <v>51</v>
+      </c>
+      <c r="I350" t="s">
+        <v>1080</v>
+      </c>
+      <c r="J350" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="351" spans="1:10">
+      <c r="A351" t="s">
+        <v>140</v>
+      </c>
+      <c r="B351" t="s">
+        <v>1081</v>
+      </c>
+      <c r="C351" t="s">
+        <v>1082</v>
+      </c>
+      <c r="D351" t="s">
+        <v>1083</v>
+      </c>
+      <c r="E351" t="s">
+        <v>31</v>
+      </c>
+      <c r="H351" t="s">
+        <v>51</v>
+      </c>
+      <c r="I351" t="s">
+        <v>1084</v>
+      </c>
+      <c r="J351" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="352" spans="1:10">
+      <c r="A352" t="s">
+        <v>140</v>
+      </c>
+      <c r="B352" t="s">
+        <v>1085</v>
+      </c>
+      <c r="C352" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D352" t="s">
+        <v>1087</v>
+      </c>
+      <c r="E352" t="s">
+        <v>31</v>
+      </c>
+      <c r="H352" t="s">
+        <v>51</v>
+      </c>
+      <c r="I352" t="s">
+        <v>1088</v>
+      </c>
+      <c r="J352" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="353" spans="1:10">
+      <c r="A353" t="s">
+        <v>140</v>
+      </c>
+      <c r="B353" t="s">
+        <v>1089</v>
+      </c>
+      <c r="C353" t="s">
+        <v>1090</v>
+      </c>
+      <c r="D353" t="s">
+        <v>1091</v>
+      </c>
+      <c r="E353" t="s">
+        <v>31</v>
+      </c>
+      <c r="H353" t="s">
+        <v>51</v>
+      </c>
+      <c r="I353" t="s">
+        <v>1092</v>
+      </c>
+      <c r="J353" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="354" spans="1:10">
+      <c r="A354" t="s">
+        <v>140</v>
+      </c>
+      <c r="B354" t="s">
+        <v>1093</v>
+      </c>
+      <c r="C354" t="s">
+        <v>1094</v>
+      </c>
+      <c r="D354" t="s">
+        <v>1091</v>
+      </c>
+      <c r="E354" t="s">
+        <v>31</v>
+      </c>
+      <c r="H354" t="s">
+        <v>51</v>
+      </c>
+      <c r="I354" t="s">
+        <v>1095</v>
+      </c>
+      <c r="J354" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="355" spans="1:10">
+      <c r="A355" t="s">
+        <v>140</v>
+      </c>
+      <c r="B355" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C355" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D355" t="s">
+        <v>1091</v>
+      </c>
+      <c r="E355" t="s">
+        <v>31</v>
+      </c>
+      <c r="H355" t="s">
+        <v>51</v>
+      </c>
+      <c r="I355" t="s">
+        <v>1098</v>
+      </c>
+      <c r="J355" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="356" spans="1:10">
+      <c r="A356" t="s">
+        <v>140</v>
+      </c>
+      <c r="B356" t="s">
+        <v>1099</v>
+      </c>
+      <c r="C356" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D356" t="s">
+        <v>1101</v>
+      </c>
+      <c r="E356" t="s">
+        <v>31</v>
+      </c>
+      <c r="H356" t="s">
+        <v>51</v>
+      </c>
+      <c r="I356" t="s">
+        <v>1102</v>
+      </c>
+      <c r="J356" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="357" spans="1:10">
+      <c r="A357" t="s">
+        <v>140</v>
+      </c>
+      <c r="B357" t="s">
+        <v>1103</v>
+      </c>
+      <c r="C357" t="s">
+        <v>1104</v>
+      </c>
+      <c r="D357" t="s">
+        <v>1105</v>
+      </c>
+      <c r="E357" t="s">
+        <v>31</v>
+      </c>
+      <c r="H357" t="s">
+        <v>51</v>
+      </c>
+      <c r="I357" t="s">
+        <v>1106</v>
+      </c>
+      <c r="J357" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="358" spans="1:10">
+      <c r="A358" t="s">
+        <v>140</v>
+      </c>
+      <c r="B358" t="s">
+        <v>1107</v>
+      </c>
+      <c r="C358" t="s">
+        <v>1108</v>
+      </c>
+      <c r="D358" t="s">
+        <v>1109</v>
+      </c>
+      <c r="E358" t="s">
+        <v>31</v>
+      </c>
+      <c r="H358" t="s">
+        <v>51</v>
+      </c>
+      <c r="I358" t="s">
+        <v>1110</v>
+      </c>
+      <c r="J358" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="359" spans="1:10">
+      <c r="A359" t="s">
+        <v>140</v>
+      </c>
+      <c r="B359" t="s">
+        <v>1111</v>
+      </c>
+      <c r="C359" t="s">
+        <v>1112</v>
+      </c>
+      <c r="D359" t="s">
+        <v>1113</v>
+      </c>
+      <c r="E359" t="s">
+        <v>31</v>
+      </c>
+      <c r="H359" t="s">
+        <v>51</v>
+      </c>
+      <c r="I359" t="s">
+        <v>1114</v>
+      </c>
+      <c r="J359" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="360" spans="1:10">
+      <c r="A360" t="s">
+        <v>140</v>
+      </c>
+      <c r="B360" t="s">
+        <v>1115</v>
+      </c>
+      <c r="D360" t="s">
+        <v>1116</v>
+      </c>
+      <c r="E360" t="s">
+        <v>518</v>
+      </c>
+      <c r="H360" t="s">
+        <v>51</v>
+      </c>
+      <c r="I360" t="s">
+        <v>1117</v>
+      </c>
+      <c r="J360" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="361" spans="1:10">
+      <c r="A361" t="s">
+        <v>140</v>
+      </c>
+      <c r="B361" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C361" t="s">
+        <v>1051</v>
+      </c>
+      <c r="D361" t="s">
+        <v>1119</v>
+      </c>
+      <c r="E361" t="s">
+        <v>14</v>
+      </c>
+      <c r="H361" t="s">
+        <v>51</v>
+      </c>
+      <c r="I361" t="s">
+        <v>1120</v>
+      </c>
+      <c r="J361" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="362" spans="1:10">
+      <c r="A362" t="s">
+        <v>140</v>
+      </c>
+      <c r="B362" t="s">
+        <v>1121</v>
+      </c>
+      <c r="D362" t="s">
+        <v>1122</v>
+      </c>
+      <c r="E362" t="s">
+        <v>14</v>
+      </c>
+      <c r="H362" t="s">
+        <v>51</v>
+      </c>
+      <c r="I362" t="s">
+        <v>1123</v>
+      </c>
+      <c r="J362" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="363" spans="1:10">
+      <c r="A363" t="s">
+        <v>140</v>
+      </c>
+      <c r="B363" t="s">
+        <v>1124</v>
+      </c>
+      <c r="D363" t="s">
+        <v>1125</v>
+      </c>
+      <c r="E363" t="s">
+        <v>31</v>
+      </c>
+      <c r="H363" t="s">
+        <v>51</v>
+      </c>
+      <c r="I363" t="s">
+        <v>1126</v>
+      </c>
+      <c r="J363" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="364" spans="1:10">
+      <c r="A364" t="s">
+        <v>140</v>
+      </c>
+      <c r="B364" t="s">
+        <v>1127</v>
+      </c>
+      <c r="D364" t="s">
+        <v>1128</v>
+      </c>
+      <c r="E364" t="s">
+        <v>14</v>
+      </c>
+      <c r="H364" t="s">
+        <v>51</v>
+      </c>
+      <c r="I364" t="s">
+        <v>1129</v>
+      </c>
+      <c r="J364" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="365" spans="1:10">
+      <c r="A365" t="s">
+        <v>140</v>
+      </c>
+      <c r="B365" t="s">
+        <v>1130</v>
+      </c>
+      <c r="C365" t="s">
+        <v>1131</v>
+      </c>
+      <c r="D365" t="s">
+        <v>1113</v>
+      </c>
+      <c r="E365" t="s">
+        <v>31</v>
+      </c>
+      <c r="H365" t="s">
+        <v>51</v>
+      </c>
+      <c r="I365" t="s">
+        <v>1132</v>
+      </c>
+      <c r="J365" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="366" spans="1:10">
+      <c r="A366" t="s">
+        <v>140</v>
+      </c>
+      <c r="B366" t="s">
+        <v>1133</v>
+      </c>
+      <c r="C366" t="s">
+        <v>1134</v>
+      </c>
+      <c r="D366" t="s">
+        <v>1135</v>
+      </c>
+      <c r="E366" t="s">
+        <v>31</v>
+      </c>
+      <c r="H366" t="s">
+        <v>51</v>
+      </c>
+      <c r="I366" t="s">
+        <v>1136</v>
+      </c>
+      <c r="J366" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="367" spans="1:10">
+      <c r="A367" t="s">
+        <v>140</v>
+      </c>
+      <c r="B367" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C367" t="s">
+        <v>1138</v>
+      </c>
+      <c r="D367" t="s">
+        <v>1139</v>
+      </c>
+      <c r="H367" t="s">
+        <v>51</v>
+      </c>
+      <c r="I367" t="s">
+        <v>1140</v>
+      </c>
+      <c r="J367" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="368" spans="1:10">
+      <c r="A368" t="s">
+        <v>140</v>
+      </c>
+      <c r="B368" t="s">
+        <v>1141</v>
+      </c>
+      <c r="C368" t="s">
+        <v>1138</v>
+      </c>
+      <c r="D368" t="s">
+        <v>1139</v>
+      </c>
+      <c r="E368" t="s">
+        <v>31</v>
+      </c>
+      <c r="H368" t="s">
+        <v>51</v>
+      </c>
+      <c r="I368" t="s">
+        <v>1142</v>
+      </c>
+      <c r="J368" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="369" spans="1:10">
+      <c r="A369" t="s">
+        <v>140</v>
+      </c>
+      <c r="B369" t="s">
+        <v>1143</v>
+      </c>
+      <c r="C369" t="s">
+        <v>1144</v>
+      </c>
+      <c r="D369" t="s">
+        <v>1145</v>
+      </c>
+      <c r="E369" t="s">
+        <v>31</v>
+      </c>
+      <c r="H369" t="s">
+        <v>51</v>
+      </c>
+      <c r="I369" t="s">
+        <v>1146</v>
+      </c>
+      <c r="J369" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="370" spans="1:10">
+      <c r="A370" t="s">
+        <v>140</v>
+      </c>
+      <c r="B370" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C370" t="s">
+        <v>1148</v>
+      </c>
+      <c r="D370" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E370" t="s">
+        <v>31</v>
+      </c>
+      <c r="H370" t="s">
+        <v>51</v>
+      </c>
+      <c r="I370" t="s">
+        <v>1150</v>
+      </c>
+      <c r="J370" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="371" spans="1:10">
+      <c r="A371" t="s">
+        <v>140</v>
+      </c>
+      <c r="B371" t="s">
+        <v>1151</v>
+      </c>
+      <c r="C371" t="s">
+        <v>1152</v>
+      </c>
+      <c r="D371" t="s">
+        <v>1153</v>
+      </c>
+      <c r="E371" t="s">
+        <v>31</v>
+      </c>
+      <c r="H371" t="s">
+        <v>51</v>
+      </c>
+      <c r="I371" t="s">
+        <v>1154</v>
+      </c>
+      <c r="J371" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="372" spans="1:10">
+      <c r="A372" t="s">
+        <v>140</v>
+      </c>
+      <c r="B372" t="s">
+        <v>1155</v>
+      </c>
+      <c r="C372" t="s">
+        <v>1156</v>
+      </c>
+      <c r="D372" t="s">
+        <v>1157</v>
+      </c>
+      <c r="E372" t="s">
+        <v>31</v>
+      </c>
+      <c r="H372" t="s">
+        <v>51</v>
+      </c>
+      <c r="I372" t="s">
+        <v>1158</v>
+      </c>
+      <c r="J372" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="373" spans="1:10">
+      <c r="A373" t="s">
+        <v>140</v>
+      </c>
+      <c r="B373" t="s">
+        <v>1159</v>
+      </c>
+      <c r="C373" t="s">
+        <v>1160</v>
+      </c>
+      <c r="D373" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E373" t="s">
+        <v>31</v>
+      </c>
+      <c r="H373" t="s">
+        <v>51</v>
+      </c>
+      <c r="I373" t="s">
+        <v>1162</v>
+      </c>
+      <c r="J373" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="374" spans="1:10">
+      <c r="A374" t="s">
+        <v>140</v>
+      </c>
+      <c r="B374" t="s">
+        <v>1163</v>
+      </c>
+      <c r="C374" t="s">
+        <v>1164</v>
+      </c>
+      <c r="D374" t="s">
+        <v>1165</v>
+      </c>
+      <c r="E374" t="s">
+        <v>31</v>
+      </c>
+      <c r="H374" t="s">
+        <v>51</v>
+      </c>
+      <c r="I374" t="s">
+        <v>1166</v>
+      </c>
+      <c r="J374" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="375" spans="1:10">
+      <c r="A375" t="s">
+        <v>140</v>
+      </c>
+      <c r="B375" t="s">
+        <v>1167</v>
+      </c>
+      <c r="D375" t="s">
+        <v>1168</v>
+      </c>
+      <c r="E375" t="s">
+        <v>14</v>
+      </c>
+      <c r="H375" t="s">
+        <v>51</v>
+      </c>
+      <c r="I375" t="s">
+        <v>1169</v>
+      </c>
+      <c r="J375" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="376" spans="1:10">
+      <c r="A376" t="s">
+        <v>140</v>
+      </c>
+      <c r="B376" t="s">
+        <v>1170</v>
+      </c>
+      <c r="C376" t="s">
+        <v>1171</v>
+      </c>
+      <c r="D376" t="s">
+        <v>1172</v>
+      </c>
+      <c r="E376" t="s">
+        <v>31</v>
+      </c>
+      <c r="H376" t="s">
+        <v>51</v>
+      </c>
+      <c r="I376" t="s">
+        <v>1173</v>
+      </c>
+      <c r="J376" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="377" spans="1:10">
+      <c r="A377" t="s">
+        <v>140</v>
+      </c>
+      <c r="B377" t="s">
+        <v>1174</v>
+      </c>
+      <c r="C377" t="s">
+        <v>1175</v>
+      </c>
+      <c r="D377" t="s">
+        <v>1176</v>
+      </c>
+      <c r="E377" t="s">
+        <v>31</v>
+      </c>
+      <c r="H377" t="s">
+        <v>51</v>
+      </c>
+      <c r="I377" t="s">
+        <v>1177</v>
+      </c>
+      <c r="J377" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="378" spans="1:10">
+      <c r="A378" t="s">
+        <v>140</v>
+      </c>
+      <c r="B378" t="s">
+        <v>1178</v>
+      </c>
+      <c r="C378" t="s">
+        <v>1179</v>
+      </c>
+      <c r="D378" t="s">
+        <v>1180</v>
+      </c>
+      <c r="E378" t="s">
+        <v>31</v>
+      </c>
+      <c r="H378" t="s">
+        <v>51</v>
+      </c>
+      <c r="I378" t="s">
+        <v>1181</v>
+      </c>
+      <c r="J378" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="379" spans="1:10">
+      <c r="A379" t="s">
+        <v>140</v>
+      </c>
+      <c r="B379" t="s">
+        <v>1182</v>
+      </c>
+      <c r="C379" t="s">
+        <v>1183</v>
+      </c>
+      <c r="D379" t="s">
+        <v>1184</v>
+      </c>
+      <c r="E379" t="s">
+        <v>31</v>
+      </c>
+      <c r="H379" t="s">
+        <v>51</v>
+      </c>
+      <c r="I379" t="s">
+        <v>1185</v>
+      </c>
+      <c r="J379" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="380" spans="1:10">
+      <c r="A380" t="s">
+        <v>140</v>
+      </c>
+      <c r="B380" t="s">
+        <v>1186</v>
+      </c>
+      <c r="C380" t="s">
+        <v>1187</v>
+      </c>
+      <c r="D380" t="s">
+        <v>1119</v>
+      </c>
+      <c r="E380" t="s">
+        <v>31</v>
+      </c>
+      <c r="H380" t="s">
+        <v>51</v>
+      </c>
+      <c r="I380" t="s">
+        <v>1188</v>
+      </c>
+      <c r="J380" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="381" spans="1:10">
+      <c r="A381" t="s">
+        <v>140</v>
+      </c>
+      <c r="B381" t="s">
+        <v>1189</v>
+      </c>
+      <c r="C381" t="s">
+        <v>1190</v>
+      </c>
+      <c r="D381" t="s">
+        <v>1122</v>
+      </c>
+      <c r="E381" t="s">
+        <v>31</v>
+      </c>
+      <c r="H381" t="s">
+        <v>51</v>
+      </c>
+      <c r="I381" t="s">
+        <v>1191</v>
+      </c>
+      <c r="J381" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="382" spans="1:10">
+      <c r="A382" t="s">
+        <v>140</v>
+      </c>
+      <c r="B382" t="s">
+        <v>1192</v>
+      </c>
+      <c r="C382" t="s">
+        <v>1193</v>
+      </c>
+      <c r="D382" t="s">
+        <v>1122</v>
+      </c>
+      <c r="E382" t="s">
+        <v>31</v>
+      </c>
+      <c r="H382" t="s">
+        <v>51</v>
+      </c>
+      <c r="I382" t="s">
+        <v>1194</v>
+      </c>
+      <c r="J382" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="383" spans="1:10">
+      <c r="A383" t="s">
+        <v>140</v>
+      </c>
+      <c r="B383" t="s">
+        <v>1195</v>
+      </c>
+      <c r="C383" t="s">
+        <v>1196</v>
+      </c>
+      <c r="D383" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E383" t="s">
+        <v>31</v>
+      </c>
+      <c r="H383" t="s">
+        <v>51</v>
+      </c>
+      <c r="I383" t="s">
+        <v>1198</v>
+      </c>
+      <c r="J383" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="384" spans="1:10">
+      <c r="A384" t="s">
+        <v>140</v>
+      </c>
+      <c r="B384" t="s">
+        <v>1199</v>
+      </c>
+      <c r="C384" t="s">
+        <v>1200</v>
+      </c>
+      <c r="D384" t="s">
+        <v>1201</v>
+      </c>
+      <c r="E384" t="s">
+        <v>31</v>
+      </c>
+      <c r="H384" t="s">
+        <v>51</v>
+      </c>
+      <c r="I384" t="s">
+        <v>1202</v>
+      </c>
+      <c r="J384" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="385" spans="1:10">
+      <c r="A385" t="s">
+        <v>140</v>
+      </c>
+      <c r="B385" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C385" t="s">
+        <v>1204</v>
+      </c>
+      <c r="D385" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E385" t="s">
+        <v>31</v>
+      </c>
+      <c r="H385" t="s">
+        <v>51</v>
+      </c>
+      <c r="I385" t="s">
+        <v>1206</v>
+      </c>
+      <c r="J385" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="386" spans="1:10">
+      <c r="A386" t="s">
+        <v>140</v>
+      </c>
+      <c r="B386" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C386" t="s">
+        <v>1208</v>
+      </c>
+      <c r="D386" t="s">
+        <v>1209</v>
+      </c>
+      <c r="E386" t="s">
+        <v>31</v>
+      </c>
+      <c r="H386" t="s">
+        <v>51</v>
+      </c>
+      <c r="I386" t="s">
+        <v>1210</v>
+      </c>
+      <c r="J386" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="387" spans="1:10">
+      <c r="A387" t="s">
+        <v>140</v>
+      </c>
+      <c r="B387" t="s">
+        <v>1211</v>
+      </c>
+      <c r="C387" t="s">
+        <v>1212</v>
+      </c>
+      <c r="D387" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E387" t="s">
+        <v>31</v>
+      </c>
+      <c r="H387" t="s">
+        <v>51</v>
+      </c>
+      <c r="I387" t="s">
+        <v>1213</v>
+      </c>
+      <c r="J387" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="388" spans="1:10">
+      <c r="A388" t="s">
+        <v>140</v>
+      </c>
+      <c r="B388" t="s">
+        <v>1214</v>
+      </c>
+      <c r="D388" t="s">
+        <v>1215</v>
+      </c>
+      <c r="E388" t="s">
+        <v>14</v>
+      </c>
+      <c r="H388" t="s">
+        <v>51</v>
+      </c>
+      <c r="I388" t="s">
+        <v>1216</v>
+      </c>
+      <c r="J388" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="389" spans="1:10">
+      <c r="A389" t="s">
+        <v>140</v>
+      </c>
+      <c r="B389" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C389" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D389" t="s">
+        <v>1218</v>
+      </c>
+      <c r="E389" t="s">
+        <v>14</v>
+      </c>
+      <c r="H389" t="s">
+        <v>51</v>
+      </c>
+      <c r="I389" t="s">
+        <v>1219</v>
+      </c>
+      <c r="J389" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="390" spans="1:10">
+      <c r="A390" t="s">
+        <v>140</v>
+      </c>
+      <c r="B390" t="s">
+        <v>1220</v>
+      </c>
+      <c r="D390" t="s">
+        <v>1221</v>
+      </c>
+      <c r="E390" t="s">
+        <v>31</v>
+      </c>
+      <c r="H390" t="s">
+        <v>51</v>
+      </c>
+      <c r="I390" t="s">
+        <v>1222</v>
+      </c>
+      <c r="J390" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="391" spans="1:10">
+      <c r="A391" t="s">
+        <v>140</v>
+      </c>
+      <c r="B391" t="s">
+        <v>1223</v>
+      </c>
+      <c r="D391" t="s">
+        <v>1224</v>
+      </c>
+      <c r="E391" t="s">
+        <v>14</v>
+      </c>
+      <c r="H391" t="s">
+        <v>51</v>
+      </c>
+      <c r="I391" t="s">
+        <v>1129</v>
+      </c>
+      <c r="J391" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="392" spans="1:10">
+      <c r="A392" t="s">
+        <v>140</v>
+      </c>
+      <c r="B392" t="s">
+        <v>1225</v>
+      </c>
+      <c r="D392" t="s">
+        <v>1226</v>
+      </c>
+      <c r="E392" t="s">
+        <v>14</v>
+      </c>
+      <c r="H392" t="s">
+        <v>51</v>
+      </c>
+      <c r="I392" t="s">
+        <v>1013</v>
+      </c>
+      <c r="J392" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="393" spans="1:10">
+      <c r="A393" t="s">
+        <v>140</v>
+      </c>
+      <c r="B393" t="s">
+        <v>1227</v>
+      </c>
+      <c r="D393" t="s">
+        <v>1228</v>
+      </c>
+      <c r="E393" t="s">
+        <v>14</v>
+      </c>
+      <c r="H393" t="s">
+        <v>51</v>
+      </c>
+      <c r="I393" t="s">
+        <v>1229</v>
+      </c>
+      <c r="J393" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="394" spans="1:10">
+      <c r="A394" t="s">
+        <v>140</v>
+      </c>
+      <c r="B394" t="s">
+        <v>1230</v>
+      </c>
+      <c r="D394" t="s">
+        <v>1231</v>
+      </c>
+      <c r="E394" t="s">
+        <v>14</v>
+      </c>
+      <c r="H394" t="s">
+        <v>51</v>
+      </c>
+      <c r="I394" t="s">
+        <v>1232</v>
+      </c>
+      <c r="J394" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="395" spans="1:10">
+      <c r="A395" t="s">
+        <v>140</v>
+      </c>
+      <c r="B395" t="s">
+        <v>1233</v>
+      </c>
+      <c r="D395" t="s">
+        <v>1234</v>
+      </c>
+      <c r="E395" t="s">
+        <v>31</v>
+      </c>
+      <c r="H395" t="s">
+        <v>51</v>
+      </c>
+      <c r="I395" t="s">
+        <v>1235</v>
+      </c>
+      <c r="J395" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="396" spans="1:10">
+      <c r="A396" t="s">
+        <v>140</v>
+      </c>
+      <c r="B396" t="s">
+        <v>1236</v>
+      </c>
+      <c r="D396" t="s">
+        <v>1234</v>
+      </c>
+      <c r="E396" t="s">
+        <v>31</v>
+      </c>
+      <c r="H396" t="s">
+        <v>51</v>
+      </c>
+      <c r="I396" t="s">
+        <v>1237</v>
+      </c>
+      <c r="J396" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="397" spans="1:10">
+      <c r="A397" t="s">
+        <v>140</v>
+      </c>
+      <c r="B397" t="s">
+        <v>1238</v>
+      </c>
+      <c r="D397" t="s">
+        <v>1234</v>
+      </c>
+      <c r="E397" t="s">
+        <v>14</v>
+      </c>
+      <c r="H397" t="s">
+        <v>51</v>
+      </c>
+      <c r="I397" t="s">
+        <v>1239</v>
+      </c>
+      <c r="J397" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="398" spans="1:10">
+      <c r="A398" t="s">
+        <v>140</v>
+      </c>
+      <c r="B398" t="s">
+        <v>1240</v>
+      </c>
+      <c r="D398" t="s">
+        <v>1241</v>
+      </c>
+      <c r="E398" t="s">
+        <v>31</v>
+      </c>
+      <c r="H398" t="s">
+        <v>51</v>
+      </c>
+      <c r="I398" t="s">
+        <v>1242</v>
+      </c>
+      <c r="J398" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="399" spans="1:10">
+      <c r="A399" t="s">
+        <v>140</v>
+      </c>
+      <c r="B399" t="s">
+        <v>1243</v>
+      </c>
+      <c r="D399" t="s">
+        <v>1244</v>
+      </c>
+      <c r="E399" t="s">
+        <v>31</v>
+      </c>
+      <c r="H399" t="s">
+        <v>51</v>
+      </c>
+      <c r="I399" t="s">
+        <v>1245</v>
+      </c>
+      <c r="J399" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="400" spans="1:10">
+      <c r="A400" t="s">
+        <v>140</v>
+      </c>
+      <c r="B400" t="s">
+        <v>1246</v>
+      </c>
+      <c r="C400" t="s">
+        <v>1247</v>
+      </c>
+      <c r="D400" t="s">
+        <v>1248</v>
+      </c>
+      <c r="E400" t="s">
+        <v>31</v>
+      </c>
+      <c r="H400" t="s">
+        <v>51</v>
+      </c>
+      <c r="I400" t="s">
+        <v>1249</v>
+      </c>
+      <c r="J400" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="401" spans="1:10">
+      <c r="A401" t="s">
+        <v>140</v>
+      </c>
+      <c r="B401" t="s">
+        <v>1250</v>
+      </c>
+      <c r="C401" t="s">
+        <v>1251</v>
+      </c>
+      <c r="D401" t="s">
+        <v>1252</v>
+      </c>
+      <c r="E401" t="s">
+        <v>31</v>
+      </c>
+      <c r="H401" t="s">
+        <v>51</v>
+      </c>
+      <c r="I401" t="s">
+        <v>1253</v>
+      </c>
+      <c r="J401" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="402" spans="1:10">
+      <c r="A402" t="s">
+        <v>140</v>
+      </c>
+      <c r="B402" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C402" t="s">
+        <v>1255</v>
+      </c>
+      <c r="D402" t="s">
+        <v>1256</v>
+      </c>
+      <c r="E402" t="s">
+        <v>31</v>
+      </c>
+      <c r="H402" t="s">
+        <v>51</v>
+      </c>
+      <c r="I402" t="s">
+        <v>1257</v>
+      </c>
+      <c r="J402" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="403" spans="1:10">
+      <c r="A403" t="s">
+        <v>140</v>
+      </c>
+      <c r="B403" t="s">
+        <v>1258</v>
+      </c>
+      <c r="C403" t="s">
+        <v>1259</v>
+      </c>
+      <c r="D403" t="s">
+        <v>1256</v>
+      </c>
+      <c r="E403" t="s">
+        <v>31</v>
+      </c>
+      <c r="H403" t="s">
+        <v>51</v>
+      </c>
+      <c r="I403" t="s">
+        <v>1260</v>
+      </c>
+      <c r="J403" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="404" spans="1:10">
+      <c r="A404" t="s">
+        <v>140</v>
+      </c>
+      <c r="B404" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C404" t="s">
+        <v>1262</v>
+      </c>
+      <c r="D404" t="s">
+        <v>1263</v>
+      </c>
+      <c r="E404" t="s">
+        <v>31</v>
+      </c>
+      <c r="H404" t="s">
+        <v>51</v>
+      </c>
+      <c r="I404" t="s">
+        <v>1264</v>
+      </c>
+      <c r="J404" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="405" spans="1:10">
+      <c r="A405" t="s">
+        <v>140</v>
+      </c>
+      <c r="B405" t="s">
+        <v>1265</v>
+      </c>
+      <c r="C405" t="s">
+        <v>1266</v>
+      </c>
+      <c r="D405" t="s">
+        <v>1267</v>
+      </c>
+      <c r="E405" t="s">
+        <v>31</v>
+      </c>
+      <c r="H405" t="s">
+        <v>51</v>
+      </c>
+      <c r="I405" t="s">
+        <v>1268</v>
+      </c>
+      <c r="J405" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="406" spans="1:10">
+      <c r="A406" t="s">
+        <v>140</v>
+      </c>
+      <c r="B406" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C406" t="s">
+        <v>1270</v>
+      </c>
+      <c r="D406" t="s">
+        <v>1271</v>
+      </c>
+      <c r="E406" t="s">
+        <v>31</v>
+      </c>
+      <c r="H406" t="s">
+        <v>51</v>
+      </c>
+      <c r="I406" t="s">
+        <v>1272</v>
+      </c>
+      <c r="J406" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="407" spans="1:10">
+      <c r="A407" t="s">
+        <v>140</v>
+      </c>
+      <c r="B407" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C407" t="s">
+        <v>1274</v>
+      </c>
+      <c r="D407" t="s">
+        <v>1271</v>
+      </c>
+      <c r="E407" t="s">
+        <v>31</v>
+      </c>
+      <c r="H407" t="s">
+        <v>51</v>
+      </c>
+      <c r="I407" t="s">
+        <v>1275</v>
+      </c>
+      <c r="J407" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="408" spans="1:10">
+      <c r="A408" t="s">
+        <v>140</v>
+      </c>
+      <c r="B408" t="s">
+        <v>1276</v>
+      </c>
+      <c r="C408" t="s">
+        <v>1277</v>
+      </c>
+      <c r="D408" t="s">
+        <v>1278</v>
+      </c>
+      <c r="E408" t="s">
+        <v>31</v>
+      </c>
+      <c r="H408" t="s">
+        <v>51</v>
+      </c>
+      <c r="I408" t="s">
+        <v>1279</v>
+      </c>
+      <c r="J408" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="409" spans="1:10">
+      <c r="A409" t="s">
+        <v>140</v>
+      </c>
+      <c r="B409" t="s">
+        <v>1280</v>
+      </c>
+      <c r="C409" t="s">
+        <v>1281</v>
+      </c>
+      <c r="D409" t="s">
+        <v>1282</v>
+      </c>
+      <c r="E409" t="s">
+        <v>31</v>
+      </c>
+      <c r="H409" t="s">
+        <v>51</v>
+      </c>
+      <c r="I409" t="s">
+        <v>1283</v>
+      </c>
+      <c r="J409" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="410" spans="1:10">
+      <c r="A410" t="s">
+        <v>140</v>
+      </c>
+      <c r="B410" t="s">
+        <v>1284</v>
+      </c>
+      <c r="C410" t="s">
+        <v>1285</v>
+      </c>
+      <c r="D410" t="s">
+        <v>1282</v>
+      </c>
+      <c r="E410" t="s">
+        <v>31</v>
+      </c>
+      <c r="H410" t="s">
+        <v>51</v>
+      </c>
+      <c r="I410" t="s">
+        <v>1286</v>
+      </c>
+      <c r="J410" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="411" spans="1:10">
+      <c r="A411" t="s">
+        <v>140</v>
+      </c>
+      <c r="B411" t="s">
+        <v>1287</v>
+      </c>
+      <c r="C411" t="s">
+        <v>1288</v>
+      </c>
+      <c r="D411" t="s">
+        <v>1289</v>
+      </c>
+      <c r="E411" t="s">
+        <v>31</v>
+      </c>
+      <c r="H411" t="s">
+        <v>51</v>
+      </c>
+      <c r="I411" t="s">
+        <v>1290</v>
+      </c>
+      <c r="J411" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="412" spans="1:10">
+      <c r="A412" t="s">
+        <v>140</v>
+      </c>
+      <c r="B412" t="s">
+        <v>1291</v>
+      </c>
+      <c r="C412" t="s">
+        <v>1292</v>
+      </c>
+      <c r="D412" t="s">
+        <v>1293</v>
+      </c>
+      <c r="E412" t="s">
+        <v>31</v>
+      </c>
+      <c r="H412" t="s">
+        <v>51</v>
+      </c>
+      <c r="I412" t="s">
+        <v>1294</v>
+      </c>
+      <c r="J412" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="413" spans="1:10">
+      <c r="A413" t="s">
+        <v>140</v>
+      </c>
+      <c r="B413" t="s">
+        <v>1295</v>
+      </c>
+      <c r="C413" t="s">
+        <v>1296</v>
+      </c>
+      <c r="D413" t="s">
+        <v>1297</v>
+      </c>
+      <c r="E413" t="s">
+        <v>31</v>
+      </c>
+      <c r="H413" t="s">
+        <v>51</v>
+      </c>
+      <c r="I413" t="s">
+        <v>1298</v>
+      </c>
+      <c r="J413" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="414" spans="1:10">
+      <c r="A414" t="s">
+        <v>140</v>
+      </c>
+      <c r="B414" t="s">
+        <v>1299</v>
+      </c>
+      <c r="C414" t="s">
+        <v>1300</v>
+      </c>
+      <c r="D414" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E414" t="s">
+        <v>31</v>
+      </c>
+      <c r="H414" t="s">
+        <v>51</v>
+      </c>
+      <c r="I414" t="s">
+        <v>1302</v>
+      </c>
+      <c r="J414" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="415" spans="1:10">
+      <c r="A415" t="s">
+        <v>140</v>
+      </c>
+      <c r="B415" t="s">
+        <v>1303</v>
+      </c>
+      <c r="C415" t="s">
+        <v>1304</v>
+      </c>
+      <c r="D415" t="s">
+        <v>1305</v>
+      </c>
+      <c r="E415" t="s">
+        <v>31</v>
+      </c>
+      <c r="H415" t="s">
+        <v>51</v>
+      </c>
+      <c r="I415" t="s">
+        <v>1306</v>
+      </c>
+      <c r="J415" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="416" spans="1:10">
+      <c r="A416" t="s">
+        <v>140</v>
+      </c>
+      <c r="B416" t="s">
+        <v>1307</v>
+      </c>
+      <c r="C416" t="s">
+        <v>1308</v>
+      </c>
+      <c r="D416" t="s">
+        <v>1309</v>
+      </c>
+      <c r="E416" t="s">
+        <v>31</v>
+      </c>
+      <c r="H416" t="s">
+        <v>51</v>
+      </c>
+      <c r="I416" t="s">
+        <v>1310</v>
+      </c>
+      <c r="J416" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="417" spans="1:10">
+      <c r="A417" t="s">
+        <v>140</v>
+      </c>
+      <c r="B417" t="s">
+        <v>1311</v>
+      </c>
+      <c r="C417" t="s">
+        <v>1312</v>
+      </c>
+      <c r="D417" t="s">
+        <v>1313</v>
+      </c>
+      <c r="E417" t="s">
+        <v>31</v>
+      </c>
+      <c r="H417" t="s">
+        <v>51</v>
+      </c>
+      <c r="I417" t="s">
+        <v>1314</v>
+      </c>
+      <c r="J417" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="418" spans="1:10">
+      <c r="A418" t="s">
+        <v>140</v>
+      </c>
+      <c r="B418" t="s">
+        <v>1315</v>
+      </c>
+      <c r="C418" t="s">
+        <v>1316</v>
+      </c>
+      <c r="D418" t="s">
+        <v>1317</v>
+      </c>
+      <c r="E418" t="s">
+        <v>31</v>
+      </c>
+      <c r="H418" t="s">
+        <v>51</v>
+      </c>
+      <c r="I418" t="s">
+        <v>1318</v>
+      </c>
+      <c r="J418" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="419" spans="1:10">
+      <c r="A419" t="s">
+        <v>140</v>
+      </c>
+      <c r="B419" t="s">
+        <v>1319</v>
+      </c>
+      <c r="C419" t="s">
+        <v>1320</v>
+      </c>
+      <c r="D419" t="s">
+        <v>1321</v>
+      </c>
+      <c r="E419" t="s">
+        <v>31</v>
+      </c>
+      <c r="H419" t="s">
+        <v>51</v>
+      </c>
+      <c r="I419" t="s">
+        <v>1322</v>
+      </c>
+      <c r="J419" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="420" spans="1:10">
+      <c r="A420" t="s">
+        <v>140</v>
+      </c>
+      <c r="B420" t="s">
+        <v>1323</v>
+      </c>
+      <c r="C420" t="s">
+        <v>1324</v>
+      </c>
+      <c r="D420" t="s">
+        <v>1325</v>
+      </c>
+      <c r="E420" t="s">
+        <v>31</v>
+      </c>
+      <c r="H420" t="s">
+        <v>51</v>
+      </c>
+      <c r="I420" t="s">
+        <v>1326</v>
+      </c>
+      <c r="J420" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="421" spans="1:10">
+      <c r="A421" t="s">
+        <v>140</v>
+      </c>
+      <c r="B421" t="s">
+        <v>1327</v>
+      </c>
+      <c r="C421" t="s">
+        <v>1328</v>
+      </c>
+      <c r="D421" t="s">
+        <v>1329</v>
+      </c>
+      <c r="E421" t="s">
+        <v>31</v>
+      </c>
+      <c r="H421" t="s">
+        <v>51</v>
+      </c>
+      <c r="I421" t="s">
+        <v>1330</v>
+      </c>
+      <c r="J421" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="422" spans="1:10">
+      <c r="A422" t="s">
+        <v>140</v>
+      </c>
+      <c r="B422" t="s">
+        <v>1331</v>
+      </c>
+      <c r="C422" t="s">
+        <v>1332</v>
+      </c>
+      <c r="D422" t="s">
+        <v>1329</v>
+      </c>
+      <c r="E422" t="s">
+        <v>31</v>
+      </c>
+      <c r="H422" t="s">
+        <v>51</v>
+      </c>
+      <c r="I422" t="s">
+        <v>1333</v>
+      </c>
+      <c r="J422" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="423" spans="1:10">
+      <c r="A423" t="s">
+        <v>140</v>
+      </c>
+      <c r="B423" t="s">
+        <v>1334</v>
+      </c>
+      <c r="C423" t="s">
+        <v>1335</v>
+      </c>
+      <c r="D423" t="s">
+        <v>1325</v>
+      </c>
+      <c r="E423" t="s">
+        <v>31</v>
+      </c>
+      <c r="H423" t="s">
+        <v>51</v>
+      </c>
+      <c r="I423" t="s">
+        <v>1336</v>
+      </c>
+      <c r="J423" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="424" spans="1:10">
+      <c r="A424" t="s">
+        <v>140</v>
+      </c>
+      <c r="B424" t="s">
+        <v>1337</v>
+      </c>
+      <c r="C424" t="s">
+        <v>1338</v>
+      </c>
+      <c r="D424" t="s">
+        <v>1339</v>
+      </c>
+      <c r="E424" t="s">
+        <v>31</v>
+      </c>
+      <c r="H424" t="s">
+        <v>51</v>
+      </c>
+      <c r="I424" t="s">
+        <v>1340</v>
+      </c>
+      <c r="J424" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="425" spans="1:10">
+      <c r="A425" t="s">
+        <v>140</v>
+      </c>
+      <c r="B425" t="s">
+        <v>1341</v>
+      </c>
+      <c r="C425" t="s">
+        <v>1342</v>
+      </c>
+      <c r="D425" t="s">
+        <v>1343</v>
+      </c>
+      <c r="E425" t="s">
+        <v>31</v>
+      </c>
+      <c r="H425" t="s">
+        <v>51</v>
+      </c>
+      <c r="I425" t="s">
+        <v>1344</v>
+      </c>
+      <c r="J425" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="426" spans="1:10">
+      <c r="A426" t="s">
+        <v>140</v>
+      </c>
+      <c r="B426" t="s">
+        <v>1345</v>
+      </c>
+      <c r="C426" t="s">
+        <v>1346</v>
+      </c>
+      <c r="D426" t="s">
+        <v>1228</v>
+      </c>
+      <c r="E426" t="s">
+        <v>31</v>
+      </c>
+      <c r="H426" t="s">
+        <v>51</v>
+      </c>
+      <c r="I426" t="s">
+        <v>1347</v>
+      </c>
+      <c r="J426" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="427" spans="1:10">
+      <c r="A427" t="s">
+        <v>140</v>
+      </c>
+      <c r="B427" t="s">
+        <v>1348</v>
+      </c>
+      <c r="C427" t="s">
+        <v>1349</v>
+      </c>
+      <c r="D427" t="s">
+        <v>1350</v>
+      </c>
+      <c r="E427" t="s">
+        <v>31</v>
+      </c>
+      <c r="H427" t="s">
+        <v>51</v>
+      </c>
+      <c r="I427" t="s">
+        <v>1351</v>
+      </c>
+      <c r="J427" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="428" spans="1:10">
+      <c r="A428" t="s">
+        <v>140</v>
+      </c>
+      <c r="B428" t="s">
+        <v>1352</v>
+      </c>
+      <c r="C428" t="s">
+        <v>1353</v>
+      </c>
+      <c r="D428" t="s">
+        <v>1354</v>
+      </c>
+      <c r="E428" t="s">
+        <v>31</v>
+      </c>
+      <c r="H428" t="s">
+        <v>51</v>
+      </c>
+      <c r="I428" t="s">
+        <v>1355</v>
+      </c>
+      <c r="J428" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="429" spans="1:10">
+      <c r="A429" t="s">
+        <v>140</v>
+      </c>
+      <c r="B429" t="s">
+        <v>1356</v>
+      </c>
+      <c r="C429" t="s">
+        <v>1357</v>
+      </c>
+      <c r="D429" t="s">
+        <v>1354</v>
+      </c>
+      <c r="E429" t="s">
+        <v>31</v>
+      </c>
+      <c r="H429" t="s">
+        <v>51</v>
+      </c>
+      <c r="I429" t="s">
+        <v>1358</v>
+      </c>
+      <c r="J429" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="430" spans="1:10">
+      <c r="A430" t="s">
+        <v>140</v>
+      </c>
+      <c r="B430" t="s">
+        <v>1359</v>
+      </c>
+      <c r="C430" t="s">
+        <v>1360</v>
+      </c>
+      <c r="D430" t="s">
+        <v>1361</v>
+      </c>
+      <c r="E430" t="s">
+        <v>31</v>
+      </c>
+      <c r="H430" t="s">
+        <v>51</v>
+      </c>
+      <c r="I430" t="s">
+        <v>1362</v>
+      </c>
+      <c r="J430" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="431" spans="1:10">
+      <c r="A431" t="s">
+        <v>140</v>
+      </c>
+      <c r="B431" t="s">
+        <v>1363</v>
+      </c>
+      <c r="C431" t="s">
+        <v>1364</v>
+      </c>
+      <c r="D431" t="s">
+        <v>1244</v>
+      </c>
+      <c r="E431" t="s">
+        <v>31</v>
+      </c>
+      <c r="H431" t="s">
+        <v>51</v>
+      </c>
+      <c r="I431" t="s">
+        <v>1365</v>
+      </c>
+      <c r="J431" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="432" spans="1:10">
+      <c r="A432" t="s">
+        <v>140</v>
+      </c>
+      <c r="B432" t="s">
+        <v>1366</v>
+      </c>
+      <c r="C432" t="s">
+        <v>1367</v>
+      </c>
+      <c r="D432" t="s">
+        <v>1368</v>
+      </c>
+      <c r="E432" t="s">
+        <v>31</v>
+      </c>
+      <c r="H432" t="s">
+        <v>51</v>
+      </c>
+      <c r="I432" t="s">
+        <v>1369</v>
+      </c>
+      <c r="J432" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="433" spans="1:10">
+      <c r="A433" t="s">
+        <v>140</v>
+      </c>
+      <c r="B433" t="s">
+        <v>1370</v>
+      </c>
+      <c r="D433" t="s">
+        <v>1371</v>
+      </c>
+      <c r="E433" t="s">
+        <v>31</v>
+      </c>
+      <c r="H433" t="s">
+        <v>51</v>
+      </c>
+      <c r="I433" t="s">
+        <v>1372</v>
+      </c>
+      <c r="J433" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="434" spans="1:10">
+      <c r="A434" t="s">
+        <v>140</v>
+      </c>
+      <c r="B434" t="s">
+        <v>1373</v>
+      </c>
+      <c r="D434" t="s">
+        <v>1374</v>
+      </c>
+      <c r="E434" t="s">
+        <v>273</v>
+      </c>
+      <c r="H434" t="s">
+        <v>51</v>
+      </c>
+      <c r="I434" t="s">
+        <v>1375</v>
+      </c>
+      <c r="J434" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="435" spans="1:10">
+      <c r="A435" t="s">
+        <v>140</v>
+      </c>
+      <c r="B435" t="s">
+        <v>1376</v>
+      </c>
+      <c r="D435" t="s">
+        <v>1377</v>
+      </c>
+      <c r="E435" t="s">
+        <v>31</v>
+      </c>
+      <c r="H435" t="s">
+        <v>51</v>
+      </c>
+      <c r="I435" t="s">
+        <v>1378</v>
+      </c>
+      <c r="J435" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="436" spans="1:10">
+      <c r="A436" t="s">
+        <v>140</v>
+      </c>
+      <c r="B436" t="s">
+        <v>1379</v>
+      </c>
+      <c r="D436" t="s">
+        <v>1380</v>
+      </c>
+      <c r="E436" t="s">
+        <v>273</v>
+      </c>
+      <c r="H436" t="s">
+        <v>51</v>
+      </c>
+      <c r="I436" t="s">
+        <v>1381</v>
+      </c>
+      <c r="J436" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="437" spans="1:10">
+      <c r="A437" t="s">
+        <v>140</v>
+      </c>
+      <c r="B437" t="s">
+        <v>1382</v>
+      </c>
+      <c r="D437" t="s">
+        <v>1383</v>
+      </c>
+      <c r="E437" t="s">
+        <v>31</v>
+      </c>
+      <c r="H437" t="s">
+        <v>51</v>
+      </c>
+      <c r="I437" t="s">
+        <v>1384</v>
+      </c>
+      <c r="J437" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="438" spans="1:10">
+      <c r="A438" t="s">
+        <v>140</v>
+      </c>
+      <c r="B438" t="s">
+        <v>1385</v>
+      </c>
+      <c r="D438" t="s">
+        <v>1386</v>
+      </c>
+      <c r="E438" t="s">
+        <v>31</v>
+      </c>
+      <c r="H438" t="s">
+        <v>51</v>
+      </c>
+      <c r="I438" t="s">
+        <v>1387</v>
+      </c>
+      <c r="J438" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="439" spans="1:10">
+      <c r="A439" t="s">
+        <v>140</v>
+      </c>
+      <c r="B439" t="s">
+        <v>1388</v>
+      </c>
+      <c r="D439" t="s">
+        <v>1389</v>
+      </c>
+      <c r="E439" t="s">
+        <v>31</v>
+      </c>
+      <c r="H439" t="s">
+        <v>51</v>
+      </c>
+      <c r="I439" t="s">
+        <v>1390</v>
+      </c>
+      <c r="J439" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="440" spans="1:10">
+      <c r="A440" t="s">
+        <v>140</v>
+      </c>
+      <c r="B440" t="s">
+        <v>1391</v>
+      </c>
+      <c r="D440" t="s">
+        <v>1392</v>
+      </c>
+      <c r="E440" t="s">
+        <v>31</v>
+      </c>
+      <c r="H440" t="s">
+        <v>51</v>
+      </c>
+      <c r="I440" t="s">
+        <v>1393</v>
+      </c>
+      <c r="J440" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="441" spans="1:10">
+      <c r="A441" t="s">
+        <v>140</v>
+      </c>
+      <c r="B441" t="s">
+        <v>1394</v>
+      </c>
+      <c r="D441" t="s">
+        <v>1395</v>
+      </c>
+      <c r="E441" t="s">
+        <v>518</v>
+      </c>
+      <c r="H441" t="s">
+        <v>51</v>
+      </c>
+      <c r="I441" t="s">
+        <v>1396</v>
+      </c>
+      <c r="J441" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="442" spans="1:10">
+      <c r="A442" t="s">
+        <v>140</v>
+      </c>
+      <c r="B442" t="s">
+        <v>1397</v>
+      </c>
+      <c r="D442" t="s">
+        <v>1398</v>
+      </c>
+      <c r="E442" t="s">
+        <v>31</v>
+      </c>
+      <c r="H442" t="s">
+        <v>51</v>
+      </c>
+      <c r="I442" t="s">
+        <v>1399</v>
+      </c>
+      <c r="J442" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="443" spans="1:10">
+      <c r="A443" t="s">
+        <v>140</v>
+      </c>
+      <c r="B443" t="s">
+        <v>1400</v>
+      </c>
+      <c r="D443" t="s">
+        <v>1398</v>
+      </c>
+      <c r="E443" t="s">
+        <v>31</v>
+      </c>
+      <c r="H443" t="s">
+        <v>51</v>
+      </c>
+      <c r="I443" t="s">
+        <v>1401</v>
+      </c>
+      <c r="J443" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="444" spans="1:10">
+      <c r="A444" t="s">
+        <v>140</v>
+      </c>
+      <c r="B444" t="s">
+        <v>1402</v>
+      </c>
+      <c r="D444" t="s">
+        <v>1403</v>
+      </c>
+      <c r="E444" t="s">
+        <v>31</v>
+      </c>
+      <c r="H444" t="s">
+        <v>51</v>
+      </c>
+      <c r="I444" t="s">
+        <v>1404</v>
+      </c>
+      <c r="J444" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="445" spans="1:10">
+      <c r="A445" t="s">
+        <v>140</v>
+      </c>
+      <c r="B445" t="s">
+        <v>1405</v>
+      </c>
+      <c r="D445" t="s">
+        <v>1406</v>
+      </c>
+      <c r="E445" t="s">
+        <v>31</v>
+      </c>
+      <c r="H445" t="s">
+        <v>51</v>
+      </c>
+      <c r="I445" t="s">
+        <v>1407</v>
+      </c>
+      <c r="J445" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="446" spans="1:10">
+      <c r="A446" t="s">
+        <v>140</v>
+      </c>
+      <c r="B446" t="s">
+        <v>1408</v>
+      </c>
+      <c r="D446" t="s">
+        <v>1409</v>
+      </c>
+      <c r="E446" t="s">
+        <v>31</v>
+      </c>
+      <c r="H446" t="s">
+        <v>51</v>
+      </c>
+      <c r="I446" t="s">
+        <v>1410</v>
+      </c>
+      <c r="J446" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="447" spans="1:10">
+      <c r="A447" t="s">
+        <v>140</v>
+      </c>
+      <c r="B447" t="s">
+        <v>1411</v>
+      </c>
+      <c r="D447" t="s">
+        <v>1412</v>
+      </c>
+      <c r="E447" t="s">
+        <v>31</v>
+      </c>
+      <c r="H447" t="s">
+        <v>51</v>
+      </c>
+      <c r="I447" t="s">
+        <v>1413</v>
+      </c>
+      <c r="J447" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="448" spans="1:10">
+      <c r="A448" t="s">
+        <v>140</v>
+      </c>
+      <c r="B448" t="s">
+        <v>1414</v>
+      </c>
+      <c r="D448" t="s">
+        <v>1415</v>
+      </c>
+      <c r="E448" t="s">
+        <v>273</v>
+      </c>
+      <c r="H448" t="s">
+        <v>51</v>
+      </c>
+      <c r="I448" t="s">
+        <v>1416</v>
+      </c>
+      <c r="J448" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="449" spans="1:10">
+      <c r="A449" t="s">
+        <v>140</v>
+      </c>
+      <c r="B449" t="s">
+        <v>1417</v>
+      </c>
+      <c r="D449" t="s">
+        <v>1415</v>
+      </c>
+      <c r="E449" t="s">
+        <v>273</v>
+      </c>
+      <c r="H449" t="s">
+        <v>51</v>
+      </c>
+      <c r="I449" t="s">
+        <v>1418</v>
+      </c>
+      <c r="J449" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="450" spans="1:10">
+      <c r="A450" t="s">
+        <v>140</v>
+      </c>
+      <c r="B450" t="s">
+        <v>1419</v>
+      </c>
+      <c r="D450" t="s">
+        <v>1420</v>
+      </c>
+      <c r="E450" t="s">
+        <v>273</v>
+      </c>
+      <c r="H450" t="s">
+        <v>51</v>
+      </c>
+      <c r="I450" t="s">
+        <v>1421</v>
+      </c>
+      <c r="J450" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="451" spans="1:10">
+      <c r="A451" t="s">
+        <v>140</v>
+      </c>
+      <c r="B451" t="s">
+        <v>1422</v>
+      </c>
+      <c r="D451" t="s">
+        <v>1423</v>
+      </c>
+      <c r="E451" t="s">
+        <v>31</v>
+      </c>
+      <c r="H451" t="s">
+        <v>51</v>
+      </c>
+      <c r="I451" t="s">
+        <v>1424</v>
+      </c>
+      <c r="J451" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="452" spans="1:10">
+      <c r="A452" t="s">
+        <v>140</v>
+      </c>
+      <c r="B452" t="s">
+        <v>1425</v>
+      </c>
+      <c r="D452" t="s">
+        <v>1423</v>
+      </c>
+      <c r="E452" t="s">
+        <v>31</v>
+      </c>
+      <c r="H452" t="s">
+        <v>51</v>
+      </c>
+      <c r="I452" t="s">
+        <v>1426</v>
+      </c>
+      <c r="J452" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="453" spans="1:10">
+      <c r="A453" t="s">
+        <v>140</v>
+      </c>
+      <c r="B453" t="s">
+        <v>1427</v>
+      </c>
+      <c r="D453" t="s">
+        <v>1423</v>
+      </c>
+      <c r="E453" t="s">
+        <v>31</v>
+      </c>
+      <c r="H453" t="s">
+        <v>51</v>
+      </c>
+      <c r="I453" t="s">
+        <v>1428</v>
+      </c>
+      <c r="J453" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="454" spans="1:10">
+      <c r="A454" t="s">
+        <v>140</v>
+      </c>
+      <c r="B454" t="s">
+        <v>1429</v>
+      </c>
+      <c r="D454" t="s">
+        <v>1430</v>
+      </c>
+      <c r="E454" t="s">
+        <v>31</v>
+      </c>
+      <c r="H454" t="s">
+        <v>51</v>
+      </c>
+      <c r="I454" t="s">
+        <v>1431</v>
+      </c>
+      <c r="J454" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="455" spans="1:10">
+      <c r="A455" t="s">
+        <v>140</v>
+      </c>
+      <c r="B455" t="s">
+        <v>1432</v>
+      </c>
+      <c r="D455" t="s">
+        <v>1433</v>
+      </c>
+      <c r="E455" t="s">
+        <v>14</v>
+      </c>
+      <c r="H455" t="s">
+        <v>51</v>
+      </c>
+      <c r="I455" t="s">
+        <v>1434</v>
+      </c>
+      <c r="J455" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="456" spans="1:10">
+      <c r="A456" t="s">
+        <v>140</v>
+      </c>
+      <c r="B456" t="s">
+        <v>1435</v>
+      </c>
+      <c r="D456" t="s">
+        <v>1436</v>
+      </c>
+      <c r="E456" t="s">
+        <v>31</v>
+      </c>
+      <c r="H456" t="s">
+        <v>51</v>
+      </c>
+      <c r="I456" t="s">
+        <v>1437</v>
+      </c>
+      <c r="J456" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="457" spans="1:10">
+      <c r="A457" t="s">
+        <v>140</v>
+      </c>
+      <c r="B457" t="s">
+        <v>1438</v>
+      </c>
+      <c r="D457" t="s">
+        <v>1439</v>
+      </c>
+      <c r="E457" t="s">
+        <v>31</v>
+      </c>
+      <c r="H457" t="s">
+        <v>51</v>
+      </c>
+      <c r="I457" t="s">
+        <v>1440</v>
+      </c>
+      <c r="J457" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="458" spans="1:10">
+      <c r="A458" t="s">
+        <v>140</v>
+      </c>
+      <c r="B458" t="s">
+        <v>1441</v>
+      </c>
+      <c r="C458" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D458" t="s">
+        <v>1443</v>
+      </c>
+      <c r="E458" t="s">
+        <v>31</v>
+      </c>
+      <c r="H458" t="s">
+        <v>51</v>
+      </c>
+      <c r="I458" t="s">
+        <v>1444</v>
+      </c>
+      <c r="J458" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="459" spans="1:10">
+      <c r="A459" t="s">
+        <v>140</v>
+      </c>
+      <c r="B459" t="s">
+        <v>1445</v>
+      </c>
+      <c r="C459" t="s">
+        <v>1446</v>
+      </c>
+      <c r="D459" t="s">
+        <v>1447</v>
+      </c>
+      <c r="E459" t="s">
+        <v>31</v>
+      </c>
+      <c r="H459" t="s">
+        <v>51</v>
+      </c>
+      <c r="I459" t="s">
+        <v>1448</v>
+      </c>
+      <c r="J459" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="460" spans="1:10">
+      <c r="A460" t="s">
+        <v>140</v>
+      </c>
+      <c r="B460" t="s">
+        <v>1449</v>
+      </c>
+      <c r="C460" t="s">
+        <v>1450</v>
+      </c>
+      <c r="D460" t="s">
+        <v>1451</v>
+      </c>
+      <c r="E460" t="s">
+        <v>31</v>
+      </c>
+      <c r="H460" t="s">
+        <v>51</v>
+      </c>
+      <c r="I460" t="s">
+        <v>1452</v>
+      </c>
+      <c r="J460" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="461" spans="1:10">
+      <c r="A461" t="s">
+        <v>140</v>
+      </c>
+      <c r="B461" t="s">
+        <v>1453</v>
+      </c>
+      <c r="C461" t="s">
+        <v>1454</v>
+      </c>
+      <c r="D461" t="s">
+        <v>1455</v>
+      </c>
+      <c r="E461" t="s">
+        <v>31</v>
+      </c>
+      <c r="H461" t="s">
+        <v>51</v>
+      </c>
+      <c r="I461" t="s">
+        <v>1456</v>
+      </c>
+      <c r="J461" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="462" spans="1:10">
+      <c r="A462" t="s">
+        <v>140</v>
+      </c>
+      <c r="B462" t="s">
+        <v>1457</v>
+      </c>
+      <c r="C462" t="s">
+        <v>1458</v>
+      </c>
+      <c r="D462" t="s">
+        <v>1451</v>
+      </c>
+      <c r="E462" t="s">
+        <v>31</v>
+      </c>
+      <c r="H462" t="s">
+        <v>51</v>
+      </c>
+      <c r="I462" t="s">
+        <v>1459</v>
+      </c>
+      <c r="J462" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="463" spans="1:10">
+      <c r="A463" t="s">
+        <v>140</v>
+      </c>
+      <c r="B463" t="s">
+        <v>1460</v>
+      </c>
+      <c r="C463" t="s">
+        <v>1458</v>
+      </c>
+      <c r="D463" t="s">
+        <v>1451</v>
+      </c>
+      <c r="H463" t="s">
+        <v>51</v>
+      </c>
+      <c r="I463" t="s">
+        <v>1459</v>
+      </c>
+      <c r="J463" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="464" spans="1:10">
+      <c r="A464" t="s">
+        <v>140</v>
+      </c>
+      <c r="B464" t="s">
+        <v>1461</v>
+      </c>
+      <c r="C464" t="s">
+        <v>1462</v>
+      </c>
+      <c r="D464" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E464" t="s">
+        <v>31</v>
+      </c>
+      <c r="H464" t="s">
+        <v>51</v>
+      </c>
+      <c r="I464" t="s">
+        <v>1464</v>
+      </c>
+      <c r="J464" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="465" spans="1:10">
+      <c r="A465" t="s">
+        <v>140</v>
+      </c>
+      <c r="B465" t="s">
+        <v>1465</v>
+      </c>
+      <c r="C465" t="s">
+        <v>1466</v>
+      </c>
+      <c r="D465" t="s">
+        <v>1467</v>
+      </c>
+      <c r="E465" t="s">
+        <v>31</v>
+      </c>
+      <c r="H465" t="s">
+        <v>51</v>
+      </c>
+      <c r="I465" t="s">
+        <v>1468</v>
+      </c>
+      <c r="J465" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="466" spans="1:10">
+      <c r="A466" t="s">
+        <v>140</v>
+      </c>
+      <c r="B466" t="s">
+        <v>1469</v>
+      </c>
+      <c r="C466" t="s">
+        <v>1470</v>
+      </c>
+      <c r="D466" t="s">
+        <v>1471</v>
+      </c>
+      <c r="E466" t="s">
+        <v>31</v>
+      </c>
+      <c r="H466" t="s">
+        <v>51</v>
+      </c>
+      <c r="I466" t="s">
+        <v>1472</v>
+      </c>
+      <c r="J466" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="467" spans="1:10">
+      <c r="A467" t="s">
+        <v>140</v>
+      </c>
+      <c r="B467" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C467" t="s">
+        <v>1474</v>
+      </c>
+      <c r="D467" t="s">
+        <v>1475</v>
+      </c>
+      <c r="E467" t="s">
+        <v>31</v>
+      </c>
+      <c r="H467" t="s">
+        <v>51</v>
+      </c>
+      <c r="I467" t="s">
+        <v>1476</v>
+      </c>
+      <c r="J467" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="468" spans="1:10">
+      <c r="A468" t="s">
+        <v>140</v>
+      </c>
+      <c r="B468" t="s">
+        <v>1477</v>
+      </c>
+      <c r="C468" t="s">
+        <v>1478</v>
+      </c>
+      <c r="D468" t="s">
+        <v>1479</v>
+      </c>
+      <c r="E468" t="s">
+        <v>31</v>
+      </c>
+      <c r="H468" t="s">
+        <v>51</v>
+      </c>
+      <c r="I468" t="s">
+        <v>1480</v>
+      </c>
+      <c r="J468" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="469" spans="1:10">
+      <c r="A469" t="s">
+        <v>140</v>
+      </c>
+      <c r="B469" t="s">
+        <v>1481</v>
+      </c>
+      <c r="C469" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D469" t="s">
+        <v>1483</v>
+      </c>
+      <c r="E469" t="s">
+        <v>31</v>
+      </c>
+      <c r="H469" t="s">
+        <v>51</v>
+      </c>
+      <c r="I469" t="s">
+        <v>1484</v>
+      </c>
+      <c r="J469" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="470" spans="1:10">
+      <c r="A470" t="s">
+        <v>140</v>
+      </c>
+      <c r="B470" t="s">
+        <v>1485</v>
+      </c>
+      <c r="C470" t="s">
+        <v>1486</v>
+      </c>
+      <c r="D470" t="s">
+        <v>1487</v>
+      </c>
+      <c r="E470" t="s">
+        <v>31</v>
+      </c>
+      <c r="H470" t="s">
+        <v>51</v>
+      </c>
+      <c r="I470" t="s">
+        <v>1488</v>
+      </c>
+      <c r="J470" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="471" spans="1:10">
+      <c r="A471" t="s">
+        <v>140</v>
+      </c>
+      <c r="B471" t="s">
+        <v>1489</v>
+      </c>
+      <c r="C471" t="s">
+        <v>1490</v>
+      </c>
+      <c r="D471" t="s">
+        <v>1491</v>
+      </c>
+      <c r="E471" t="s">
+        <v>31</v>
+      </c>
+      <c r="H471" t="s">
+        <v>51</v>
+      </c>
+      <c r="I471" t="s">
+        <v>1492</v>
+      </c>
+      <c r="J471" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="472" spans="1:10">
+      <c r="A472" t="s">
+        <v>140</v>
+      </c>
+      <c r="B472" t="s">
+        <v>1493</v>
+      </c>
+      <c r="C472" t="s">
+        <v>1494</v>
+      </c>
+      <c r="D472" t="s">
+        <v>1451</v>
+      </c>
+      <c r="E472" t="s">
+        <v>31</v>
+      </c>
+      <c r="H472" t="s">
+        <v>51</v>
+      </c>
+      <c r="I472" t="s">
+        <v>1495</v>
+      </c>
+      <c r="J472" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="473" spans="1:10">
+      <c r="A473" t="s">
+        <v>140</v>
+      </c>
+      <c r="B473" t="s">
+        <v>1496</v>
+      </c>
+      <c r="C473" t="s">
+        <v>1497</v>
+      </c>
+      <c r="D473" t="s">
+        <v>1498</v>
+      </c>
+      <c r="E473" t="s">
+        <v>31</v>
+      </c>
+      <c r="H473" t="s">
+        <v>51</v>
+      </c>
+      <c r="I473" t="s">
+        <v>1499</v>
+      </c>
+      <c r="J473" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="474" spans="1:10">
+      <c r="A474" t="s">
+        <v>140</v>
+      </c>
+      <c r="B474" t="s">
+        <v>1500</v>
+      </c>
+      <c r="C474" t="s">
+        <v>1501</v>
+      </c>
+      <c r="D474" t="s">
+        <v>1502</v>
+      </c>
+      <c r="E474" t="s">
+        <v>31</v>
+      </c>
+      <c r="H474" t="s">
+        <v>51</v>
+      </c>
+      <c r="I474" t="s">
+        <v>1503</v>
+      </c>
+      <c r="J474" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="475" spans="1:10">
+      <c r="A475" t="s">
+        <v>140</v>
+      </c>
+      <c r="B475" t="s">
+        <v>1504</v>
+      </c>
+      <c r="C475" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D475" t="s">
+        <v>1505</v>
+      </c>
+      <c r="E475" t="s">
+        <v>31</v>
+      </c>
+      <c r="H475" t="s">
+        <v>51</v>
+      </c>
+      <c r="I475" t="s">
+        <v>1506</v>
+      </c>
+      <c r="J475" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="476" spans="1:10">
+      <c r="A476" t="s">
+        <v>140</v>
+      </c>
+      <c r="B476" t="s">
+        <v>1507</v>
+      </c>
+      <c r="C476" t="s">
+        <v>1446</v>
+      </c>
+      <c r="D476" t="s">
+        <v>1508</v>
+      </c>
+      <c r="E476" t="s">
+        <v>31</v>
+      </c>
+      <c r="H476" t="s">
+        <v>51</v>
+      </c>
+      <c r="I476" t="s">
+        <v>1509</v>
+      </c>
+      <c r="J476" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="477" spans="1:10">
+      <c r="A477" t="s">
+        <v>140</v>
+      </c>
+      <c r="B477" t="s">
+        <v>1510</v>
+      </c>
+      <c r="D477" t="s">
+        <v>1511</v>
+      </c>
+      <c r="E477" t="s">
+        <v>273</v>
+      </c>
+      <c r="H477" t="s">
+        <v>51</v>
+      </c>
+      <c r="I477" t="s">
+        <v>1512</v>
+      </c>
+      <c r="J477" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="478" spans="1:10">
+      <c r="A478" t="s">
+        <v>140</v>
+      </c>
+      <c r="B478" t="s">
+        <v>1513</v>
+      </c>
+      <c r="D478" t="s">
+        <v>1511</v>
+      </c>
+      <c r="E478" t="s">
+        <v>31</v>
+      </c>
+      <c r="H478" t="s">
+        <v>51</v>
+      </c>
+      <c r="I478" t="s">
+        <v>1514</v>
+      </c>
+      <c r="J478" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="479" spans="1:10">
+      <c r="A479" t="s">
+        <v>140</v>
+      </c>
+      <c r="B479" t="s">
+        <v>1515</v>
+      </c>
+      <c r="D479" t="s">
+        <v>1516</v>
+      </c>
+      <c r="E479" t="s">
+        <v>14</v>
+      </c>
+      <c r="H479" t="s">
+        <v>51</v>
+      </c>
+      <c r="I479" t="s">
+        <v>1517</v>
+      </c>
+      <c r="J479" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="480" spans="1:10">
+      <c r="A480" t="s">
+        <v>140</v>
+      </c>
+      <c r="B480" t="s">
+        <v>1518</v>
+      </c>
+      <c r="D480" t="s">
+        <v>1516</v>
+      </c>
+      <c r="E480" t="s">
+        <v>518</v>
+      </c>
+      <c r="H480" t="s">
+        <v>51</v>
+      </c>
+      <c r="I480" t="s">
+        <v>1519</v>
+      </c>
+      <c r="J480" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="481" spans="1:10">
+      <c r="A481" t="s">
+        <v>140</v>
+      </c>
+      <c r="B481" t="s">
+        <v>1520</v>
+      </c>
+      <c r="D481" t="s">
+        <v>1521</v>
+      </c>
+      <c r="E481" t="s">
+        <v>31</v>
+      </c>
+      <c r="H481" t="s">
+        <v>51</v>
+      </c>
+      <c r="I481" t="s">
+        <v>1522</v>
+      </c>
+      <c r="J481" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="482" spans="1:10">
+      <c r="A482" t="s">
+        <v>140</v>
+      </c>
+      <c r="B482" t="s">
+        <v>1523</v>
+      </c>
+      <c r="D482" t="s">
+        <v>1524</v>
+      </c>
+      <c r="H482" t="s">
+        <v>51</v>
+      </c>
+      <c r="I482" t="s">
+        <v>1525</v>
+      </c>
+      <c r="J482" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="483" spans="1:10">
+      <c r="A483" t="s">
+        <v>140</v>
+      </c>
+      <c r="B483" t="s">
+        <v>1523</v>
+      </c>
+      <c r="D483" t="s">
+        <v>1524</v>
+      </c>
+      <c r="E483" t="s">
+        <v>31</v>
+      </c>
+      <c r="H483" t="s">
+        <v>51</v>
+      </c>
+      <c r="I483" t="s">
+        <v>1525</v>
+      </c>
+      <c r="J483" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="484" spans="1:10">
+      <c r="A484" t="s">
+        <v>140</v>
+      </c>
+      <c r="B484" t="s">
+        <v>1526</v>
+      </c>
+      <c r="D484" t="s">
+        <v>1527</v>
+      </c>
+      <c r="E484" t="s">
+        <v>14</v>
+      </c>
+      <c r="H484" t="s">
+        <v>51</v>
+      </c>
+      <c r="I484" t="s">
+        <v>1528</v>
+      </c>
+      <c r="J484" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="485" spans="1:10">
+      <c r="A485" t="s">
+        <v>140</v>
+      </c>
+      <c r="B485" t="s">
+        <v>1529</v>
+      </c>
+      <c r="D485" t="s">
+        <v>1530</v>
+      </c>
+      <c r="E485" t="s">
+        <v>31</v>
+      </c>
+      <c r="H485" t="s">
+        <v>51</v>
+      </c>
+      <c r="I485" t="s">
+        <v>1531</v>
+      </c>
+      <c r="J485" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="486" spans="1:10">
+      <c r="A486" t="s">
+        <v>140</v>
+      </c>
+      <c r="B486" t="s">
+        <v>1532</v>
+      </c>
+      <c r="D486" t="s">
+        <v>1530</v>
+      </c>
+      <c r="E486" t="s">
+        <v>31</v>
+      </c>
+      <c r="H486" t="s">
+        <v>51</v>
+      </c>
+      <c r="I486" t="s">
+        <v>1533</v>
+      </c>
+      <c r="J486" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="487" spans="1:10">
+      <c r="A487" t="s">
+        <v>140</v>
+      </c>
+      <c r="B487" t="s">
+        <v>1534</v>
+      </c>
+      <c r="D487" t="s">
+        <v>1535</v>
+      </c>
+      <c r="E487" t="s">
+        <v>14</v>
+      </c>
+      <c r="H487" t="s">
+        <v>51</v>
+      </c>
+      <c r="I487" t="s">
+        <v>1536</v>
+      </c>
+      <c r="J487" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="488" spans="1:10">
+      <c r="A488" t="s">
+        <v>140</v>
+      </c>
+      <c r="B488" t="s">
+        <v>1537</v>
+      </c>
+      <c r="D488" t="s">
+        <v>1538</v>
+      </c>
+      <c r="E488" t="s">
+        <v>518</v>
+      </c>
+      <c r="H488" t="s">
+        <v>51</v>
+      </c>
+      <c r="I488" t="s">
+        <v>1539</v>
+      </c>
+      <c r="J488" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="489" spans="1:10">
+      <c r="A489" t="s">
+        <v>140</v>
+      </c>
+      <c r="B489" t="s">
+        <v>1540</v>
+      </c>
+      <c r="D489" t="s">
+        <v>1538</v>
+      </c>
+      <c r="E489" t="s">
+        <v>31</v>
+      </c>
+      <c r="H489" t="s">
+        <v>51</v>
+      </c>
+      <c r="I489" t="s">
+        <v>1222</v>
+      </c>
+      <c r="J489" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="490" spans="1:10">
+      <c r="A490" t="s">
+        <v>140</v>
+      </c>
+      <c r="B490" t="s">
+        <v>1541</v>
+      </c>
+      <c r="D490" t="s">
+        <v>1542</v>
+      </c>
+      <c r="E490" t="s">
+        <v>14</v>
+      </c>
+      <c r="H490" t="s">
+        <v>51</v>
+      </c>
+      <c r="I490" t="s">
+        <v>1543</v>
+      </c>
+      <c r="J490" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="491" spans="1:10">
+      <c r="A491" t="s">
+        <v>140</v>
+      </c>
+      <c r="B491" t="s">
+        <v>1544</v>
+      </c>
+      <c r="D491" t="s">
+        <v>1545</v>
+      </c>
+      <c r="E491" t="s">
+        <v>31</v>
+      </c>
+      <c r="H491" t="s">
+        <v>51</v>
+      </c>
+      <c r="I491" t="s">
+        <v>1546</v>
+      </c>
+      <c r="J491" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="492" spans="1:10">
+      <c r="A492" t="s">
+        <v>140</v>
+      </c>
+      <c r="B492" t="s">
+        <v>1547</v>
+      </c>
+      <c r="D492" t="s">
+        <v>1548</v>
+      </c>
+      <c r="E492" t="s">
+        <v>14</v>
+      </c>
+      <c r="H492" t="s">
+        <v>51</v>
+      </c>
+      <c r="I492" t="s">
+        <v>1549</v>
+      </c>
+      <c r="J492" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="493" spans="1:10">
+      <c r="A493" t="s">
+        <v>140</v>
+      </c>
+      <c r="B493" t="s">
+        <v>1550</v>
+      </c>
+      <c r="D493" t="s">
+        <v>1551</v>
+      </c>
+      <c r="E493" t="s">
+        <v>31</v>
+      </c>
+      <c r="H493" t="s">
+        <v>51</v>
+      </c>
+      <c r="I493" t="s">
+        <v>1552</v>
+      </c>
+      <c r="J493" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="494" spans="1:10">
+      <c r="A494" t="s">
+        <v>140</v>
+      </c>
+      <c r="B494" t="s">
+        <v>1553</v>
+      </c>
+      <c r="D494" t="s">
+        <v>1554</v>
+      </c>
+      <c r="E494" t="s">
+        <v>31</v>
+      </c>
+      <c r="H494" t="s">
+        <v>51</v>
+      </c>
+      <c r="I494" t="s">
+        <v>1555</v>
+      </c>
+      <c r="J494" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="495" spans="1:10">
+      <c r="A495" t="s">
+        <v>140</v>
+      </c>
+      <c r="B495" t="s">
+        <v>1556</v>
+      </c>
+      <c r="C495" t="s">
+        <v>1557</v>
+      </c>
+      <c r="D495" t="s">
+        <v>1558</v>
+      </c>
+      <c r="E495" t="s">
+        <v>31</v>
+      </c>
+      <c r="H495" t="s">
+        <v>51</v>
+      </c>
+      <c r="I495" t="s">
+        <v>1559</v>
+      </c>
+      <c r="J495" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="496" spans="1:10">
+      <c r="A496" t="s">
+        <v>140</v>
+      </c>
+      <c r="B496" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C496" t="s">
+        <v>1561</v>
+      </c>
+      <c r="D496" t="s">
+        <v>1562</v>
+      </c>
+      <c r="E496" t="s">
+        <v>31</v>
+      </c>
+      <c r="H496" t="s">
+        <v>51</v>
+      </c>
+      <c r="I496" t="s">
+        <v>1563</v>
+      </c>
+      <c r="J496" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="497" spans="1:10">
+      <c r="A497" t="s">
+        <v>140</v>
+      </c>
+      <c r="B497" t="s">
+        <v>1564</v>
+      </c>
+      <c r="C497" t="s">
+        <v>1565</v>
+      </c>
+      <c r="D497" t="s">
+        <v>1566</v>
+      </c>
+      <c r="E497" t="s">
+        <v>31</v>
+      </c>
+      <c r="H497" t="s">
+        <v>51</v>
+      </c>
+      <c r="I497" t="s">
+        <v>1567</v>
+      </c>
+      <c r="J497" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="498" spans="1:10">
+      <c r="A498" t="s">
+        <v>140</v>
+      </c>
+      <c r="B498" t="s">
+        <v>1568</v>
+      </c>
+      <c r="C498" t="s">
+        <v>1569</v>
+      </c>
+      <c r="D498" t="s">
+        <v>1570</v>
+      </c>
+      <c r="E498" t="s">
+        <v>31</v>
+      </c>
+      <c r="H498" t="s">
+        <v>51</v>
+      </c>
+      <c r="I498" t="s">
+        <v>1571</v>
+      </c>
+      <c r="J498" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="499" spans="1:10">
+      <c r="A499" t="s">
+        <v>140</v>
+      </c>
+      <c r="B499" t="s">
+        <v>1572</v>
+      </c>
+      <c r="C499" t="s">
+        <v>1573</v>
+      </c>
+      <c r="D499" t="s">
+        <v>1538</v>
+      </c>
+      <c r="E499" t="s">
+        <v>31</v>
+      </c>
+      <c r="H499" t="s">
+        <v>51</v>
+      </c>
+      <c r="I499" t="s">
+        <v>1574</v>
+      </c>
+      <c r="J499" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="500" spans="1:10">
+      <c r="A500" t="s">
+        <v>140</v>
+      </c>
+      <c r="B500" t="s">
+        <v>1575</v>
+      </c>
+      <c r="C500" t="s">
+        <v>1576</v>
+      </c>
+      <c r="D500" t="s">
+        <v>1577</v>
+      </c>
+      <c r="E500" t="s">
+        <v>31</v>
+      </c>
+      <c r="H500" t="s">
+        <v>51</v>
+      </c>
+      <c r="I500" t="s">
+        <v>1578</v>
+      </c>
+      <c r="J500" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="501" spans="1:10">
+      <c r="A501" t="s">
+        <v>140</v>
+      </c>
+      <c r="B501" t="s">
+        <v>1579</v>
+      </c>
+      <c r="C501" t="s">
+        <v>1580</v>
+      </c>
+      <c r="D501" t="s">
+        <v>1581</v>
+      </c>
+      <c r="E501" t="s">
+        <v>31</v>
+      </c>
+      <c r="H501" t="s">
+        <v>51</v>
+      </c>
+      <c r="I501" t="s">
+        <v>1582</v>
+      </c>
+      <c r="J501" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="502" spans="1:10">
+      <c r="A502" t="s">
+        <v>140</v>
+      </c>
+      <c r="B502" t="s">
+        <v>1583</v>
+      </c>
+      <c r="C502" t="s">
+        <v>1584</v>
+      </c>
+      <c r="D502" t="s">
+        <v>1585</v>
+      </c>
+      <c r="E502" t="s">
+        <v>31</v>
+      </c>
+      <c r="H502" t="s">
+        <v>51</v>
+      </c>
+      <c r="I502" t="s">
+        <v>1586</v>
+      </c>
+      <c r="J502" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="503" spans="1:10">
+      <c r="A503" t="s">
+        <v>140</v>
+      </c>
+      <c r="B503" t="s">
+        <v>1587</v>
+      </c>
+      <c r="C503" t="s">
+        <v>1588</v>
+      </c>
+      <c r="D503" t="s">
+        <v>1589</v>
+      </c>
+      <c r="E503" t="s">
+        <v>31</v>
+      </c>
+      <c r="H503" t="s">
+        <v>51</v>
+      </c>
+      <c r="I503" t="s">
+        <v>1590</v>
+      </c>
+      <c r="J503" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="504" spans="1:10">
+      <c r="A504" t="s">
+        <v>140</v>
+      </c>
+      <c r="B504" t="s">
+        <v>1591</v>
+      </c>
+      <c r="C504" t="s">
+        <v>1592</v>
+      </c>
+      <c r="D504" t="s">
+        <v>1593</v>
+      </c>
+      <c r="E504" t="s">
+        <v>31</v>
+      </c>
+      <c r="H504" t="s">
+        <v>51</v>
+      </c>
+      <c r="I504" t="s">
+        <v>1594</v>
+      </c>
+      <c r="J504" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="505" spans="1:10">
+      <c r="A505" t="s">
+        <v>140</v>
+      </c>
+      <c r="B505" t="s">
+        <v>1595</v>
+      </c>
+      <c r="C505" t="s">
+        <v>1596</v>
+      </c>
+      <c r="D505" t="s">
+        <v>1597</v>
+      </c>
+      <c r="E505" t="s">
+        <v>31</v>
+      </c>
+      <c r="H505" t="s">
+        <v>51</v>
+      </c>
+      <c r="I505" t="s">
+        <v>1598</v>
+      </c>
+      <c r="J505" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="506" spans="1:10">
+      <c r="A506" t="s">
+        <v>140</v>
+      </c>
+      <c r="B506" t="s">
+        <v>1599</v>
+      </c>
+      <c r="C506" t="s">
+        <v>1600</v>
+      </c>
+      <c r="D506" t="s">
+        <v>1601</v>
+      </c>
+      <c r="E506" t="s">
+        <v>31</v>
+      </c>
+      <c r="H506" t="s">
+        <v>51</v>
+      </c>
+      <c r="I506" t="s">
+        <v>1602</v>
+      </c>
+      <c r="J506" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="507" spans="1:10">
+      <c r="A507" t="s">
+        <v>140</v>
+      </c>
+      <c r="B507" t="s">
+        <v>1603</v>
+      </c>
+      <c r="C507" t="s">
+        <v>1604</v>
+      </c>
+      <c r="D507" t="s">
+        <v>1601</v>
+      </c>
+      <c r="E507" t="s">
+        <v>31</v>
+      </c>
+      <c r="H507" t="s">
+        <v>51</v>
+      </c>
+      <c r="I507" t="s">
+        <v>1605</v>
+      </c>
+      <c r="J507" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="508" spans="1:10">
+      <c r="A508" t="s">
+        <v>140</v>
+      </c>
+      <c r="B508" t="s">
+        <v>1606</v>
+      </c>
+      <c r="C508" t="s">
+        <v>1607</v>
+      </c>
+      <c r="D508" t="s">
+        <v>1545</v>
+      </c>
+      <c r="E508" t="s">
+        <v>31</v>
+      </c>
+      <c r="H508" t="s">
+        <v>51</v>
+      </c>
+      <c r="I508" t="s">
+        <v>1608</v>
+      </c>
+      <c r="J508" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="509" spans="1:10">
+      <c r="A509" t="s">
+        <v>140</v>
+      </c>
+      <c r="B509" t="s">
+        <v>1609</v>
+      </c>
+      <c r="C509" t="s">
+        <v>1610</v>
+      </c>
+      <c r="D509" t="s">
+        <v>1611</v>
+      </c>
+      <c r="E509" t="s">
+        <v>31</v>
+      </c>
+      <c r="H509" t="s">
+        <v>51</v>
+      </c>
+      <c r="I509" t="s">
+        <v>1612</v>
+      </c>
+      <c r="J509" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="510" spans="1:10">
+      <c r="A510" t="s">
+        <v>140</v>
+      </c>
+      <c r="B510" t="s">
+        <v>1613</v>
+      </c>
+      <c r="C510" t="s">
+        <v>1614</v>
+      </c>
+      <c r="D510" t="s">
+        <v>1611</v>
+      </c>
+      <c r="E510" t="s">
+        <v>31</v>
+      </c>
+      <c r="H510" t="s">
+        <v>51</v>
+      </c>
+      <c r="I510" t="s">
+        <v>1615</v>
+      </c>
+      <c r="J510" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="511" spans="1:10">
+      <c r="A511" t="s">
+        <v>140</v>
+      </c>
+      <c r="B511" t="s">
+        <v>1616</v>
+      </c>
+      <c r="C511" t="s">
+        <v>1617</v>
+      </c>
+      <c r="D511" t="s">
+        <v>1618</v>
+      </c>
+      <c r="E511" t="s">
+        <v>31</v>
+      </c>
+      <c r="H511" t="s">
+        <v>51</v>
+      </c>
+      <c r="I511" t="s">
+        <v>1619</v>
+      </c>
+      <c r="J511" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="512" spans="1:10">
+      <c r="A512" t="s">
+        <v>140</v>
+      </c>
+      <c r="B512" t="s">
+        <v>1620</v>
+      </c>
+      <c r="C512" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D512" t="s">
+        <v>1618</v>
+      </c>
+      <c r="E512" t="s">
+        <v>31</v>
+      </c>
+      <c r="H512" t="s">
+        <v>51</v>
+      </c>
+      <c r="I512" t="s">
+        <v>1622</v>
+      </c>
+      <c r="J512" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="513" spans="1:10">
+      <c r="A513" t="s">
+        <v>140</v>
+      </c>
+      <c r="B513" t="s">
+        <v>1623</v>
+      </c>
+      <c r="C513" t="s">
+        <v>1624</v>
+      </c>
+      <c r="D513" t="s">
+        <v>1625</v>
+      </c>
+      <c r="E513" t="s">
+        <v>31</v>
+      </c>
+      <c r="H513" t="s">
+        <v>51</v>
+      </c>
+      <c r="I513" t="s">
+        <v>1626</v>
+      </c>
+      <c r="J513" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="514" spans="1:10">
+      <c r="A514" t="s">
+        <v>140</v>
+      </c>
+      <c r="B514" t="s">
+        <v>1627</v>
+      </c>
+      <c r="C514" t="s">
+        <v>1628</v>
+      </c>
+      <c r="D514" t="s">
+        <v>1629</v>
+      </c>
+      <c r="E514" t="s">
+        <v>31</v>
+      </c>
+      <c r="H514" t="s">
+        <v>51</v>
+      </c>
+      <c r="I514" t="s">
+        <v>1630</v>
+      </c>
+      <c r="J514" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="515" spans="1:10">
+      <c r="A515" t="s">
+        <v>140</v>
+      </c>
+      <c r="B515" t="s">
+        <v>1631</v>
+      </c>
+      <c r="C515" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D515" t="s">
+        <v>1633</v>
+      </c>
+      <c r="E515" t="s">
+        <v>31</v>
+      </c>
+      <c r="H515" t="s">
+        <v>51</v>
+      </c>
+      <c r="I515" t="s">
+        <v>1634</v>
+      </c>
+      <c r="J515" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="516" spans="1:10">
+      <c r="A516" t="s">
+        <v>140</v>
+      </c>
+      <c r="B516" t="s">
+        <v>1635</v>
+      </c>
+      <c r="C516" t="s">
+        <v>1636</v>
+      </c>
+      <c r="D516" t="s">
+        <v>1637</v>
+      </c>
+      <c r="E516" t="s">
+        <v>31</v>
+      </c>
+      <c r="H516" t="s">
+        <v>51</v>
+      </c>
+      <c r="I516" t="s">
+        <v>1638</v>
+      </c>
+      <c r="J516" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="517" spans="1:10">
+      <c r="A517" t="s">
+        <v>140</v>
+      </c>
+      <c r="B517" t="s">
+        <v>1639</v>
+      </c>
+      <c r="C517" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D517" t="s">
+        <v>1637</v>
+      </c>
+      <c r="E517" t="s">
+        <v>31</v>
+      </c>
+      <c r="H517" t="s">
+        <v>51</v>
+      </c>
+      <c r="I517" t="s">
+        <v>1641</v>
+      </c>
+      <c r="J517" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="518" spans="1:10">
+      <c r="A518" t="s">
+        <v>140</v>
+      </c>
+      <c r="B518" t="s">
+        <v>1642</v>
+      </c>
+      <c r="C518" t="s">
+        <v>1643</v>
+      </c>
+      <c r="D518" t="s">
+        <v>1644</v>
+      </c>
+      <c r="E518" t="s">
+        <v>31</v>
+      </c>
+      <c r="H518" t="s">
+        <v>51</v>
+      </c>
+      <c r="I518" t="s">
+        <v>1645</v>
+      </c>
+      <c r="J518" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="519" spans="1:10">
+      <c r="A519" t="s">
+        <v>140</v>
+      </c>
+      <c r="B519" t="s">
+        <v>1646</v>
+      </c>
+      <c r="C519" t="s">
+        <v>1647</v>
+      </c>
+      <c r="D519" t="s">
+        <v>1648</v>
+      </c>
+      <c r="H519" t="s">
+        <v>51</v>
+      </c>
+      <c r="I519" t="s">
+        <v>1649</v>
+      </c>
+      <c r="J519" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="520" spans="1:10">
+      <c r="A520" t="s">
+        <v>140</v>
+      </c>
+      <c r="B520" t="s">
+        <v>1650</v>
+      </c>
+      <c r="C520" t="s">
+        <v>1647</v>
+      </c>
+      <c r="D520" t="s">
+        <v>1648</v>
+      </c>
+      <c r="E520" t="s">
+        <v>31</v>
+      </c>
+      <c r="H520" t="s">
+        <v>51</v>
+      </c>
+      <c r="I520" t="s">
+        <v>1651</v>
+      </c>
+      <c r="J520" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="521" spans="1:10">
+      <c r="A521" t="s">
+        <v>140</v>
+      </c>
+      <c r="B521" t="s">
+        <v>1652</v>
+      </c>
+      <c r="C521" t="s">
+        <v>1653</v>
+      </c>
+      <c r="D521" t="s">
+        <v>1648</v>
+      </c>
+      <c r="E521" t="s">
+        <v>31</v>
+      </c>
+      <c r="H521" t="s">
+        <v>51</v>
+      </c>
+      <c r="I521" t="s">
+        <v>1654</v>
+      </c>
+      <c r="J521" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="522" spans="1:10">
+      <c r="A522" t="s">
+        <v>140</v>
+      </c>
+      <c r="B522" t="s">
+        <v>1655</v>
+      </c>
+      <c r="C522" t="s">
+        <v>1656</v>
+      </c>
+      <c r="D522" t="s">
+        <v>1657</v>
+      </c>
+      <c r="E522" t="s">
+        <v>31</v>
+      </c>
+      <c r="H522" t="s">
+        <v>51</v>
+      </c>
+      <c r="I522" t="s">
+        <v>1658</v>
+      </c>
+      <c r="J522" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="523" spans="1:10">
+      <c r="A523" t="s">
+        <v>140</v>
+      </c>
+      <c r="B523" t="s">
+        <v>1659</v>
+      </c>
+      <c r="C523" t="s">
+        <v>1660</v>
+      </c>
+      <c r="D523" t="s">
+        <v>1661</v>
+      </c>
+      <c r="E523" t="s">
+        <v>31</v>
+      </c>
+      <c r="H523" t="s">
+        <v>51</v>
+      </c>
+      <c r="I523" t="s">
+        <v>1662</v>
+      </c>
+      <c r="J523" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="524" spans="1:10">
+      <c r="A524" t="s">
+        <v>140</v>
+      </c>
+      <c r="B524" t="s">
+        <v>1663</v>
+      </c>
+      <c r="C524" t="s">
+        <v>1664</v>
+      </c>
+      <c r="D524" t="s">
+        <v>1661</v>
+      </c>
+      <c r="E524" t="s">
+        <v>31</v>
+      </c>
+      <c r="H524" t="s">
+        <v>51</v>
+      </c>
+      <c r="I524" t="s">
+        <v>1665</v>
+      </c>
+      <c r="J524" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="525" spans="1:10">
+      <c r="A525" t="s">
+        <v>140</v>
+      </c>
+      <c r="B525" t="s">
+        <v>1666</v>
+      </c>
+      <c r="C525" t="s">
+        <v>1667</v>
+      </c>
+      <c r="D525" t="s">
+        <v>1668</v>
+      </c>
+      <c r="E525" t="s">
+        <v>31</v>
+      </c>
+      <c r="H525" t="s">
+        <v>51</v>
+      </c>
+      <c r="I525" t="s">
+        <v>1669</v>
+      </c>
+      <c r="J525" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="526" spans="1:10">
+      <c r="A526" t="s">
+        <v>140</v>
+      </c>
+      <c r="B526" t="s">
+        <v>1670</v>
+      </c>
+      <c r="C526" t="s">
+        <v>1671</v>
+      </c>
+      <c r="D526" t="s">
+        <v>1672</v>
+      </c>
+      <c r="E526" t="s">
+        <v>31</v>
+      </c>
+      <c r="H526" t="s">
+        <v>51</v>
+      </c>
+      <c r="I526" t="s">
+        <v>1673</v>
+      </c>
+      <c r="J526" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="527" spans="1:10">
+      <c r="A527" t="s">
+        <v>140</v>
+      </c>
+      <c r="B527" t="s">
+        <v>1674</v>
+      </c>
+      <c r="C527" t="s">
+        <v>1675</v>
+      </c>
+      <c r="D527" t="s">
+        <v>1676</v>
+      </c>
+      <c r="E527" t="s">
+        <v>31</v>
+      </c>
+      <c r="H527" t="s">
+        <v>51</v>
+      </c>
+      <c r="I527" t="s">
+        <v>1677</v>
+      </c>
+      <c r="J527" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="528" spans="1:10">
+      <c r="A528" t="s">
+        <v>140</v>
+      </c>
+      <c r="B528" t="s">
+        <v>1678</v>
+      </c>
+      <c r="C528" t="s">
+        <v>1679</v>
+      </c>
+      <c r="D528" t="s">
+        <v>1680</v>
+      </c>
+      <c r="E528" t="s">
+        <v>31</v>
+      </c>
+      <c r="H528" t="s">
+        <v>51</v>
+      </c>
+      <c r="I528" t="s">
+        <v>1681</v>
+      </c>
+      <c r="J528" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="529" spans="1:10">
+      <c r="A529" t="s">
+        <v>140</v>
+      </c>
+      <c r="B529" t="s">
+        <v>1682</v>
+      </c>
+      <c r="C529" t="s">
+        <v>1683</v>
+      </c>
+      <c r="D529" t="s">
+        <v>1684</v>
+      </c>
+      <c r="E529" t="s">
+        <v>31</v>
+      </c>
+      <c r="H529" t="s">
+        <v>51</v>
+      </c>
+      <c r="I529" t="s">
+        <v>1685</v>
+      </c>
+      <c r="J529" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="530" spans="1:10">
+      <c r="A530" t="s">
+        <v>140</v>
+      </c>
+      <c r="B530" t="s">
+        <v>1686</v>
+      </c>
+      <c r="C530" t="s">
+        <v>1687</v>
+      </c>
+      <c r="D530" t="s">
+        <v>1688</v>
+      </c>
+      <c r="E530" t="s">
+        <v>31</v>
+      </c>
+      <c r="H530" t="s">
+        <v>51</v>
+      </c>
+      <c r="I530" t="s">
+        <v>1689</v>
+      </c>
+      <c r="J530" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="531" spans="1:10">
+      <c r="A531" t="s">
+        <v>140</v>
+      </c>
+      <c r="B531" t="s">
+        <v>1690</v>
+      </c>
+      <c r="C531" t="s">
+        <v>1691</v>
+      </c>
+      <c r="D531" t="s">
+        <v>1688</v>
+      </c>
+      <c r="E531" t="s">
+        <v>31</v>
+      </c>
+      <c r="H531" t="s">
+        <v>51</v>
+      </c>
+      <c r="I531" t="s">
+        <v>1692</v>
+      </c>
+      <c r="J531" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="532" spans="1:10">
+      <c r="A532" t="s">
+        <v>140</v>
+      </c>
+      <c r="B532" t="s">
+        <v>1693</v>
+      </c>
+      <c r="C532" t="s">
+        <v>1694</v>
+      </c>
+      <c r="D532" t="s">
+        <v>1695</v>
+      </c>
+      <c r="E532" t="s">
+        <v>31</v>
+      </c>
+      <c r="H532" t="s">
+        <v>51</v>
+      </c>
+      <c r="I532" t="s">
+        <v>1696</v>
+      </c>
+      <c r="J532" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="533" spans="1:10">
+      <c r="A533" t="s">
+        <v>140</v>
+      </c>
+      <c r="B533" t="s">
+        <v>1697</v>
+      </c>
+      <c r="C533" t="s">
+        <v>1698</v>
+      </c>
+      <c r="D533" t="s">
+        <v>1699</v>
+      </c>
+      <c r="E533" t="s">
+        <v>31</v>
+      </c>
+      <c r="H533" t="s">
+        <v>51</v>
+      </c>
+      <c r="I533" t="s">
+        <v>1700</v>
+      </c>
+      <c r="J533" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="534" spans="1:10">
+      <c r="A534" t="s">
+        <v>140</v>
+      </c>
+      <c r="B534" t="s">
+        <v>1701</v>
+      </c>
+      <c r="C534" t="s">
+        <v>1702</v>
+      </c>
+      <c r="D534" t="s">
+        <v>1703</v>
+      </c>
+      <c r="E534" t="s">
+        <v>31</v>
+      </c>
+      <c r="H534" t="s">
+        <v>51</v>
+      </c>
+      <c r="I534" t="s">
+        <v>1704</v>
+      </c>
+      <c r="J534" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="535" spans="1:10">
+      <c r="A535" t="s">
+        <v>140</v>
+      </c>
+      <c r="B535" t="s">
+        <v>1705</v>
+      </c>
+      <c r="C535" t="s">
+        <v>1706</v>
+      </c>
+      <c r="D535" t="s">
+        <v>1707</v>
+      </c>
+      <c r="E535" t="s">
+        <v>31</v>
+      </c>
+      <c r="H535" t="s">
+        <v>51</v>
+      </c>
+      <c r="I535" t="s">
+        <v>1708</v>
+      </c>
+      <c r="J535" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="536" spans="1:10">
+      <c r="A536" t="s">
+        <v>140</v>
+      </c>
+      <c r="B536" t="s">
+        <v>1709</v>
+      </c>
+      <c r="C536" t="s">
+        <v>1710</v>
+      </c>
+      <c r="D536" t="s">
+        <v>1711</v>
+      </c>
+      <c r="E536" t="s">
+        <v>31</v>
+      </c>
+      <c r="H536" t="s">
+        <v>51</v>
+      </c>
+      <c r="I536" t="s">
+        <v>1712</v>
+      </c>
+      <c r="J536" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="537" spans="1:10">
+      <c r="A537" t="s">
+        <v>140</v>
+      </c>
+      <c r="B537" t="s">
+        <v>1713</v>
+      </c>
+      <c r="C537" t="s">
+        <v>1561</v>
+      </c>
+      <c r="D537" t="s">
+        <v>1714</v>
+      </c>
+      <c r="E537" t="s">
+        <v>31</v>
+      </c>
+      <c r="H537" t="s">
+        <v>51</v>
+      </c>
+      <c r="I537" t="s">
+        <v>1715</v>
+      </c>
+      <c r="J537" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="538" spans="1:10">
+      <c r="A538" t="s">
+        <v>140</v>
+      </c>
+      <c r="B538" t="s">
+        <v>1716</v>
+      </c>
+      <c r="C538" t="s">
+        <v>1717</v>
+      </c>
+      <c r="D538" t="s">
+        <v>1718</v>
+      </c>
+      <c r="E538" t="s">
+        <v>31</v>
+      </c>
+      <c r="H538" t="s">
+        <v>51</v>
+      </c>
+      <c r="I538" t="s">
+        <v>1719</v>
+      </c>
+      <c r="J538" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="539" spans="1:10">
+      <c r="A539" t="s">
+        <v>140</v>
+      </c>
+      <c r="B539" t="s">
+        <v>1720</v>
+      </c>
+      <c r="D539" t="s">
+        <v>1721</v>
+      </c>
+      <c r="E539" t="s">
+        <v>31</v>
+      </c>
+      <c r="H539" t="s">
+        <v>51</v>
+      </c>
+      <c r="I539" t="s">
+        <v>1722</v>
+      </c>
+      <c r="J539" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="540" spans="1:10">
+      <c r="A540" t="s">
+        <v>140</v>
+      </c>
+      <c r="B540" t="s">
+        <v>1723</v>
+      </c>
+      <c r="D540" t="s">
+        <v>1545</v>
+      </c>
+      <c r="E540" t="s">
+        <v>31</v>
+      </c>
+      <c r="H540" t="s">
+        <v>51</v>
+      </c>
+      <c r="I540" t="s">
+        <v>1724</v>
+      </c>
+      <c r="J540" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="541" spans="1:10">
+      <c r="A541" t="s">
+        <v>140</v>
+      </c>
+      <c r="B541" t="s">
+        <v>1725</v>
+      </c>
+      <c r="D541" t="s">
+        <v>1644</v>
+      </c>
+      <c r="E541" t="s">
+        <v>31</v>
+      </c>
+      <c r="H541" t="s">
+        <v>51</v>
+      </c>
+      <c r="I541" t="s">
+        <v>1726</v>
+      </c>
+      <c r="J541" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="542" spans="1:10">
+      <c r="A542" t="s">
+        <v>140</v>
+      </c>
+      <c r="B542" t="s">
+        <v>1727</v>
+      </c>
+      <c r="D542" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E542" t="s">
+        <v>31</v>
+      </c>
+      <c r="H542" t="s">
+        <v>51</v>
+      </c>
+      <c r="I542" t="s">
+        <v>1729</v>
+      </c>
+      <c r="J542" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="543" spans="1:10">
+      <c r="A543" t="s">
+        <v>140</v>
+      </c>
+      <c r="B543" t="s">
+        <v>1730</v>
+      </c>
+      <c r="C543" t="s">
+        <v>1731</v>
+      </c>
+      <c r="D543" t="s">
+        <v>1732</v>
+      </c>
+      <c r="E543" t="s">
+        <v>31</v>
+      </c>
+      <c r="H543" t="s">
+        <v>51</v>
+      </c>
+      <c r="I543" t="s">
+        <v>1733</v>
+      </c>
+      <c r="J543" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="544" spans="1:10">
+      <c r="A544" t="s">
+        <v>140</v>
+      </c>
+      <c r="B544" t="s">
+        <v>1734</v>
+      </c>
+      <c r="C544" t="s">
+        <v>1735</v>
+      </c>
+      <c r="D544" t="s">
+        <v>1736</v>
+      </c>
+      <c r="E544" t="s">
+        <v>31</v>
+      </c>
+      <c r="H544" t="s">
+        <v>51</v>
+      </c>
+      <c r="I544" t="s">
+        <v>1737</v>
+      </c>
+      <c r="J544" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="545" spans="1:10">
+      <c r="A545" t="s">
+        <v>140</v>
+      </c>
+      <c r="B545" t="s">
+        <v>1738</v>
+      </c>
+      <c r="C545" t="s">
+        <v>1739</v>
+      </c>
+      <c r="D545" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E545" t="s">
+        <v>31</v>
+      </c>
+      <c r="H545" t="s">
+        <v>51</v>
+      </c>
+      <c r="I545" t="s">
+        <v>1741</v>
+      </c>
+      <c r="J545" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="546" spans="1:10">
+      <c r="A546" t="s">
+        <v>140</v>
+      </c>
+      <c r="B546" t="s">
+        <v>1742</v>
+      </c>
+      <c r="C546" t="s">
+        <v>1743</v>
+      </c>
+      <c r="D546" t="s">
+        <v>1744</v>
+      </c>
+      <c r="E546" t="s">
+        <v>31</v>
+      </c>
+      <c r="H546" t="s">
+        <v>51</v>
+      </c>
+      <c r="I546" t="s">
+        <v>1745</v>
+      </c>
+      <c r="J546" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="547" spans="1:10">
+      <c r="A547" t="s">
+        <v>140</v>
+      </c>
+      <c r="B547" t="s">
+        <v>1746</v>
+      </c>
+      <c r="C547" t="s">
+        <v>1747</v>
+      </c>
+      <c r="D547" t="s">
+        <v>1748</v>
+      </c>
+      <c r="E547" t="s">
+        <v>31</v>
+      </c>
+      <c r="H547" t="s">
+        <v>51</v>
+      </c>
+      <c r="I547" t="s">
+        <v>1749</v>
+      </c>
+      <c r="J547" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="548" spans="1:10">
+      <c r="A548" t="s">
+        <v>140</v>
+      </c>
+      <c r="B548" t="s">
+        <v>1750</v>
+      </c>
+      <c r="C548" t="s">
+        <v>1751</v>
+      </c>
+      <c r="D548" t="s">
+        <v>1748</v>
+      </c>
+      <c r="E548" t="s">
+        <v>31</v>
+      </c>
+      <c r="H548" t="s">
+        <v>51</v>
+      </c>
+      <c r="I548" t="s">
+        <v>1752</v>
+      </c>
+      <c r="J548" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="549" spans="1:10">
+      <c r="A549" t="s">
+        <v>140</v>
+      </c>
+      <c r="B549" t="s">
+        <v>1753</v>
+      </c>
+      <c r="C549" t="s">
+        <v>1754</v>
+      </c>
+      <c r="D549" t="s">
+        <v>1755</v>
+      </c>
+      <c r="E549" t="s">
+        <v>31</v>
+      </c>
+      <c r="H549" t="s">
+        <v>51</v>
+      </c>
+      <c r="I549" t="s">
+        <v>1756</v>
+      </c>
+      <c r="J549" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="550" spans="1:10">
+      <c r="A550" t="s">
+        <v>140</v>
+      </c>
+      <c r="B550" t="s">
+        <v>1757</v>
+      </c>
+      <c r="C550" t="s">
+        <v>1758</v>
+      </c>
+      <c r="D550" t="s">
+        <v>1759</v>
+      </c>
+      <c r="E550" t="s">
+        <v>31</v>
+      </c>
+      <c r="H550" t="s">
+        <v>51</v>
+      </c>
+      <c r="I550" t="s">
+        <v>1760</v>
+      </c>
+      <c r="J550" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="551" spans="1:10">
+      <c r="A551" t="s">
+        <v>140</v>
+      </c>
+      <c r="B551" t="s">
+        <v>1761</v>
+      </c>
+      <c r="C551" t="s">
+        <v>1762</v>
+      </c>
+      <c r="D551" t="s">
+        <v>1763</v>
+      </c>
+      <c r="E551" t="s">
+        <v>31</v>
+      </c>
+      <c r="H551" t="s">
+        <v>51</v>
+      </c>
+      <c r="I551" t="s">
+        <v>1764</v>
+      </c>
+      <c r="J551" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="552" spans="1:10">
+      <c r="A552" t="s">
+        <v>140</v>
+      </c>
+      <c r="B552" t="s">
+        <v>1765</v>
+      </c>
+      <c r="C552" t="s">
+        <v>1766</v>
+      </c>
+      <c r="D552" t="s">
+        <v>1732</v>
+      </c>
+      <c r="E552" t="s">
+        <v>31</v>
+      </c>
+      <c r="H552" t="s">
+        <v>51</v>
+      </c>
+      <c r="I552" t="s">
+        <v>1767</v>
+      </c>
+      <c r="J552" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="553" spans="1:10">
+      <c r="A553" t="s">
+        <v>140</v>
+      </c>
+      <c r="B553" t="s">
+        <v>1768</v>
+      </c>
+      <c r="C553" t="s">
+        <v>1769</v>
+      </c>
+      <c r="D553" t="s">
+        <v>1732</v>
+      </c>
+      <c r="E553" t="s">
+        <v>31</v>
+      </c>
+      <c r="H553" t="s">
+        <v>51</v>
+      </c>
+      <c r="I553" t="s">
+        <v>1770</v>
+      </c>
+      <c r="J553" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="554" spans="1:10">
+      <c r="A554" t="s">
+        <v>140</v>
+      </c>
+      <c r="B554" t="s">
+        <v>1771</v>
+      </c>
+      <c r="C554" t="s">
+        <v>1772</v>
+      </c>
+      <c r="D554" t="s">
+        <v>1773</v>
+      </c>
+      <c r="E554" t="s">
+        <v>31</v>
+      </c>
+      <c r="H554" t="s">
+        <v>51</v>
+      </c>
+      <c r="I554" t="s">
+        <v>1774</v>
+      </c>
+      <c r="J554" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="555" spans="1:10">
+      <c r="A555" t="s">
+        <v>140</v>
+      </c>
+      <c r="B555" t="s">
+        <v>1775</v>
+      </c>
+      <c r="C555" t="s">
+        <v>1735</v>
+      </c>
+      <c r="D555" t="s">
+        <v>1776</v>
+      </c>
+      <c r="E555" t="s">
+        <v>31</v>
+      </c>
+      <c r="H555" t="s">
+        <v>51</v>
+      </c>
+      <c r="I555" t="s">
+        <v>1777</v>
+      </c>
+      <c r="J555" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="556" spans="1:10">
+      <c r="A556" t="s">
+        <v>140</v>
+      </c>
+      <c r="B556" t="s">
+        <v>1778</v>
+      </c>
+      <c r="C556" t="s">
+        <v>1779</v>
+      </c>
+      <c r="D556" t="s">
+        <v>1780</v>
+      </c>
+      <c r="E556" t="s">
+        <v>31</v>
+      </c>
+      <c r="H556" t="s">
+        <v>51</v>
+      </c>
+      <c r="I556" t="s">
+        <v>1781</v>
+      </c>
+      <c r="J556" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="557" spans="1:10">
+      <c r="A557" t="s">
+        <v>140</v>
+      </c>
+      <c r="B557" t="s">
+        <v>1782</v>
+      </c>
+      <c r="C557" t="s">
+        <v>1783</v>
+      </c>
+      <c r="D557" t="s">
+        <v>1784</v>
+      </c>
+      <c r="E557" t="s">
+        <v>31</v>
+      </c>
+      <c r="H557" t="s">
+        <v>51</v>
+      </c>
+      <c r="I557" t="s">
+        <v>1785</v>
+      </c>
+      <c r="J557" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="558" spans="1:10">
+      <c r="A558" t="s">
+        <v>140</v>
+      </c>
+      <c r="B558" t="s">
+        <v>1786</v>
+      </c>
+      <c r="C558" t="s">
+        <v>1787</v>
+      </c>
+      <c r="D558" t="s">
+        <v>1788</v>
+      </c>
+      <c r="E558" t="s">
+        <v>31</v>
+      </c>
+      <c r="H558" t="s">
+        <v>51</v>
+      </c>
+      <c r="I558" t="s">
+        <v>1789</v>
+      </c>
+      <c r="J558" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="559" spans="1:10">
+      <c r="A559" t="s">
+        <v>140</v>
+      </c>
+      <c r="B559" t="s">
+        <v>1790</v>
+      </c>
+      <c r="C559" t="s">
+        <v>1791</v>
+      </c>
+      <c r="D559" t="s">
+        <v>1792</v>
+      </c>
+      <c r="E559" t="s">
+        <v>31</v>
+      </c>
+      <c r="H559" t="s">
+        <v>51</v>
+      </c>
+      <c r="I559" t="s">
+        <v>1793</v>
+      </c>
+      <c r="J559" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="560" spans="1:10">
+      <c r="A560" t="s">
+        <v>140</v>
+      </c>
+      <c r="B560" t="s">
+        <v>1794</v>
+      </c>
+      <c r="D560" t="s">
+        <v>1795</v>
+      </c>
+      <c r="E560" t="s">
+        <v>31</v>
+      </c>
+      <c r="H560" t="s">
+        <v>51</v>
+      </c>
+      <c r="I560" t="s">
+        <v>1796</v>
+      </c>
+      <c r="J560" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="561" spans="1:10">
+      <c r="A561" t="s">
+        <v>140</v>
+      </c>
+      <c r="B561" t="s">
+        <v>1797</v>
+      </c>
+      <c r="D561" t="s">
+        <v>1795</v>
+      </c>
+      <c r="E561" t="s">
+        <v>31</v>
+      </c>
+      <c r="H561" t="s">
+        <v>51</v>
+      </c>
+      <c r="I561" t="s">
+        <v>1798</v>
+      </c>
+      <c r="J561" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="562" spans="1:10">
+      <c r="A562" t="s">
+        <v>140</v>
+      </c>
+      <c r="B562" t="s">
+        <v>1799</v>
+      </c>
+      <c r="C562" t="s">
+        <v>1800</v>
+      </c>
+      <c r="D562" t="s">
+        <v>1801</v>
+      </c>
+      <c r="E562" t="s">
+        <v>31</v>
+      </c>
+      <c r="H562" t="s">
+        <v>51</v>
+      </c>
+      <c r="I562" t="s">
+        <v>1802</v>
+      </c>
+      <c r="J562" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="563" spans="1:10">
+      <c r="A563" t="s">
+        <v>140</v>
+      </c>
+      <c r="B563" t="s">
+        <v>1803</v>
+      </c>
+      <c r="C563" t="s">
+        <v>1804</v>
+      </c>
+      <c r="D563" t="s">
+        <v>1805</v>
+      </c>
+      <c r="E563" t="s">
+        <v>31</v>
+      </c>
+      <c r="H563" t="s">
+        <v>51</v>
+      </c>
+      <c r="I563" t="s">
+        <v>1806</v>
+      </c>
+      <c r="J563" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="564" spans="1:10">
+      <c r="A564" t="s">
+        <v>140</v>
+      </c>
+      <c r="B564" t="s">
+        <v>1807</v>
+      </c>
+      <c r="C564" t="s">
+        <v>1808</v>
+      </c>
+      <c r="D564" t="s">
+        <v>1805</v>
+      </c>
+      <c r="E564" t="s">
+        <v>31</v>
+      </c>
+      <c r="H564" t="s">
+        <v>51</v>
+      </c>
+      <c r="I564" t="s">
+        <v>1809</v>
+      </c>
+      <c r="J564" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="565" spans="1:10">
+      <c r="A565" t="s">
+        <v>140</v>
+      </c>
+      <c r="B565" t="s">
+        <v>1810</v>
+      </c>
+      <c r="C565" t="s">
+        <v>1811</v>
+      </c>
+      <c r="D565" t="s">
+        <v>1788</v>
+      </c>
+      <c r="E565" t="s">
+        <v>31</v>
+      </c>
+      <c r="H565" t="s">
+        <v>51</v>
+      </c>
+      <c r="I565" t="s">
+        <v>1812</v>
+      </c>
+      <c r="J565" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="566" spans="1:10">
+      <c r="A566" t="s">
+        <v>140</v>
+      </c>
+      <c r="B566" t="s">
+        <v>1813</v>
+      </c>
+      <c r="C566" t="s">
+        <v>1814</v>
+      </c>
+      <c r="D566" t="s">
+        <v>1788</v>
+      </c>
+      <c r="E566" t="s">
+        <v>31</v>
+      </c>
+      <c r="H566" t="s">
+        <v>51</v>
+      </c>
+      <c r="I566" t="s">
+        <v>1815</v>
+      </c>
+      <c r="J566" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="567" spans="1:10">
+      <c r="A567" t="s">
+        <v>140</v>
+      </c>
+      <c r="B567" t="s">
+        <v>1816</v>
+      </c>
+      <c r="C567" t="s">
+        <v>1817</v>
+      </c>
+      <c r="D567" t="s">
+        <v>1818</v>
+      </c>
+      <c r="E567" t="s">
+        <v>31</v>
+      </c>
+      <c r="H567" t="s">
+        <v>51</v>
+      </c>
+      <c r="I567" t="s">
+        <v>1819</v>
+      </c>
+      <c r="J567" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="568" spans="1:10">
+      <c r="A568" t="s">
+        <v>140</v>
+      </c>
+      <c r="B568" t="s">
+        <v>1820</v>
+      </c>
+      <c r="C568" t="s">
+        <v>1821</v>
+      </c>
+      <c r="D568" t="s">
+        <v>1818</v>
+      </c>
+      <c r="E568" t="s">
+        <v>31</v>
+      </c>
+      <c r="H568" t="s">
+        <v>51</v>
+      </c>
+      <c r="I568" t="s">
+        <v>1822</v>
+      </c>
+      <c r="J568" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="569" spans="1:10">
+      <c r="A569" t="s">
+        <v>140</v>
+      </c>
+      <c r="B569" t="s">
+        <v>1823</v>
+      </c>
+      <c r="C569" t="s">
+        <v>1821</v>
+      </c>
+      <c r="D569" t="s">
+        <v>1824</v>
+      </c>
+      <c r="E569" t="s">
+        <v>31</v>
+      </c>
+      <c r="H569" t="s">
+        <v>51</v>
+      </c>
+      <c r="I569" t="s">
+        <v>1825</v>
+      </c>
+      <c r="J569" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="570" spans="1:10">
+      <c r="A570" t="s">
+        <v>140</v>
+      </c>
+      <c r="B570" t="s">
+        <v>1826</v>
+      </c>
+      <c r="C570" t="s">
+        <v>1827</v>
+      </c>
+      <c r="D570" t="s">
+        <v>1828</v>
+      </c>
+      <c r="E570" t="s">
+        <v>31</v>
+      </c>
+      <c r="H570" t="s">
+        <v>51</v>
+      </c>
+      <c r="I570" t="s">
+        <v>1829</v>
+      </c>
+      <c r="J570" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="571" spans="1:10">
+      <c r="A571" t="s">
+        <v>140</v>
+      </c>
+      <c r="B571" t="s">
+        <v>1830</v>
+      </c>
+      <c r="C571" t="s">
+        <v>1831</v>
+      </c>
+      <c r="D571" t="s">
+        <v>1828</v>
+      </c>
+      <c r="E571" t="s">
+        <v>31</v>
+      </c>
+      <c r="H571" t="s">
+        <v>51</v>
+      </c>
+      <c r="I571" t="s">
+        <v>1832</v>
+      </c>
+      <c r="J571" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="572" spans="1:10">
+      <c r="A572" t="s">
+        <v>140</v>
+      </c>
+      <c r="B572" t="s">
+        <v>1833</v>
+      </c>
+      <c r="C572" t="s">
+        <v>1834</v>
+      </c>
+      <c r="D572" t="s">
+        <v>1835</v>
+      </c>
+      <c r="E572" t="s">
+        <v>31</v>
+      </c>
+      <c r="H572" t="s">
+        <v>51</v>
+      </c>
+      <c r="I572" t="s">
+        <v>1836</v>
+      </c>
+      <c r="J572" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="573" spans="1:10">
+      <c r="A573" t="s">
+        <v>140</v>
+      </c>
+      <c r="B573" t="s">
+        <v>1837</v>
+      </c>
+      <c r="C573" t="s">
+        <v>1838</v>
+      </c>
+      <c r="D573" t="s">
+        <v>1835</v>
+      </c>
+      <c r="E573" t="s">
+        <v>31</v>
+      </c>
+      <c r="H573" t="s">
+        <v>51</v>
+      </c>
+      <c r="I573" t="s">
+        <v>1839</v>
+      </c>
+      <c r="J573" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="574" spans="1:10">
+      <c r="A574" t="s">
+        <v>140</v>
+      </c>
+      <c r="B574" t="s">
+        <v>1840</v>
+      </c>
+      <c r="C574" t="s">
+        <v>1841</v>
+      </c>
+      <c r="D574" t="s">
+        <v>1842</v>
+      </c>
+      <c r="E574" t="s">
+        <v>31</v>
+      </c>
+      <c r="H574" t="s">
+        <v>51</v>
+      </c>
+      <c r="I574" t="s">
+        <v>1843</v>
+      </c>
+      <c r="J574" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="575" spans="1:10">
+      <c r="A575" t="s">
+        <v>140</v>
+      </c>
+      <c r="B575" t="s">
+        <v>1844</v>
+      </c>
+      <c r="C575" t="s">
+        <v>1845</v>
+      </c>
+      <c r="D575" t="s">
+        <v>1842</v>
+      </c>
+      <c r="E575" t="s">
+        <v>31</v>
+      </c>
+      <c r="H575" t="s">
+        <v>51</v>
+      </c>
+      <c r="I575" t="s">
+        <v>1846</v>
+      </c>
+      <c r="J575" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="576" spans="1:10">
+      <c r="A576" t="s">
+        <v>140</v>
+      </c>
+      <c r="B576" t="s">
+        <v>1847</v>
+      </c>
+      <c r="C576" t="s">
+        <v>1848</v>
+      </c>
+      <c r="D576" t="s">
+        <v>1842</v>
+      </c>
+      <c r="E576" t="s">
+        <v>31</v>
+      </c>
+      <c r="H576" t="s">
+        <v>51</v>
+      </c>
+      <c r="I576" t="s">
+        <v>1849</v>
+      </c>
+      <c r="J576" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="577" spans="1:10">
+      <c r="A577" t="s">
+        <v>140</v>
+      </c>
+      <c r="B577" t="s">
+        <v>1850</v>
+      </c>
+      <c r="C577" t="s">
+        <v>1851</v>
+      </c>
+      <c r="D577" t="s">
+        <v>1852</v>
+      </c>
+      <c r="E577" t="s">
+        <v>31</v>
+      </c>
+      <c r="H577" t="s">
+        <v>51</v>
+      </c>
+      <c r="I577" t="s">
+        <v>1853</v>
+      </c>
+      <c r="J577" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="578" spans="1:10">
+      <c r="A578" t="s">
+        <v>140</v>
+      </c>
+      <c r="B578" t="s">
+        <v>1854</v>
+      </c>
+      <c r="C578" t="s">
+        <v>1855</v>
+      </c>
+      <c r="D578" t="s">
+        <v>1852</v>
+      </c>
+      <c r="E578" t="s">
+        <v>31</v>
+      </c>
+      <c r="H578" t="s">
+        <v>51</v>
+      </c>
+      <c r="I578" t="s">
+        <v>1856</v>
+      </c>
+      <c r="J578" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="579" spans="1:10">
+      <c r="A579" t="s">
+        <v>140</v>
+      </c>
+      <c r="B579" t="s">
+        <v>1857</v>
+      </c>
+      <c r="C579" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D579" t="s">
+        <v>1852</v>
+      </c>
+      <c r="E579" t="s">
+        <v>31</v>
+      </c>
+      <c r="H579" t="s">
+        <v>51</v>
+      </c>
+      <c r="I579" t="s">
+        <v>1859</v>
+      </c>
+      <c r="J579" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="580" spans="1:10">
+      <c r="A580" t="s">
+        <v>140</v>
+      </c>
+      <c r="B580" t="s">
+        <v>1860</v>
+      </c>
+      <c r="C580" t="s">
+        <v>1861</v>
+      </c>
+      <c r="D580" t="s">
+        <v>1862</v>
+      </c>
+      <c r="E580" t="s">
+        <v>31</v>
+      </c>
+      <c r="H580" t="s">
+        <v>51</v>
+      </c>
+      <c r="I580" t="s">
+        <v>1863</v>
+      </c>
+      <c r="J580" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="581" spans="1:10">
+      <c r="A581" t="s">
+        <v>140</v>
+      </c>
+      <c r="B581" t="s">
+        <v>1864</v>
+      </c>
+      <c r="C581" t="s">
+        <v>1865</v>
+      </c>
+      <c r="D581" t="s">
+        <v>1866</v>
+      </c>
+      <c r="E581" t="s">
+        <v>31</v>
+      </c>
+      <c r="H581" t="s">
+        <v>51</v>
+      </c>
+      <c r="I581" t="s">
+        <v>1867</v>
+      </c>
+      <c r="J581" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="582" spans="1:10">
+      <c r="A582" t="s">
+        <v>140</v>
+      </c>
+      <c r="B582" t="s">
+        <v>1868</v>
+      </c>
+      <c r="C582" t="s">
+        <v>1735</v>
+      </c>
+      <c r="D582" t="s">
+        <v>1862</v>
+      </c>
+      <c r="E582" t="s">
+        <v>31</v>
+      </c>
+      <c r="H582" t="s">
+        <v>51</v>
+      </c>
+      <c r="I582" t="s">
+        <v>1869</v>
+      </c>
+      <c r="J582" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="583" spans="1:10">
+      <c r="A583" t="s">
+        <v>140</v>
+      </c>
+      <c r="B583" t="s">
+        <v>1870</v>
+      </c>
+      <c r="C583" t="s">
+        <v>1871</v>
+      </c>
+      <c r="D583" t="s">
+        <v>1866</v>
+      </c>
+      <c r="E583" t="s">
+        <v>31</v>
+      </c>
+      <c r="H583" t="s">
+        <v>51</v>
+      </c>
+      <c r="I583" t="s">
+        <v>1872</v>
+      </c>
+      <c r="J583" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="584" spans="1:10">
+      <c r="A584" t="s">
+        <v>140</v>
+      </c>
+      <c r="B584" t="s">
+        <v>1873</v>
+      </c>
+      <c r="C584" t="s">
+        <v>1874</v>
+      </c>
+      <c r="D584" t="s">
+        <v>1875</v>
+      </c>
+      <c r="E584" t="s">
+        <v>31</v>
+      </c>
+      <c r="H584" t="s">
+        <v>51</v>
+      </c>
+      <c r="I584" t="s">
+        <v>1876</v>
+      </c>
+      <c r="J584" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="585" spans="1:10">
+      <c r="A585" t="s">
+        <v>140</v>
+      </c>
+      <c r="B585" t="s">
+        <v>1877</v>
+      </c>
+      <c r="C585" t="s">
+        <v>1878</v>
+      </c>
+      <c r="D585" t="s">
+        <v>1842</v>
+      </c>
+      <c r="E585" t="s">
+        <v>31</v>
+      </c>
+      <c r="H585" t="s">
+        <v>51</v>
+      </c>
+      <c r="I585" t="s">
+        <v>1879</v>
+      </c>
+      <c r="J585" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="586" spans="1:10">
+      <c r="A586" t="s">
+        <v>140</v>
+      </c>
+      <c r="B586" t="s">
+        <v>1880</v>
+      </c>
+      <c r="C586" t="s">
+        <v>1881</v>
+      </c>
+      <c r="D586" t="s">
+        <v>1882</v>
+      </c>
+      <c r="E586" t="s">
+        <v>31</v>
+      </c>
+      <c r="H586" t="s">
+        <v>51</v>
+      </c>
+      <c r="I586" t="s">
+        <v>1883</v>
+      </c>
+      <c r="J586" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="587" spans="1:10">
+      <c r="A587" t="s">
+        <v>140</v>
+      </c>
+      <c r="B587" t="s">
+        <v>1884</v>
+      </c>
+      <c r="C587" t="s">
+        <v>1885</v>
+      </c>
+      <c r="D587" t="s">
+        <v>1886</v>
+      </c>
+      <c r="E587" t="s">
+        <v>31</v>
+      </c>
+      <c r="H587" t="s">
+        <v>51</v>
+      </c>
+      <c r="I587" t="s">
+        <v>1887</v>
+      </c>
+      <c r="J587" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="588" spans="1:10">
+      <c r="A588" t="s">
+        <v>140</v>
+      </c>
+      <c r="B588" t="s">
+        <v>1888</v>
+      </c>
+      <c r="C588" t="s">
+        <v>1889</v>
+      </c>
+      <c r="D588" t="s">
+        <v>1886</v>
+      </c>
+      <c r="E588" t="s">
+        <v>31</v>
+      </c>
+      <c r="H588" t="s">
+        <v>51</v>
+      </c>
+      <c r="I588" t="s">
+        <v>1890</v>
+      </c>
+      <c r="J588" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="589" spans="1:10">
+      <c r="A589" t="s">
+        <v>140</v>
+      </c>
+      <c r="B589" t="s">
+        <v>1891</v>
+      </c>
+      <c r="C589" t="s">
+        <v>1892</v>
+      </c>
+      <c r="D589" t="s">
+        <v>1893</v>
+      </c>
+      <c r="E589" t="s">
+        <v>31</v>
+      </c>
+      <c r="H589" t="s">
+        <v>51</v>
+      </c>
+      <c r="I589" t="s">
+        <v>1894</v>
+      </c>
+      <c r="J589" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="590" spans="1:10">
+      <c r="A590" t="s">
+        <v>140</v>
+      </c>
+      <c r="B590" t="s">
+        <v>1895</v>
+      </c>
+      <c r="C590" t="s">
+        <v>1896</v>
+      </c>
+      <c r="D590" t="s">
+        <v>1897</v>
+      </c>
+      <c r="E590" t="s">
+        <v>31</v>
+      </c>
+      <c r="H590" t="s">
+        <v>51</v>
+      </c>
+      <c r="I590" t="s">
+        <v>1898</v>
+      </c>
+      <c r="J590" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="591" spans="1:10">
+      <c r="A591" t="s">
+        <v>140</v>
+      </c>
+      <c r="B591" t="s">
+        <v>1899</v>
+      </c>
+      <c r="C591" t="s">
+        <v>1900</v>
+      </c>
+      <c r="D591" t="s">
+        <v>1901</v>
+      </c>
+      <c r="E591" t="s">
+        <v>31</v>
+      </c>
+      <c r="H591" t="s">
+        <v>51</v>
+      </c>
+      <c r="I591" t="s">
+        <v>1902</v>
+      </c>
+      <c r="J591" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="592" spans="1:10">
+      <c r="A592" t="s">
+        <v>140</v>
+      </c>
+      <c r="B592" t="s">
+        <v>1903</v>
+      </c>
+      <c r="C592" t="s">
+        <v>1904</v>
+      </c>
+      <c r="D592" t="s">
+        <v>1905</v>
+      </c>
+      <c r="E592" t="s">
+        <v>31</v>
+      </c>
+      <c r="H592" t="s">
+        <v>51</v>
+      </c>
+      <c r="I592" t="s">
+        <v>1906</v>
+      </c>
+      <c r="J592" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="593" spans="1:10">
+      <c r="A593" t="s">
+        <v>140</v>
+      </c>
+      <c r="B593" t="s">
+        <v>1907</v>
+      </c>
+      <c r="C593" t="s">
+        <v>1908</v>
+      </c>
+      <c r="D593" t="s">
+        <v>1905</v>
+      </c>
+      <c r="E593" t="s">
+        <v>31</v>
+      </c>
+      <c r="H593" t="s">
+        <v>51</v>
+      </c>
+      <c r="I593" t="s">
+        <v>1909</v>
+      </c>
+      <c r="J593" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="594" spans="1:10">
+      <c r="A594" t="s">
+        <v>140</v>
+      </c>
+      <c r="B594" t="s">
+        <v>1910</v>
+      </c>
+      <c r="C594" t="s">
+        <v>1911</v>
+      </c>
+      <c r="D594" t="s">
+        <v>1866</v>
+      </c>
+      <c r="E594" t="s">
+        <v>31</v>
+      </c>
+      <c r="H594" t="s">
+        <v>51</v>
+      </c>
+      <c r="I594" t="s">
+        <v>1912</v>
+      </c>
+      <c r="J594" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="595" spans="1:10">
+      <c r="A595" t="s">
+        <v>140</v>
+      </c>
+      <c r="B595" t="s">
+        <v>1913</v>
+      </c>
+      <c r="C595" t="s">
+        <v>1914</v>
+      </c>
+      <c r="D595" t="s">
+        <v>1866</v>
+      </c>
+      <c r="E595" t="s">
+        <v>31</v>
+      </c>
+      <c r="H595" t="s">
+        <v>51</v>
+      </c>
+      <c r="I595" t="s">
+        <v>1915</v>
+      </c>
+      <c r="J595" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="596" spans="1:10">
+      <c r="A596" t="s">
+        <v>140</v>
+      </c>
+      <c r="B596" t="s">
+        <v>1916</v>
+      </c>
+      <c r="C596" t="s">
+        <v>1917</v>
+      </c>
+      <c r="D596" t="s">
+        <v>1918</v>
+      </c>
+      <c r="E596" t="s">
+        <v>31</v>
+      </c>
+      <c r="H596" t="s">
+        <v>51</v>
+      </c>
+      <c r="I596" t="s">
+        <v>1919</v>
+      </c>
+      <c r="J596" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="597" spans="1:10">
+      <c r="A597" t="s">
+        <v>140</v>
+      </c>
+      <c r="B597" t="s">
+        <v>1920</v>
+      </c>
+      <c r="C597" t="s">
+        <v>1921</v>
+      </c>
+      <c r="D597" t="s">
+        <v>1922</v>
+      </c>
+      <c r="E597" t="s">
+        <v>31</v>
+      </c>
+      <c r="H597" t="s">
+        <v>51</v>
+      </c>
+      <c r="I597" t="s">
+        <v>1923</v>
+      </c>
+      <c r="J597" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="598" spans="1:10">
+      <c r="A598" t="s">
+        <v>140</v>
+      </c>
+      <c r="B598" t="s">
+        <v>1924</v>
+      </c>
+      <c r="C598" t="s">
+        <v>1925</v>
+      </c>
+      <c r="D598" t="s">
+        <v>1922</v>
+      </c>
+      <c r="E598" t="s">
+        <v>31</v>
+      </c>
+      <c r="H598" t="s">
+        <v>51</v>
+      </c>
+      <c r="I598" t="s">
+        <v>1926</v>
+      </c>
+      <c r="J598" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="599" spans="1:10">
+      <c r="A599" t="s">
+        <v>140</v>
+      </c>
+      <c r="B599" t="s">
+        <v>1927</v>
+      </c>
+      <c r="C599" t="s">
+        <v>1928</v>
+      </c>
+      <c r="D599" t="s">
+        <v>1929</v>
+      </c>
+      <c r="E599" t="s">
+        <v>31</v>
+      </c>
+      <c r="H599" t="s">
+        <v>51</v>
+      </c>
+      <c r="I599" t="s">
+        <v>1930</v>
+      </c>
+      <c r="J599" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="600" spans="1:10">
+      <c r="A600" t="s">
+        <v>140</v>
+      </c>
+      <c r="B600" t="s">
+        <v>1931</v>
+      </c>
+      <c r="C600" t="s">
+        <v>1932</v>
+      </c>
+      <c r="D600" t="s">
+        <v>1933</v>
+      </c>
+      <c r="H600" t="s">
+        <v>51</v>
+      </c>
+      <c r="I600" t="s">
+        <v>1934</v>
+      </c>
+      <c r="J600" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="601" spans="1:10">
+      <c r="A601" t="s">
+        <v>140</v>
+      </c>
+      <c r="B601" t="s">
+        <v>1935</v>
+      </c>
+      <c r="C601" t="s">
+        <v>1936</v>
+      </c>
+      <c r="D601" t="s">
+        <v>1933</v>
+      </c>
+      <c r="E601" t="s">
+        <v>31</v>
+      </c>
+      <c r="H601" t="s">
+        <v>51</v>
+      </c>
+      <c r="I601" t="s">
+        <v>1937</v>
+      </c>
+      <c r="J601" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="602" spans="1:10">
+      <c r="A602" t="s">
+        <v>140</v>
+      </c>
+      <c r="B602" t="s">
+        <v>1938</v>
+      </c>
+      <c r="C602" t="s">
+        <v>1939</v>
+      </c>
+      <c r="D602" t="s">
+        <v>1940</v>
+      </c>
+      <c r="E602" t="s">
+        <v>14</v>
+      </c>
+      <c r="H602" t="s">
+        <v>51</v>
+      </c>
+      <c r="I602" t="s">
+        <v>1941</v>
+      </c>
+      <c r="J602" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="603" spans="1:10">
+      <c r="A603" t="s">
+        <v>140</v>
+      </c>
+      <c r="B603" t="s">
+        <v>1942</v>
+      </c>
+      <c r="C603" t="s">
+        <v>1943</v>
+      </c>
+      <c r="D603" t="s">
+        <v>1940</v>
+      </c>
+      <c r="E603" t="s">
+        <v>31</v>
+      </c>
+      <c r="H603" t="s">
+        <v>51</v>
+      </c>
+      <c r="I603" t="s">
+        <v>1944</v>
+      </c>
+      <c r="J603" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="604" spans="1:10">
+      <c r="A604" t="s">
+        <v>140</v>
+      </c>
+      <c r="B604" t="s">
+        <v>1945</v>
+      </c>
+      <c r="C604" t="s">
+        <v>1946</v>
+      </c>
+      <c r="D604" t="s">
+        <v>1940</v>
+      </c>
+      <c r="E604" t="s">
+        <v>31</v>
+      </c>
+      <c r="H604" t="s">
+        <v>51</v>
+      </c>
+      <c r="I604" t="s">
+        <v>1947</v>
+      </c>
+      <c r="J604" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="605" spans="1:10">
+      <c r="A605" t="s">
+        <v>140</v>
+      </c>
+      <c r="B605" t="s">
+        <v>1948</v>
+      </c>
+      <c r="C605" t="s">
+        <v>1949</v>
+      </c>
+      <c r="D605" t="s">
+        <v>1940</v>
+      </c>
+      <c r="E605" t="s">
+        <v>31</v>
+      </c>
+      <c r="H605" t="s">
+        <v>51</v>
+      </c>
+      <c r="I605" t="s">
+        <v>1950</v>
+      </c>
+      <c r="J605" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="606" spans="1:10">
+      <c r="A606" t="s">
+        <v>140</v>
+      </c>
+      <c r="B606" t="s">
+        <v>1951</v>
+      </c>
+      <c r="C606" t="s">
+        <v>1952</v>
+      </c>
+      <c r="D606" t="s">
+        <v>1933</v>
+      </c>
+      <c r="E606" t="s">
+        <v>31</v>
+      </c>
+      <c r="H606" t="s">
+        <v>51</v>
+      </c>
+      <c r="I606" t="s">
+        <v>1953</v>
+      </c>
+      <c r="J606" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="607" spans="1:10">
+      <c r="A607" t="s">
+        <v>140</v>
+      </c>
+      <c r="B607" t="s">
+        <v>1954</v>
+      </c>
+      <c r="C607" t="s">
+        <v>1955</v>
+      </c>
+      <c r="D607" t="s">
+        <v>1940</v>
+      </c>
+      <c r="E607" t="s">
+        <v>31</v>
+      </c>
+      <c r="H607" t="s">
+        <v>51</v>
+      </c>
+      <c r="I607" t="s">
+        <v>1956</v>
+      </c>
+      <c r="J607" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="608" spans="1:10">
+      <c r="A608" t="s">
+        <v>140</v>
+      </c>
+      <c r="B608" t="s">
+        <v>1957</v>
+      </c>
+      <c r="C608" t="s">
+        <v>1958</v>
+      </c>
+      <c r="D608" t="s">
+        <v>1933</v>
+      </c>
+      <c r="E608" t="s">
+        <v>31</v>
+      </c>
+      <c r="H608" t="s">
+        <v>51</v>
+      </c>
+      <c r="I608" t="s">
+        <v>1959</v>
+      </c>
+      <c r="J608" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="609" spans="1:10">
+      <c r="A609" t="s">
+        <v>140</v>
+      </c>
+      <c r="B609" t="s">
+        <v>1960</v>
+      </c>
+      <c r="C609" t="s">
+        <v>1961</v>
+      </c>
+      <c r="D609" t="s">
+        <v>1933</v>
+      </c>
+      <c r="E609" t="s">
+        <v>31</v>
+      </c>
+      <c r="H609" t="s">
+        <v>51</v>
+      </c>
+      <c r="I609" t="s">
+        <v>1962</v>
+      </c>
+      <c r="J609" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="610" spans="1:10">
+      <c r="A610" t="s">
+        <v>140</v>
+      </c>
+      <c r="B610" t="s">
+        <v>1963</v>
+      </c>
+      <c r="C610" t="s">
+        <v>1964</v>
+      </c>
+      <c r="D610" t="s">
+        <v>1933</v>
+      </c>
+      <c r="E610" t="s">
+        <v>31</v>
+      </c>
+      <c r="H610" t="s">
+        <v>51</v>
+      </c>
+      <c r="I610" t="s">
+        <v>1965</v>
+      </c>
+      <c r="J610" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="611" spans="1:10">
+      <c r="A611" t="s">
+        <v>140</v>
+      </c>
+      <c r="B611" t="s">
+        <v>1966</v>
+      </c>
+      <c r="C611" t="s">
+        <v>1932</v>
+      </c>
+      <c r="D611" t="s">
+        <v>1933</v>
+      </c>
+      <c r="E611" t="s">
+        <v>31</v>
+      </c>
+      <c r="H611" t="s">
+        <v>51</v>
+      </c>
+      <c r="I611" t="s">
+        <v>1967</v>
+      </c>
+      <c r="J611" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="612" spans="1:10">
+      <c r="A612" t="s">
+        <v>140</v>
+      </c>
+      <c r="B612" t="s">
+        <v>1968</v>
+      </c>
+      <c r="C612" t="s">
+        <v>1969</v>
+      </c>
+      <c r="D612" t="s">
+        <v>1933</v>
+      </c>
+      <c r="E612" t="s">
+        <v>31</v>
+      </c>
+      <c r="H612" t="s">
+        <v>51</v>
+      </c>
+      <c r="I612" t="s">
+        <v>1970</v>
+      </c>
+      <c r="J612" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="613" spans="1:10">
+      <c r="A613" t="s">
+        <v>140</v>
+      </c>
+      <c r="B613" t="s">
+        <v>1971</v>
+      </c>
+      <c r="C613" t="s">
+        <v>1972</v>
+      </c>
+      <c r="D613" t="s">
+        <v>1933</v>
+      </c>
+      <c r="E613" t="s">
+        <v>31</v>
+      </c>
+      <c r="H613" t="s">
+        <v>51</v>
+      </c>
+      <c r="I613" t="s">
+        <v>1973</v>
+      </c>
+      <c r="J613" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="614" spans="1:10">
+      <c r="A614" t="s">
+        <v>140</v>
+      </c>
+      <c r="B614" t="s">
+        <v>1974</v>
+      </c>
+      <c r="C614" t="s">
+        <v>1975</v>
+      </c>
+      <c r="D614" t="s">
+        <v>1933</v>
+      </c>
+      <c r="E614" t="s">
+        <v>31</v>
+      </c>
+      <c r="H614" t="s">
+        <v>51</v>
+      </c>
+      <c r="I614" t="s">
+        <v>1976</v>
+      </c>
+      <c r="J614" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="615" spans="1:10">
+      <c r="A615" t="s">
+        <v>140</v>
+      </c>
+      <c r="B615" t="s">
+        <v>1977</v>
+      </c>
+      <c r="C615" t="s">
+        <v>1978</v>
+      </c>
+      <c r="D615" t="s">
+        <v>1979</v>
+      </c>
+      <c r="E615" t="s">
+        <v>31</v>
+      </c>
+      <c r="H615" t="s">
+        <v>51</v>
+      </c>
+      <c r="I615" t="s">
+        <v>1980</v>
+      </c>
+      <c r="J615" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="616" spans="1:10">
+      <c r="A616" t="s">
+        <v>140</v>
+      </c>
+      <c r="B616" t="s">
+        <v>1981</v>
+      </c>
+      <c r="C616" t="s">
+        <v>1982</v>
+      </c>
+      <c r="D616" t="s">
+        <v>1983</v>
+      </c>
+      <c r="E616" t="s">
+        <v>31</v>
+      </c>
+      <c r="H616" t="s">
+        <v>51</v>
+      </c>
+      <c r="I616" t="s">
+        <v>1984</v>
+      </c>
+      <c r="J616" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="617" spans="1:10">
+      <c r="A617" t="s">
+        <v>140</v>
+      </c>
+      <c r="B617" t="s">
+        <v>1985</v>
+      </c>
+      <c r="C617" t="s">
+        <v>1871</v>
+      </c>
+      <c r="D617" t="s">
+        <v>1828</v>
+      </c>
+      <c r="E617" t="s">
+        <v>31</v>
+      </c>
+      <c r="H617" t="s">
+        <v>51</v>
+      </c>
+      <c r="I617" t="s">
+        <v>1986</v>
+      </c>
+      <c r="J617" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="618" spans="1:10">
+      <c r="A618" t="s">
+        <v>140</v>
+      </c>
+      <c r="B618" t="s">
+        <v>1987</v>
+      </c>
+      <c r="C618" t="s">
+        <v>1739</v>
+      </c>
+      <c r="D618" t="s">
+        <v>1988</v>
+      </c>
+      <c r="E618" t="s">
+        <v>31</v>
+      </c>
+      <c r="H618" t="s">
+        <v>51</v>
+      </c>
+      <c r="I618" t="s">
+        <v>1989</v>
+      </c>
+      <c r="J618" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="619" spans="1:10">
+      <c r="A619" t="s">
+        <v>140</v>
+      </c>
+      <c r="B619" t="s">
+        <v>1990</v>
+      </c>
+      <c r="C619" t="s">
+        <v>1743</v>
+      </c>
+      <c r="D619" t="s">
+        <v>1991</v>
+      </c>
+      <c r="E619" t="s">
+        <v>31</v>
+      </c>
+      <c r="H619" t="s">
+        <v>51</v>
+      </c>
+      <c r="I619" t="s">
+        <v>1992</v>
+      </c>
+      <c r="J619" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="620" spans="1:10">
+      <c r="A620" t="s">
+        <v>140</v>
+      </c>
+      <c r="B620" t="s">
+        <v>1993</v>
+      </c>
+      <c r="C620" t="s">
+        <v>1735</v>
+      </c>
+      <c r="D620" t="s">
+        <v>1994</v>
+      </c>
+      <c r="E620" t="s">
+        <v>31</v>
+      </c>
+      <c r="H620" t="s">
+        <v>51</v>
+      </c>
+      <c r="I620" t="s">
+        <v>1995</v>
+      </c>
+      <c r="J620" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="621" spans="1:10">
+      <c r="A621" t="s">
+        <v>140</v>
+      </c>
+      <c r="B621" t="s">
+        <v>1996</v>
+      </c>
+      <c r="C621" t="s">
+        <v>1997</v>
+      </c>
+      <c r="D621" t="s">
+        <v>1998</v>
+      </c>
+      <c r="E621" t="s">
+        <v>31</v>
+      </c>
+      <c r="H621" t="s">
+        <v>51</v>
+      </c>
+      <c r="I621" t="s">
+        <v>1999</v>
+      </c>
+      <c r="J621" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="622" spans="1:10">
+      <c r="A622" t="s">
+        <v>140</v>
+      </c>
+      <c r="B622" t="s">
+        <v>2000</v>
+      </c>
+      <c r="C622" t="s">
+        <v>2001</v>
+      </c>
+      <c r="D622" t="s">
+        <v>2002</v>
+      </c>
+      <c r="E622" t="s">
+        <v>31</v>
+      </c>
+      <c r="H622" t="s">
+        <v>51</v>
+      </c>
+      <c r="I622" t="s">
+        <v>2003</v>
+      </c>
+      <c r="J622" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="623" spans="1:10">
+      <c r="A623" t="s">
+        <v>140</v>
+      </c>
+      <c r="B623" t="s">
+        <v>2004</v>
+      </c>
+      <c r="D623" t="s">
+        <v>1983</v>
+      </c>
+      <c r="H623" t="s">
+        <v>51</v>
+      </c>
+      <c r="I623" t="s">
+        <v>2005</v>
+      </c>
+      <c r="J623" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="624" spans="1:10">
+      <c r="A624" t="s">
+        <v>140</v>
+      </c>
+      <c r="B624" t="s">
+        <v>2006</v>
+      </c>
+      <c r="D624" t="s">
+        <v>1983</v>
+      </c>
+      <c r="E624" t="s">
+        <v>31</v>
+      </c>
+      <c r="H624" t="s">
+        <v>51</v>
+      </c>
+      <c r="I624" t="s">
+        <v>2007</v>
+      </c>
+      <c r="J624" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="625" spans="1:10">
+      <c r="A625" t="s">
+        <v>140</v>
+      </c>
+      <c r="B625" t="s">
+        <v>2008</v>
+      </c>
+      <c r="C625" t="s">
+        <v>2009</v>
+      </c>
+      <c r="D625" t="s">
+        <v>2010</v>
+      </c>
+      <c r="E625" t="s">
+        <v>31</v>
+      </c>
+      <c r="H625" t="s">
+        <v>51</v>
+      </c>
+      <c r="I625" t="s">
+        <v>2011</v>
+      </c>
+      <c r="J625" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="626" spans="1:10">
+      <c r="A626" t="s">
+        <v>140</v>
+      </c>
+      <c r="B626" t="s">
+        <v>2012</v>
+      </c>
+      <c r="C626" t="s">
+        <v>2013</v>
+      </c>
+      <c r="D626" t="s">
+        <v>2014</v>
+      </c>
+      <c r="E626" t="s">
+        <v>31</v>
+      </c>
+      <c r="H626" t="s">
+        <v>51</v>
+      </c>
+      <c r="I626" t="s">
+        <v>2015</v>
+      </c>
+      <c r="J626" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="627" spans="1:10">
+      <c r="A627" t="s">
+        <v>140</v>
+      </c>
+      <c r="B627" t="s">
+        <v>2016</v>
+      </c>
+      <c r="C627" t="s">
+        <v>2017</v>
+      </c>
+      <c r="D627" t="s">
+        <v>2014</v>
+      </c>
+      <c r="E627" t="s">
+        <v>31</v>
+      </c>
+      <c r="H627" t="s">
+        <v>51</v>
+      </c>
+      <c r="I627" t="s">
+        <v>2018</v>
+      </c>
+      <c r="J627" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="628" spans="1:10">
+      <c r="A628" t="s">
+        <v>140</v>
+      </c>
+      <c r="B628" t="s">
+        <v>2019</v>
+      </c>
+      <c r="C628" t="s">
+        <v>2020</v>
+      </c>
+      <c r="D628" t="s">
+        <v>2021</v>
+      </c>
+      <c r="E628" t="s">
+        <v>31</v>
+      </c>
+      <c r="H628" t="s">
+        <v>51</v>
+      </c>
+      <c r="I628" t="s">
+        <v>2022</v>
+      </c>
+      <c r="J628" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="629" spans="1:10">
+      <c r="A629" t="s">
+        <v>140</v>
+      </c>
+      <c r="B629" t="s">
+        <v>2023</v>
+      </c>
+      <c r="C629" t="s">
+        <v>2024</v>
+      </c>
+      <c r="D629" t="s">
+        <v>2025</v>
+      </c>
+      <c r="E629" t="s">
+        <v>31</v>
+      </c>
+      <c r="H629" t="s">
+        <v>51</v>
+      </c>
+      <c r="I629" t="s">
+        <v>2026</v>
+      </c>
+      <c r="J629" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="630" spans="1:10">
+      <c r="A630" t="s">
+        <v>140</v>
+      </c>
+      <c r="B630" t="s">
+        <v>2027</v>
+      </c>
+      <c r="C630" t="s">
+        <v>2028</v>
+      </c>
+      <c r="D630" t="s">
+        <v>2025</v>
+      </c>
+      <c r="E630" t="s">
+        <v>31</v>
+      </c>
+      <c r="H630" t="s">
+        <v>51</v>
+      </c>
+      <c r="I630" t="s">
+        <v>2029</v>
+      </c>
+      <c r="J630" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="631" spans="1:10">
+      <c r="A631" t="s">
+        <v>140</v>
+      </c>
+      <c r="B631" t="s">
+        <v>2030</v>
+      </c>
+      <c r="C631" t="s">
+        <v>2031</v>
+      </c>
+      <c r="D631" t="s">
+        <v>2032</v>
+      </c>
+      <c r="E631" t="s">
+        <v>31</v>
+      </c>
+      <c r="H631" t="s">
+        <v>51</v>
+      </c>
+      <c r="I631" t="s">
+        <v>2033</v>
+      </c>
+      <c r="J631" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="632" spans="1:10">
+      <c r="A632" t="s">
+        <v>140</v>
+      </c>
+      <c r="B632" t="s">
+        <v>2034</v>
+      </c>
+      <c r="C632" t="s">
+        <v>2035</v>
+      </c>
+      <c r="D632" t="s">
+        <v>2036</v>
+      </c>
+      <c r="E632" t="s">
+        <v>31</v>
+      </c>
+      <c r="H632" t="s">
+        <v>51</v>
+      </c>
+      <c r="I632" t="s">
+        <v>2037</v>
+      </c>
+      <c r="J632" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="633" spans="1:10">
+      <c r="A633" t="s">
+        <v>140</v>
+      </c>
+      <c r="B633" t="s">
+        <v>2038</v>
+      </c>
+      <c r="C633" t="s">
+        <v>2039</v>
+      </c>
+      <c r="D633" t="s">
+        <v>2025</v>
+      </c>
+      <c r="E633" t="s">
+        <v>31</v>
+      </c>
+      <c r="H633" t="s">
+        <v>51</v>
+      </c>
+      <c r="I633" t="s">
+        <v>2040</v>
+      </c>
+      <c r="J633" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="634" spans="1:10">
+      <c r="A634" t="s">
+        <v>140</v>
+      </c>
+      <c r="B634" t="s">
+        <v>2041</v>
+      </c>
+      <c r="C634" t="s">
+        <v>2042</v>
+      </c>
+      <c r="D634" t="s">
+        <v>2043</v>
+      </c>
+      <c r="E634" t="s">
+        <v>31</v>
+      </c>
+      <c r="H634" t="s">
+        <v>51</v>
+      </c>
+      <c r="I634" t="s">
+        <v>2044</v>
+      </c>
+      <c r="J634" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="635" spans="1:10">
+      <c r="A635" t="s">
+        <v>140</v>
+      </c>
+      <c r="B635" t="s">
+        <v>2045</v>
+      </c>
+      <c r="C635" t="s">
+        <v>2046</v>
+      </c>
+      <c r="D635" t="s">
+        <v>2047</v>
+      </c>
+      <c r="H635" t="s">
+        <v>51</v>
+      </c>
+      <c r="I635" t="s">
+        <v>2048</v>
+      </c>
+      <c r="J635" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="636" spans="1:10">
+      <c r="A636" t="s">
+        <v>140</v>
+      </c>
+      <c r="B636" t="s">
+        <v>2049</v>
+      </c>
+      <c r="C636" t="s">
+        <v>2050</v>
+      </c>
+      <c r="D636" t="s">
+        <v>2051</v>
+      </c>
+      <c r="E636" t="s">
+        <v>31</v>
+      </c>
+      <c r="H636" t="s">
+        <v>51</v>
+      </c>
+      <c r="I636" t="s">
+        <v>2052</v>
+      </c>
+      <c r="J636" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="637" spans="1:10">
+      <c r="A637" t="s">
+        <v>140</v>
+      </c>
+      <c r="B637" t="s">
+        <v>2053</v>
+      </c>
+      <c r="C637" t="s">
+        <v>2054</v>
+      </c>
+      <c r="D637" t="s">
+        <v>2055</v>
+      </c>
+      <c r="E637" t="s">
+        <v>31</v>
+      </c>
+      <c r="H637" t="s">
+        <v>51</v>
+      </c>
+      <c r="I637" t="s">
+        <v>2056</v>
+      </c>
+      <c r="J637" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="638" spans="1:10">
+      <c r="A638" t="s">
+        <v>140</v>
+      </c>
+      <c r="B638" t="s">
+        <v>2057</v>
+      </c>
+      <c r="C638" t="s">
+        <v>2058</v>
+      </c>
+      <c r="D638" t="s">
+        <v>2047</v>
+      </c>
+      <c r="E638" t="s">
+        <v>31</v>
+      </c>
+      <c r="H638" t="s">
+        <v>51</v>
+      </c>
+      <c r="I638" t="s">
+        <v>2059</v>
+      </c>
+      <c r="J638" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="639" spans="1:10">
+      <c r="A639" t="s">
+        <v>140</v>
+      </c>
+      <c r="B639" t="s">
+        <v>2060</v>
+      </c>
+      <c r="C639" t="s">
+        <v>29</v>
+      </c>
+      <c r="D639" t="s">
+        <v>2061</v>
+      </c>
+      <c r="E639" t="s">
+        <v>31</v>
+      </c>
+      <c r="H639" t="s">
+        <v>51</v>
+      </c>
+      <c r="I639" t="s">
+        <v>2062</v>
+      </c>
+      <c r="J639" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="640" spans="1:10">
+      <c r="A640" t="s">
+        <v>140</v>
+      </c>
+      <c r="B640" t="s">
+        <v>2063</v>
+      </c>
+      <c r="C640" t="s">
+        <v>2064</v>
+      </c>
+      <c r="D640" t="s">
+        <v>2065</v>
+      </c>
+      <c r="E640" t="s">
+        <v>31</v>
+      </c>
+      <c r="H640" t="s">
+        <v>51</v>
+      </c>
+      <c r="I640" t="s">
+        <v>2066</v>
+      </c>
+      <c r="J640" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="641" spans="1:10">
+      <c r="A641" t="s">
+        <v>140</v>
+      </c>
+      <c r="B641" t="s">
+        <v>2067</v>
+      </c>
+      <c r="C641" t="s">
+        <v>37</v>
+      </c>
+      <c r="D641" t="s">
+        <v>2068</v>
+      </c>
+      <c r="E641" t="s">
+        <v>31</v>
+      </c>
+      <c r="H641" t="s">
+        <v>51</v>
+      </c>
+      <c r="I641" t="s">
+        <v>2069</v>
+      </c>
+      <c r="J641" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="642" spans="1:10">
+      <c r="A642" t="s">
+        <v>140</v>
+      </c>
+      <c r="B642" t="s">
+        <v>2070</v>
+      </c>
+      <c r="D642" t="s">
+        <v>2071</v>
+      </c>
+      <c r="E642" t="s">
+        <v>31</v>
+      </c>
+      <c r="H642" t="s">
+        <v>51</v>
+      </c>
+      <c r="I642" t="s">
+        <v>2072</v>
+      </c>
+      <c r="J642" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="643" spans="1:10">
+      <c r="A643" t="s">
+        <v>140</v>
+      </c>
+      <c r="B643" t="s">
+        <v>2073</v>
+      </c>
+      <c r="C643" t="s">
+        <v>2074</v>
+      </c>
+      <c r="D643" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E643" t="s">
+        <v>31</v>
+      </c>
+      <c r="H643" t="s">
+        <v>51</v>
+      </c>
+      <c r="I643" t="s">
+        <v>2076</v>
+      </c>
+      <c r="J643" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="644" spans="1:10">
+      <c r="A644" t="s">
+        <v>140</v>
+      </c>
+      <c r="B644" t="s">
+        <v>2077</v>
+      </c>
+      <c r="C644" t="s">
+        <v>2078</v>
+      </c>
+      <c r="D644" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E644" t="s">
+        <v>31</v>
+      </c>
+      <c r="H644" t="s">
+        <v>51</v>
+      </c>
+      <c r="I644" t="s">
+        <v>2079</v>
+      </c>
+      <c r="J644" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="645" spans="1:10">
+      <c r="A645" t="s">
+        <v>140</v>
+      </c>
+      <c r="B645" t="s">
+        <v>2080</v>
+      </c>
+      <c r="C645" t="s">
+        <v>37</v>
+      </c>
+      <c r="D645" t="s">
+        <v>2081</v>
+      </c>
+      <c r="E645" t="s">
+        <v>31</v>
+      </c>
+      <c r="H645" t="s">
+        <v>51</v>
+      </c>
+      <c r="I645" t="s">
+        <v>2082</v>
+      </c>
+      <c r="J645" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="646" spans="1:10">
+      <c r="A646" t="s">
+        <v>140</v>
+      </c>
+      <c r="B646" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C646" t="s">
+        <v>2084</v>
+      </c>
+      <c r="D646" t="s">
+        <v>2085</v>
+      </c>
+      <c r="E646" t="s">
+        <v>31</v>
+      </c>
+      <c r="H646" t="s">
+        <v>51</v>
+      </c>
+      <c r="I646" t="s">
+        <v>2086</v>
+      </c>
+      <c r="J646" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="647" spans="1:10">
+      <c r="A647" t="s">
+        <v>140</v>
+      </c>
+      <c r="B647" t="s">
+        <v>2087</v>
+      </c>
+      <c r="C647" t="s">
+        <v>2088</v>
+      </c>
+      <c r="D647" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E647" t="s">
+        <v>31</v>
+      </c>
+      <c r="H647" t="s">
+        <v>51</v>
+      </c>
+      <c r="I647" t="s">
+        <v>2089</v>
+      </c>
+      <c r="J647" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="648" spans="1:10">
+      <c r="A648" t="s">
+        <v>140</v>
+      </c>
+      <c r="B648" t="s">
+        <v>2090</v>
+      </c>
+      <c r="C648" t="s">
+        <v>2091</v>
+      </c>
+      <c r="D648" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E648" t="s">
+        <v>31</v>
+      </c>
+      <c r="H648" t="s">
+        <v>51</v>
+      </c>
+      <c r="I648" t="s">
+        <v>2092</v>
+      </c>
+      <c r="J648" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="649" spans="1:10">
+      <c r="A649" t="s">
+        <v>140</v>
+      </c>
+      <c r="B649" t="s">
+        <v>2093</v>
+      </c>
+      <c r="C649" t="s">
+        <v>2094</v>
+      </c>
+      <c r="D649" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E649" t="s">
+        <v>31</v>
+      </c>
+      <c r="H649" t="s">
+        <v>51</v>
+      </c>
+      <c r="I649" t="s">
+        <v>2095</v>
+      </c>
+      <c r="J649" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="650" spans="1:10">
+      <c r="A650" t="s">
+        <v>140</v>
+      </c>
+      <c r="B650" t="s">
+        <v>2096</v>
+      </c>
+      <c r="C650" t="s">
+        <v>2097</v>
+      </c>
+      <c r="D650" t="s">
+        <v>2098</v>
+      </c>
+      <c r="E650" t="s">
+        <v>31</v>
+      </c>
+      <c r="H650" t="s">
+        <v>51</v>
+      </c>
+      <c r="I650" t="s">
+        <v>2099</v>
+      </c>
+      <c r="J650" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="651" spans="1:10">
+      <c r="A651" t="s">
+        <v>140</v>
+      </c>
+      <c r="B651" t="s">
+        <v>2100</v>
+      </c>
+      <c r="C651" t="s">
+        <v>2101</v>
+      </c>
+      <c r="D651" t="s">
+        <v>2102</v>
+      </c>
+      <c r="E651" t="s">
+        <v>31</v>
+      </c>
+      <c r="H651" t="s">
+        <v>51</v>
+      </c>
+      <c r="I651" t="s">
+        <v>2103</v>
+      </c>
+      <c r="J651" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="652" spans="1:10">
+      <c r="A652" t="s">
+        <v>140</v>
+      </c>
+      <c r="B652" t="s">
+        <v>2104</v>
+      </c>
+      <c r="C652" t="s">
+        <v>2024</v>
+      </c>
+      <c r="D652" t="s">
+        <v>116</v>
+      </c>
+      <c r="E652" t="s">
+        <v>31</v>
+      </c>
+      <c r="H652" t="s">
+        <v>51</v>
+      </c>
+      <c r="I652" t="s">
+        <v>2105</v>
+      </c>
+      <c r="J652" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="653" spans="1:10">
+      <c r="A653" t="s">
+        <v>140</v>
+      </c>
+      <c r="B653" t="s">
+        <v>2106</v>
+      </c>
+      <c r="C653" t="s">
+        <v>2107</v>
+      </c>
+      <c r="D653" t="s">
+        <v>2108</v>
+      </c>
+      <c r="E653" t="s">
+        <v>31</v>
+      </c>
+      <c r="H653" t="s">
+        <v>51</v>
+      </c>
+      <c r="I653" t="s">
+        <v>2109</v>
+      </c>
+      <c r="J653" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="654" spans="1:10">
+      <c r="A654" t="s">
+        <v>140</v>
+      </c>
+      <c r="B654" t="s">
+        <v>2106</v>
+      </c>
+      <c r="C654" t="s">
+        <v>2107</v>
+      </c>
+      <c r="D654" t="s">
+        <v>2108</v>
+      </c>
+      <c r="H654" t="s">
+        <v>51</v>
+      </c>
+      <c r="I654" t="s">
+        <v>2110</v>
+      </c>
+      <c r="J654" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="655" spans="1:10">
+      <c r="A655" t="s">
+        <v>140</v>
+      </c>
+      <c r="B655" t="s">
+        <v>2111</v>
+      </c>
+      <c r="C655" t="s">
+        <v>2112</v>
+      </c>
+      <c r="D655" t="s">
+        <v>2113</v>
+      </c>
+      <c r="E655" t="s">
+        <v>31</v>
+      </c>
+      <c r="H655" t="s">
+        <v>51</v>
+      </c>
+      <c r="I655" t="s">
+        <v>2114</v>
+      </c>
+      <c r="J655" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="656" spans="1:10">
+      <c r="A656" t="s">
+        <v>140</v>
+      </c>
+      <c r="B656" t="s">
+        <v>2115</v>
+      </c>
+      <c r="C656" t="s">
+        <v>2116</v>
+      </c>
+      <c r="D656" t="s">
+        <v>2113</v>
+      </c>
+      <c r="E656" t="s">
+        <v>31</v>
+      </c>
+      <c r="H656" t="s">
+        <v>51</v>
+      </c>
+      <c r="I656" t="s">
+        <v>2117</v>
+      </c>
+      <c r="J656" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="657" spans="1:10">
+      <c r="A657" t="s">
+        <v>140</v>
+      </c>
+      <c r="B657" t="s">
+        <v>2118</v>
+      </c>
+      <c r="C657" t="s">
+        <v>2028</v>
+      </c>
+      <c r="D657" t="s">
+        <v>2113</v>
+      </c>
+      <c r="E657" t="s">
+        <v>31</v>
+      </c>
+      <c r="H657" t="s">
+        <v>51</v>
+      </c>
+      <c r="I657" t="s">
+        <v>2119</v>
+      </c>
+      <c r="J657" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="658" spans="1:10">
+      <c r="A658" t="s">
+        <v>140</v>
+      </c>
+      <c r="B658" t="s">
+        <v>2120</v>
+      </c>
+      <c r="C658" t="s">
+        <v>37</v>
+      </c>
+      <c r="D658" t="s">
+        <v>2121</v>
+      </c>
+      <c r="E658" t="s">
+        <v>31</v>
+      </c>
+      <c r="H658" t="s">
+        <v>51</v>
+      </c>
+      <c r="I658" t="s">
+        <v>2122</v>
+      </c>
+      <c r="J658" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="659" spans="1:10">
+      <c r="A659" t="s">
+        <v>140</v>
+      </c>
+      <c r="B659" t="s">
+        <v>2123</v>
+      </c>
+      <c r="C659" t="s">
+        <v>2124</v>
+      </c>
+      <c r="D659" t="s">
+        <v>2125</v>
+      </c>
+      <c r="E659" t="s">
+        <v>14</v>
+      </c>
+      <c r="H659" t="s">
+        <v>51</v>
+      </c>
+      <c r="I659" t="s">
+        <v>2126</v>
+      </c>
+      <c r="J659" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="660" spans="1:10">
+      <c r="A660" t="s">
+        <v>140</v>
+      </c>
+      <c r="B660" t="s">
+        <v>2127</v>
+      </c>
+      <c r="C660" t="s">
+        <v>2128</v>
+      </c>
+      <c r="D660" t="s">
+        <v>2129</v>
+      </c>
+      <c r="E660" t="s">
+        <v>14</v>
+      </c>
+      <c r="H660" t="s">
+        <v>51</v>
+      </c>
+      <c r="I660" t="s">
+        <v>2130</v>
+      </c>
+      <c r="J660" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="661" spans="1:10">
+      <c r="A661" t="s">
+        <v>140</v>
+      </c>
+      <c r="B661" t="s">
+        <v>2131</v>
+      </c>
+      <c r="C661" t="s">
+        <v>2132</v>
+      </c>
+      <c r="D661" t="s">
+        <v>2129</v>
+      </c>
+      <c r="E661" t="s">
+        <v>14</v>
+      </c>
+      <c r="H661" t="s">
+        <v>51</v>
+      </c>
+      <c r="I661" t="s">
+        <v>2133</v>
+      </c>
+      <c r="J661" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="662" spans="1:10">
+      <c r="A662" t="s">
+        <v>140</v>
+      </c>
+      <c r="B662" t="s">
+        <v>2134</v>
+      </c>
+      <c r="D662" t="s">
+        <v>92</v>
+      </c>
+      <c r="H662" t="s">
+        <v>51</v>
+      </c>
+      <c r="I662" t="s">
+        <v>2135</v>
+      </c>
+      <c r="J662" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="663" spans="1:10">
+      <c r="A663" t="s">
+        <v>140</v>
+      </c>
+      <c r="B663" t="s">
+        <v>2136</v>
+      </c>
+      <c r="D663" t="s">
+        <v>2137</v>
+      </c>
+      <c r="E663" t="s">
+        <v>14</v>
+      </c>
+      <c r="H663" t="s">
+        <v>51</v>
+      </c>
+      <c r="I663" t="s">
+        <v>2138</v>
+      </c>
+      <c r="J663" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="664" spans="1:10">
+      <c r="A664" t="s">
+        <v>140</v>
+      </c>
+      <c r="B664" t="s">
+        <v>2139</v>
+      </c>
+      <c r="D664" t="s">
+        <v>2140</v>
+      </c>
+      <c r="E664" t="s">
+        <v>31</v>
+      </c>
+      <c r="H664" t="s">
+        <v>51</v>
+      </c>
+      <c r="I664" t="s">
+        <v>2141</v>
+      </c>
+      <c r="J664" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="665" spans="1:10">
+      <c r="A665" t="s">
+        <v>140</v>
+      </c>
+      <c r="B665" t="s">
+        <v>2142</v>
+      </c>
+      <c r="C665" t="s">
+        <v>2143</v>
+      </c>
+      <c r="D665" t="s">
+        <v>30</v>
+      </c>
+      <c r="E665" t="s">
+        <v>31</v>
+      </c>
+      <c r="H665" t="s">
+        <v>51</v>
+      </c>
+      <c r="I665" t="s">
+        <v>2144</v>
+      </c>
+      <c r="J665" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="666" spans="1:10">
+      <c r="A666" t="s">
+        <v>140</v>
+      </c>
+      <c r="B666" t="s">
+        <v>2145</v>
+      </c>
+      <c r="C666" t="s">
+        <v>2146</v>
+      </c>
+      <c r="D666" t="s">
+        <v>2147</v>
+      </c>
+      <c r="E666" t="s">
+        <v>14</v>
+      </c>
+      <c r="H666" t="s">
+        <v>51</v>
+      </c>
+      <c r="I666" t="s">
+        <v>2148</v>
+      </c>
+      <c r="J666" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="667" spans="1:10">
+      <c r="A667" t="s">
+        <v>140</v>
+      </c>
+      <c r="B667" t="s">
+        <v>2149</v>
+      </c>
+      <c r="C667" t="s">
+        <v>2024</v>
+      </c>
+      <c r="D667" t="s">
+        <v>2150</v>
+      </c>
+      <c r="H667" t="s">
+        <v>51</v>
+      </c>
+      <c r="J667" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="668" spans="1:10">
+      <c r="A668" t="s">
+        <v>140</v>
+      </c>
+      <c r="B668" t="s">
+        <v>2151</v>
+      </c>
+      <c r="C668" t="s">
+        <v>2024</v>
+      </c>
+      <c r="D668" t="s">
+        <v>2129</v>
+      </c>
+      <c r="H668" t="s">
+        <v>51</v>
+      </c>
+      <c r="I668" t="s">
+        <v>2117</v>
+      </c>
+      <c r="J668" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="669" spans="1:10">
+      <c r="A669" t="s">
+        <v>140</v>
+      </c>
+      <c r="B669" t="s">
+        <v>2152</v>
+      </c>
+      <c r="C669" t="s">
+        <v>2116</v>
+      </c>
+      <c r="D669" t="s">
+        <v>2153</v>
+      </c>
+      <c r="H669" t="s">
+        <v>51</v>
+      </c>
+      <c r="J669" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="670" spans="1:10">
+      <c r="A670" t="s">
+        <v>140</v>
+      </c>
+      <c r="B670" t="s">
+        <v>2149</v>
+      </c>
+      <c r="C670" t="s">
+        <v>2024</v>
+      </c>
+      <c r="D670" t="s">
+        <v>2154</v>
+      </c>
+      <c r="E670" t="s">
+        <v>31</v>
+      </c>
+      <c r="H670" t="s">
+        <v>51</v>
+      </c>
+      <c r="I670" t="s">
+        <v>2155</v>
+      </c>
+      <c r="J670" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="671" spans="1:10">
+      <c r="A671" t="s">
+        <v>140</v>
+      </c>
+      <c r="B671" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C671" t="s">
+        <v>2116</v>
+      </c>
+      <c r="D671" t="s">
+        <v>2153</v>
+      </c>
+      <c r="E671" t="s">
+        <v>31</v>
+      </c>
+      <c r="H671" t="s">
+        <v>51</v>
+      </c>
+      <c r="I671" t="s">
+        <v>2157</v>
+      </c>
+      <c r="J671" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="672" spans="1:10">
+      <c r="A672" t="s">
+        <v>140</v>
+      </c>
+      <c r="B672" t="s">
+        <v>2158</v>
+      </c>
+      <c r="C672" t="s">
+        <v>2028</v>
+      </c>
+      <c r="D672" t="s">
+        <v>2159</v>
+      </c>
+      <c r="E672" t="s">
+        <v>31</v>
+      </c>
+      <c r="H672" t="s">
+        <v>51</v>
+      </c>
+      <c r="I672" t="s">
+        <v>2160</v>
+      </c>
+      <c r="J672" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="673" spans="1:10">
+      <c r="A673" t="s">
+        <v>140</v>
+      </c>
+      <c r="B673" t="s">
+        <v>2161</v>
+      </c>
+      <c r="C673" t="s">
+        <v>2162</v>
+      </c>
+      <c r="D673" t="s">
+        <v>2163</v>
+      </c>
+      <c r="E673" t="s">
+        <v>31</v>
+      </c>
+      <c r="H673" t="s">
+        <v>51</v>
+      </c>
+      <c r="I673" t="s">
+        <v>2164</v>
+      </c>
+      <c r="J673" t="s">
+        <v>145</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">